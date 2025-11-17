--- v0 (2025-10-11)
+++ v1 (2025-11-17)
@@ -1,104 +1,412 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\QC Error Rates\FY 25 Error Rate Reports\FY 25 Application Processing Timeliness Reports\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{527112C5-51B1-48B5-A344-5ECCFD6D470B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BD694619-8EFA-480B-AD0F-4B0F45FA3682}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="38280" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="7" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="38280" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="8" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="10-24" sheetId="58" r:id="rId1"/>
     <sheet name="11-24" sheetId="71" r:id="rId2"/>
     <sheet name="12-24" sheetId="72" r:id="rId3"/>
     <sheet name="01-25" sheetId="73" r:id="rId4"/>
     <sheet name="02-25" sheetId="74" r:id="rId5"/>
     <sheet name="03-25" sheetId="75" r:id="rId6"/>
     <sheet name="4-25" sheetId="76" r:id="rId7"/>
     <sheet name="5-25" sheetId="77" r:id="rId8"/>
+    <sheet name="6-25" sheetId="78" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'01-25'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'02-25'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="5">'03-25'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'10-24'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'11-24'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'12-24'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="6">'4-25'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="7">'5-25'!$1:$5</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="8">'6-25'!$1:$5</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F108" i="77" l="1"/>
+  <c r="F108" i="78" l="1"/>
+  <c r="E108" i="78"/>
+  <c r="D108" i="78"/>
+  <c r="C108" i="78"/>
+  <c r="H106" i="78"/>
+  <c r="G106" i="78"/>
+  <c r="I106" i="78" s="1"/>
+  <c r="I105" i="78"/>
+  <c r="H105" i="78"/>
+  <c r="G105" i="78"/>
+  <c r="H104" i="78"/>
+  <c r="G104" i="78"/>
+  <c r="I104" i="78" s="1"/>
+  <c r="I103" i="78"/>
+  <c r="H103" i="78"/>
+  <c r="G103" i="78"/>
+  <c r="I102" i="78"/>
+  <c r="H102" i="78"/>
+  <c r="G102" i="78"/>
+  <c r="H101" i="78"/>
+  <c r="G101" i="78"/>
+  <c r="I101" i="78" s="1"/>
+  <c r="I100" i="78"/>
+  <c r="H100" i="78"/>
+  <c r="G100" i="78"/>
+  <c r="I99" i="78"/>
+  <c r="H99" i="78"/>
+  <c r="G99" i="78"/>
+  <c r="H98" i="78"/>
+  <c r="G98" i="78"/>
+  <c r="I98" i="78" s="1"/>
+  <c r="I97" i="78"/>
+  <c r="H97" i="78"/>
+  <c r="G97" i="78"/>
+  <c r="I96" i="78"/>
+  <c r="H96" i="78"/>
+  <c r="G96" i="78"/>
+  <c r="I95" i="78"/>
+  <c r="H95" i="78"/>
+  <c r="G95" i="78"/>
+  <c r="I94" i="78"/>
+  <c r="H94" i="78"/>
+  <c r="G94" i="78"/>
+  <c r="H93" i="78"/>
+  <c r="G93" i="78"/>
+  <c r="I93" i="78" s="1"/>
+  <c r="I92" i="78"/>
+  <c r="H92" i="78"/>
+  <c r="G92" i="78"/>
+  <c r="I91" i="78"/>
+  <c r="H91" i="78"/>
+  <c r="G91" i="78"/>
+  <c r="H90" i="78"/>
+  <c r="G90" i="78"/>
+  <c r="I90" i="78" s="1"/>
+  <c r="I89" i="78"/>
+  <c r="H89" i="78"/>
+  <c r="G89" i="78"/>
+  <c r="I88" i="78"/>
+  <c r="H88" i="78"/>
+  <c r="G88" i="78"/>
+  <c r="I87" i="78"/>
+  <c r="H87" i="78"/>
+  <c r="G87" i="78"/>
+  <c r="I86" i="78"/>
+  <c r="H86" i="78"/>
+  <c r="G86" i="78"/>
+  <c r="H85" i="78"/>
+  <c r="G85" i="78"/>
+  <c r="I85" i="78" s="1"/>
+  <c r="I84" i="78"/>
+  <c r="H84" i="78"/>
+  <c r="G84" i="78"/>
+  <c r="I83" i="78"/>
+  <c r="H83" i="78"/>
+  <c r="G83" i="78"/>
+  <c r="H82" i="78"/>
+  <c r="G82" i="78"/>
+  <c r="I82" i="78" s="1"/>
+  <c r="I81" i="78"/>
+  <c r="H81" i="78"/>
+  <c r="G81" i="78"/>
+  <c r="I80" i="78"/>
+  <c r="H80" i="78"/>
+  <c r="G80" i="78"/>
+  <c r="H79" i="78"/>
+  <c r="G79" i="78"/>
+  <c r="I79" i="78" s="1"/>
+  <c r="H78" i="78"/>
+  <c r="G78" i="78"/>
+  <c r="I78" i="78" s="1"/>
+  <c r="H77" i="78"/>
+  <c r="G77" i="78"/>
+  <c r="I77" i="78" s="1"/>
+  <c r="I76" i="78"/>
+  <c r="H76" i="78"/>
+  <c r="G76" i="78"/>
+  <c r="I75" i="78"/>
+  <c r="H75" i="78"/>
+  <c r="G75" i="78"/>
+  <c r="H74" i="78"/>
+  <c r="G74" i="78"/>
+  <c r="I74" i="78" s="1"/>
+  <c r="I73" i="78"/>
+  <c r="H73" i="78"/>
+  <c r="G73" i="78"/>
+  <c r="H72" i="78"/>
+  <c r="G72" i="78"/>
+  <c r="I72" i="78" s="1"/>
+  <c r="I71" i="78"/>
+  <c r="H71" i="78"/>
+  <c r="G71" i="78"/>
+  <c r="H70" i="78"/>
+  <c r="G70" i="78"/>
+  <c r="I70" i="78" s="1"/>
+  <c r="H69" i="78"/>
+  <c r="G69" i="78"/>
+  <c r="I69" i="78" s="1"/>
+  <c r="I68" i="78"/>
+  <c r="H68" i="78"/>
+  <c r="G68" i="78"/>
+  <c r="I67" i="78"/>
+  <c r="H67" i="78"/>
+  <c r="G67" i="78"/>
+  <c r="H66" i="78"/>
+  <c r="G66" i="78"/>
+  <c r="I66" i="78" s="1"/>
+  <c r="I65" i="78"/>
+  <c r="H65" i="78"/>
+  <c r="G65" i="78"/>
+  <c r="H64" i="78"/>
+  <c r="G64" i="78"/>
+  <c r="I64" i="78" s="1"/>
+  <c r="I63" i="78"/>
+  <c r="H63" i="78"/>
+  <c r="G63" i="78"/>
+  <c r="H62" i="78"/>
+  <c r="G62" i="78"/>
+  <c r="I62" i="78" s="1"/>
+  <c r="H61" i="78"/>
+  <c r="G61" i="78"/>
+  <c r="I61" i="78" s="1"/>
+  <c r="I60" i="78"/>
+  <c r="H60" i="78"/>
+  <c r="G60" i="78"/>
+  <c r="I59" i="78"/>
+  <c r="H59" i="78"/>
+  <c r="G59" i="78"/>
+  <c r="H58" i="78"/>
+  <c r="G58" i="78"/>
+  <c r="I58" i="78" s="1"/>
+  <c r="I57" i="78"/>
+  <c r="H57" i="78"/>
+  <c r="G57" i="78"/>
+  <c r="H56" i="78"/>
+  <c r="G56" i="78"/>
+  <c r="I56" i="78" s="1"/>
+  <c r="I55" i="78"/>
+  <c r="H55" i="78"/>
+  <c r="G55" i="78"/>
+  <c r="I54" i="78"/>
+  <c r="H54" i="78"/>
+  <c r="G54" i="78"/>
+  <c r="H53" i="78"/>
+  <c r="G53" i="78"/>
+  <c r="I53" i="78" s="1"/>
+  <c r="I52" i="78"/>
+  <c r="H52" i="78"/>
+  <c r="I51" i="78"/>
+  <c r="H51" i="78"/>
+  <c r="G51" i="78"/>
+  <c r="H50" i="78"/>
+  <c r="G50" i="78"/>
+  <c r="I50" i="78" s="1"/>
+  <c r="I49" i="78"/>
+  <c r="H49" i="78"/>
+  <c r="G49" i="78"/>
+  <c r="I48" i="78"/>
+  <c r="H48" i="78"/>
+  <c r="G48" i="78"/>
+  <c r="H47" i="78"/>
+  <c r="G47" i="78"/>
+  <c r="I47" i="78" s="1"/>
+  <c r="I46" i="78"/>
+  <c r="H46" i="78"/>
+  <c r="G46" i="78"/>
+  <c r="H45" i="78"/>
+  <c r="G45" i="78"/>
+  <c r="I45" i="78" s="1"/>
+  <c r="I44" i="78"/>
+  <c r="H44" i="78"/>
+  <c r="G44" i="78"/>
+  <c r="I43" i="78"/>
+  <c r="H43" i="78"/>
+  <c r="G43" i="78"/>
+  <c r="H42" i="78"/>
+  <c r="G42" i="78"/>
+  <c r="I42" i="78" s="1"/>
+  <c r="I41" i="78"/>
+  <c r="H41" i="78"/>
+  <c r="G41" i="78"/>
+  <c r="I40" i="78"/>
+  <c r="H40" i="78"/>
+  <c r="G40" i="78"/>
+  <c r="H39" i="78"/>
+  <c r="G39" i="78"/>
+  <c r="I39" i="78" s="1"/>
+  <c r="I38" i="78"/>
+  <c r="H38" i="78"/>
+  <c r="G38" i="78"/>
+  <c r="H37" i="78"/>
+  <c r="G37" i="78"/>
+  <c r="I37" i="78" s="1"/>
+  <c r="I36" i="78"/>
+  <c r="H36" i="78"/>
+  <c r="G36" i="78"/>
+  <c r="I35" i="78"/>
+  <c r="H35" i="78"/>
+  <c r="G35" i="78"/>
+  <c r="I34" i="78"/>
+  <c r="H34" i="78"/>
+  <c r="I33" i="78"/>
+  <c r="H33" i="78"/>
+  <c r="G33" i="78"/>
+  <c r="I32" i="78"/>
+  <c r="H32" i="78"/>
+  <c r="G32" i="78"/>
+  <c r="H31" i="78"/>
+  <c r="G31" i="78"/>
+  <c r="I31" i="78" s="1"/>
+  <c r="I30" i="78"/>
+  <c r="H30" i="78"/>
+  <c r="G30" i="78"/>
+  <c r="I29" i="78"/>
+  <c r="H29" i="78"/>
+  <c r="G29" i="78"/>
+  <c r="H28" i="78"/>
+  <c r="G28" i="78"/>
+  <c r="I28" i="78" s="1"/>
+  <c r="I27" i="78"/>
+  <c r="H27" i="78"/>
+  <c r="G27" i="78"/>
+  <c r="H26" i="78"/>
+  <c r="G26" i="78"/>
+  <c r="I26" i="78" s="1"/>
+  <c r="I25" i="78"/>
+  <c r="H25" i="78"/>
+  <c r="G25" i="78"/>
+  <c r="I24" i="78"/>
+  <c r="H24" i="78"/>
+  <c r="G24" i="78"/>
+  <c r="H23" i="78"/>
+  <c r="G23" i="78"/>
+  <c r="I23" i="78" s="1"/>
+  <c r="I22" i="78"/>
+  <c r="H22" i="78"/>
+  <c r="G22" i="78"/>
+  <c r="I21" i="78"/>
+  <c r="H21" i="78"/>
+  <c r="G21" i="78"/>
+  <c r="H20" i="78"/>
+  <c r="G20" i="78"/>
+  <c r="I20" i="78" s="1"/>
+  <c r="I19" i="78"/>
+  <c r="H19" i="78"/>
+  <c r="G19" i="78"/>
+  <c r="H18" i="78"/>
+  <c r="G18" i="78"/>
+  <c r="I18" i="78" s="1"/>
+  <c r="I17" i="78"/>
+  <c r="H17" i="78"/>
+  <c r="G17" i="78"/>
+  <c r="I16" i="78"/>
+  <c r="H16" i="78"/>
+  <c r="G16" i="78"/>
+  <c r="H15" i="78"/>
+  <c r="G15" i="78"/>
+  <c r="I15" i="78" s="1"/>
+  <c r="I14" i="78"/>
+  <c r="H14" i="78"/>
+  <c r="G14" i="78"/>
+  <c r="I13" i="78"/>
+  <c r="H13" i="78"/>
+  <c r="G13" i="78"/>
+  <c r="H12" i="78"/>
+  <c r="G12" i="78"/>
+  <c r="I12" i="78" s="1"/>
+  <c r="I11" i="78"/>
+  <c r="H11" i="78"/>
+  <c r="G11" i="78"/>
+  <c r="H10" i="78"/>
+  <c r="G10" i="78"/>
+  <c r="I10" i="78" s="1"/>
+  <c r="I9" i="78"/>
+  <c r="H9" i="78"/>
+  <c r="G9" i="78"/>
+  <c r="I8" i="78"/>
+  <c r="H8" i="78"/>
+  <c r="G8" i="78"/>
+  <c r="H7" i="78"/>
+  <c r="G7" i="78"/>
+  <c r="I7" i="78" s="1"/>
+  <c r="I6" i="78"/>
+  <c r="H6" i="78"/>
+  <c r="G6" i="78"/>
+  <c r="F108" i="77"/>
   <c r="E108" i="77"/>
   <c r="D108" i="77"/>
   <c r="C108" i="77"/>
   <c r="H106" i="77"/>
   <c r="G106" i="77"/>
   <c r="I106" i="77" s="1"/>
   <c r="H105" i="77"/>
   <c r="G105" i="77"/>
   <c r="I105" i="77" s="1"/>
   <c r="I104" i="77"/>
   <c r="H104" i="77"/>
   <c r="G104" i="77"/>
   <c r="I103" i="77"/>
   <c r="H103" i="77"/>
   <c r="G103" i="77"/>
   <c r="I102" i="77"/>
   <c r="H102" i="77"/>
   <c r="G102" i="77"/>
   <c r="H101" i="77"/>
   <c r="G101" i="77"/>
   <c r="I101" i="77" s="1"/>
   <c r="H100" i="77"/>
   <c r="G100" i="77"/>
   <c r="I100" i="77" s="1"/>
   <c r="I99" i="77"/>
@@ -2299,51 +2607,54 @@
   <c r="I77" i="58"/>
   <c r="I67" i="58"/>
   <c r="I57" i="58"/>
   <c r="I43" i="58"/>
   <c r="I35" i="58"/>
   <c r="I29" i="58"/>
   <c r="I27" i="58"/>
   <c r="I19" i="58"/>
   <c r="I17" i="58"/>
   <c r="I13" i="58"/>
   <c r="I106" i="58"/>
   <c r="I104" i="58"/>
   <c r="I52" i="58"/>
   <c r="I34" i="58"/>
   <c r="I6" i="58"/>
   <c r="I61" i="58"/>
   <c r="G6" i="58"/>
   <c r="G13" i="58"/>
   <c r="G11" i="58"/>
   <c r="I11" i="58" s="1"/>
   <c r="G9" i="58"/>
   <c r="I9" i="58" s="1"/>
   <c r="G7" i="58"/>
   <c r="I7" i="58" s="1"/>
   <c r="H9" i="58"/>
-  <c r="G108" i="77" l="1"/>
+  <c r="G108" i="78" l="1"/>
+  <c r="I108" i="78" s="1"/>
+  <c r="H108" i="78"/>
+  <c r="G108" i="77"/>
   <c r="I108" i="77" s="1"/>
   <c r="H108" i="77"/>
   <c r="H108" i="76"/>
   <c r="G108" i="76"/>
   <c r="I108" i="76" s="1"/>
   <c r="I108" i="75"/>
   <c r="H108" i="75"/>
   <c r="H108" i="74"/>
   <c r="G108" i="74"/>
   <c r="I108" i="74" s="1"/>
   <c r="H108" i="73"/>
   <c r="G108" i="73"/>
   <c r="I108" i="73" s="1"/>
   <c r="H108" i="72"/>
   <c r="G108" i="72"/>
   <c r="I108" i="72" s="1"/>
   <c r="H108" i="71"/>
   <c r="G108" i="71"/>
   <c r="I108" i="71" s="1"/>
   <c r="H106" i="58"/>
   <c r="H105" i="58"/>
   <c r="H104" i="58"/>
   <c r="H103" i="58"/>
   <c r="H102" i="58"/>
   <c r="H101" i="58"/>
@@ -2522,51 +2833,51 @@
   <c r="G22" i="58"/>
   <c r="I22" i="58" s="1"/>
   <c r="G20" i="58"/>
   <c r="I20" i="58" s="1"/>
   <c r="G18" i="58"/>
   <c r="I18" i="58" s="1"/>
   <c r="G16" i="58"/>
   <c r="I16" i="58" s="1"/>
   <c r="G14" i="58"/>
   <c r="I14" i="58" s="1"/>
   <c r="G12" i="58"/>
   <c r="I12" i="58" s="1"/>
   <c r="G10" i="58"/>
   <c r="I10" i="58" s="1"/>
   <c r="G8" i="58"/>
   <c r="I8" i="58" s="1"/>
   <c r="G108" i="58" l="1"/>
   <c r="D108" i="58"/>
   <c r="C108" i="58"/>
   <c r="I108" i="58" l="1"/>
   <c r="H108" i="58"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="960" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1080" uniqueCount="123">
   <si>
     <t>TIMELY</t>
   </si>
   <si>
     <t>COUNTY</t>
   </si>
   <si>
     <t>RATE</t>
   </si>
   <si>
     <t>ALAMANCE</t>
   </si>
   <si>
     <t>ALEXANDER</t>
   </si>
   <si>
     <t>ALLEGHANY</t>
   </si>
   <si>
     <t>ANSON</t>
   </si>
   <si>
     <t>ASHE</t>
   </si>
   <si>
@@ -2889,50 +3200,53 @@
   </si>
   <si>
     <t>10/24 - 10/24</t>
   </si>
   <si>
     <t>10/24 - 11/24</t>
   </si>
   <si>
     <t>10/24 - 12/24</t>
   </si>
   <si>
     <t>10/24 - 01/25</t>
   </si>
   <si>
     <t>10/24 - 02/25</t>
   </si>
   <si>
     <t>10/24 - 03/25</t>
   </si>
   <si>
     <t>10/24 - 04/25</t>
   </si>
   <si>
     <t>10/24 - 05/25</t>
   </si>
+  <si>
+    <t>10/24 - 06/25</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="m/d;@"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -3122,51 +3436,51 @@
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3442,50 +3756,54 @@
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7ECD0661-B808-4747-AE95-5A81C3AF8B99}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I108"/>
   <sheetViews>
     <sheetView topLeftCell="A4" workbookViewId="0">
       <selection activeCell="C30" sqref="C30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="18.140625" customWidth="1"/>
     <col min="3" max="3" width="13.7109375" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" customWidth="1"/>
     <col min="5" max="6" width="14.42578125" customWidth="1"/>
     <col min="7" max="7" width="17.140625" customWidth="1"/>
     <col min="8" max="8" width="12.140625" customWidth="1"/>
     <col min="9" max="9" width="14.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="25" t="s">
         <v>105</v>
@@ -23174,52 +23492,52 @@
         <v>0.93518518518518523</v>
       </c>
       <c r="I108" s="11">
         <f>G108/C108</f>
         <v>6.4814814814814811E-2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup scale="96" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{144BBF72-439B-478C-BA47-B94D964BAC1A}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I108"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A84" workbookViewId="0">
-      <selection activeCell="E16" sqref="E16"/>
+    <sheetView topLeftCell="A84" workbookViewId="0">
+      <selection activeCell="G112" sqref="G112"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="18.140625" customWidth="1"/>
     <col min="3" max="3" width="13.7109375" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" customWidth="1"/>
     <col min="5" max="6" width="14.42578125" customWidth="1"/>
     <col min="7" max="7" width="17.140625" customWidth="1"/>
     <col min="8" max="8" width="12.140625" customWidth="1"/>
     <col min="9" max="9" width="14.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="25" t="s">
         <v>105</v>
       </c>
       <c r="B1" s="25"/>
       <c r="C1" s="25"/>
       <c r="D1" s="25"/>
       <c r="E1" s="25"/>
       <c r="F1" s="25"/>
       <c r="G1" s="25"/>
       <c r="H1" s="25"/>
       <c r="I1" s="25"/>
@@ -26059,96 +26377,3005 @@
         <v>238</v>
       </c>
       <c r="D108" s="4">
         <f>SUM(D6:D106)</f>
         <v>221</v>
       </c>
       <c r="E108" s="4">
         <f>SUM(E6:E106)</f>
         <v>9</v>
       </c>
       <c r="F108" s="4">
         <f>SUM(F6:F106)</f>
         <v>8</v>
       </c>
       <c r="G108" s="4">
         <f>SUM(G6:G106)</f>
         <v>17</v>
       </c>
       <c r="H108" s="11">
         <f>D108/C108</f>
         <v>0.9285714285714286</v>
       </c>
       <c r="I108" s="11">
         <f>G108/C108</f>
         <v>7.1428571428571425E-2</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="3">
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A3:I3"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
+  <pageSetup scale="96" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F9717A42-D107-41C7-9550-9B7778899C78}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:I108"/>
+  <sheetViews>
+    <sheetView tabSelected="1" topLeftCell="A80" workbookViewId="0">
+      <selection activeCell="E97" sqref="E97"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="2" max="2" width="18.140625" customWidth="1"/>
+    <col min="3" max="3" width="13.7109375" customWidth="1"/>
+    <col min="4" max="4" width="12.28515625" customWidth="1"/>
+    <col min="5" max="6" width="14.42578125" customWidth="1"/>
+    <col min="7" max="7" width="17.140625" customWidth="1"/>
+    <col min="8" max="8" width="12.140625" customWidth="1"/>
+    <col min="9" max="9" width="14.28515625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="25" t="s">
+        <v>105</v>
+      </c>
+      <c r="B1" s="25"/>
+      <c r="C1" s="25"/>
+      <c r="D1" s="25"/>
+      <c r="E1" s="25"/>
+      <c r="F1" s="25"/>
+      <c r="G1" s="25"/>
+      <c r="H1" s="25"/>
+      <c r="I1" s="25"/>
+    </row>
+    <row r="2" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A2" s="26" t="s">
+        <v>122</v>
+      </c>
+      <c r="B2" s="26"/>
+      <c r="C2" s="26"/>
+      <c r="D2" s="26"/>
+      <c r="E2" s="26"/>
+      <c r="F2" s="26"/>
+      <c r="G2" s="26"/>
+      <c r="H2" s="26"/>
+      <c r="I2" s="26"/>
+    </row>
+    <row r="3" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="27"/>
+      <c r="B3" s="25"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="25"/>
+      <c r="E3" s="25"/>
+      <c r="F3" s="25"/>
+      <c r="G3" s="25"/>
+      <c r="H3" s="25"/>
+      <c r="I3" s="25"/>
+    </row>
+    <row r="4" spans="1:9" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="A4" s="13"/>
+      <c r="B4" s="12"/>
+      <c r="C4" s="13" t="s">
+        <v>113</v>
+      </c>
+      <c r="D4" s="13" t="s">
+        <v>109</v>
+      </c>
+      <c r="E4" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="F4" s="23" t="s">
+        <v>110</v>
+      </c>
+      <c r="G4" s="23" t="s">
+        <v>113</v>
+      </c>
+      <c r="H4" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="I4" s="14" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="17" t="s">
+        <v>108</v>
+      </c>
+      <c r="B5" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="C5" s="19" t="s">
+        <v>106</v>
+      </c>
+      <c r="D5" s="20" t="s">
+        <v>106</v>
+      </c>
+      <c r="E5" s="24" t="s">
+        <v>111</v>
+      </c>
+      <c r="F5" s="19" t="s">
+        <v>112</v>
+      </c>
+      <c r="G5" s="19" t="s">
+        <v>107</v>
+      </c>
+      <c r="H5" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="I5" s="20" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A6" s="1">
+        <v>1</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C6" s="1">
+        <v>5</v>
+      </c>
+      <c r="D6" s="1">
+        <v>5</v>
+      </c>
+      <c r="E6" s="1"/>
+      <c r="F6" s="1"/>
+      <c r="G6" s="1">
+        <f t="shared" ref="G6:G33" si="0">E6+F6</f>
+        <v>0</v>
+      </c>
+      <c r="H6" s="7">
+        <f>IFERROR(D6/C6,"")</f>
+        <v>1</v>
+      </c>
+      <c r="I6" s="7">
+        <f>IFERROR(G6/C6,"")</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A7" s="6">
+        <v>2</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C7" s="6">
+        <v>1</v>
+      </c>
+      <c r="D7" s="6">
+        <v>1</v>
+      </c>
+      <c r="E7" s="6"/>
+      <c r="F7" s="6"/>
+      <c r="G7" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H7" s="22">
+        <f>IFERROR(D7/C7,"")</f>
+        <v>1</v>
+      </c>
+      <c r="I7" s="22">
+        <f>IFERROR(G7/C7,"")</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A8" s="1">
+        <v>3</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1"/>
+      <c r="E8" s="1"/>
+      <c r="F8" s="1"/>
+      <c r="G8" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H8" s="7" t="str">
+        <f t="shared" ref="H8:H71" si="1">IFERROR(D8/C8,"")</f>
+        <v/>
+      </c>
+      <c r="I8" s="7" t="str">
+        <f t="shared" ref="I8:I25" si="2">IFERROR(G8/D8,"")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A9" s="6">
+        <v>4</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6"/>
+      <c r="F9" s="6"/>
+      <c r="G9" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H9" s="22" t="str">
+        <f>IFERROR(D9/C9,"")</f>
+        <v/>
+      </c>
+      <c r="I9" s="22" t="str">
+        <f>IFERROR(G9/C9,"")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A10" s="1">
+        <v>5</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="1">
+        <v>3</v>
+      </c>
+      <c r="D10" s="1">
+        <v>3</v>
+      </c>
+      <c r="E10" s="1"/>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H10" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I10" s="7">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A11" s="6">
+        <v>6</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="6"/>
+      <c r="G11" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H11" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I11" s="22" t="str">
+        <f t="shared" ref="I11:I24" si="3">IFERROR(G11/C11,"")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A12" s="1">
+        <v>7</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" s="1">
+        <v>2</v>
+      </c>
+      <c r="D12" s="1">
+        <v>2</v>
+      </c>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H12" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I12" s="7">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A13" s="6">
+        <v>8</v>
+      </c>
+      <c r="B13" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C13" s="6"/>
+      <c r="D13" s="6"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="6"/>
+      <c r="G13" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H13" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I13" s="22" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A14" s="1">
+        <v>9</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C14" s="1">
+        <v>2</v>
+      </c>
+      <c r="D14" s="1">
+        <v>2</v>
+      </c>
+      <c r="E14" s="1"/>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H14" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I14" s="7">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A15" s="6">
+        <v>10</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C15" s="6">
+        <v>5</v>
+      </c>
+      <c r="D15" s="6">
+        <v>5</v>
+      </c>
+      <c r="E15" s="6"/>
+      <c r="F15" s="6"/>
+      <c r="G15" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H15" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I15" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A16" s="1">
+        <v>11</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C16" s="1">
+        <v>7</v>
+      </c>
+      <c r="D16" s="1">
+        <v>6</v>
+      </c>
+      <c r="E16" s="1">
+        <v>1</v>
+      </c>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+      <c r="H16" s="7">
+        <f t="shared" si="1"/>
+        <v>0.8571428571428571</v>
+      </c>
+      <c r="I16" s="7">
+        <f t="shared" si="3"/>
+        <v>0.14285714285714285</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A17" s="6">
+        <v>12</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="6">
+        <v>5</v>
+      </c>
+      <c r="D17" s="6">
+        <v>5</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="6"/>
+      <c r="G17" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H17" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I17" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A18" s="1">
+        <v>13</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C18" s="1">
+        <v>6</v>
+      </c>
+      <c r="D18" s="1">
+        <v>6</v>
+      </c>
+      <c r="E18" s="1"/>
+      <c r="F18" s="1"/>
+      <c r="G18" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H18" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I18" s="7">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A19" s="6">
+        <v>14</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C19" s="6">
+        <v>5</v>
+      </c>
+      <c r="D19" s="6">
+        <v>5</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="6"/>
+      <c r="G19" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H19" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I19" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A20" s="1">
+        <v>15</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C20" s="1"/>
+      <c r="D20" s="1"/>
+      <c r="E20" s="1"/>
+      <c r="F20" s="1"/>
+      <c r="G20" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H20" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I20" s="7" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A21" s="6">
+        <v>16</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="C21" s="6"/>
+      <c r="D21" s="6"/>
+      <c r="E21" s="6"/>
+      <c r="F21" s="6"/>
+      <c r="G21" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H21" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I21" s="22" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A22" s="1">
+        <v>17</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C22" s="1">
+        <v>2</v>
+      </c>
+      <c r="D22" s="1">
+        <v>2</v>
+      </c>
+      <c r="E22" s="1"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H22" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I22" s="7">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A23" s="6">
+        <v>18</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C23" s="6">
+        <v>5</v>
+      </c>
+      <c r="D23" s="6">
+        <v>5</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="6"/>
+      <c r="G23" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H23" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I23" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A24" s="1">
+        <v>19</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C24" s="1">
+        <v>1</v>
+      </c>
+      <c r="D24" s="1">
+        <v>1</v>
+      </c>
+      <c r="E24" s="1"/>
+      <c r="F24" s="1"/>
+      <c r="G24" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H24" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I24" s="7">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A25" s="6">
+        <v>20</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C25" s="6"/>
+      <c r="D25" s="6"/>
+      <c r="E25" s="6"/>
+      <c r="F25" s="6"/>
+      <c r="G25" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H25" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I25" s="22" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+    </row>
+    <row r="26" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A26" s="1">
+        <v>21</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C26" s="1"/>
+      <c r="D26" s="1"/>
+      <c r="E26" s="1"/>
+      <c r="F26" s="1"/>
+      <c r="G26" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H26" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I26" s="7" t="str">
+        <f t="shared" ref="I26:I89" si="4">IFERROR(G26/C26,"")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A27" s="6">
+        <v>22</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C27" s="6">
+        <v>1</v>
+      </c>
+      <c r="D27" s="6">
+        <v>1</v>
+      </c>
+      <c r="E27" s="6"/>
+      <c r="F27" s="6"/>
+      <c r="G27" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H27" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I27" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A28" s="1">
+        <v>23</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C28" s="1">
+        <v>2</v>
+      </c>
+      <c r="D28" s="1">
+        <v>2</v>
+      </c>
+      <c r="E28" s="1"/>
+      <c r="F28" s="1"/>
+      <c r="G28" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H28" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I28" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A29" s="6">
+        <v>24</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C29" s="6">
+        <v>3</v>
+      </c>
+      <c r="D29" s="6">
+        <v>3</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="6"/>
+      <c r="G29" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H29" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I29" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A30" s="1">
+        <v>25</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C30" s="1">
+        <v>1</v>
+      </c>
+      <c r="D30" s="1">
+        <v>1</v>
+      </c>
+      <c r="E30" s="1"/>
+      <c r="F30" s="1"/>
+      <c r="G30" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H30" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I30" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A31" s="6">
+        <v>26</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C31" s="6">
+        <v>13</v>
+      </c>
+      <c r="D31" s="6">
+        <v>13</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="6"/>
+      <c r="G31" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H31" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I31" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A32" s="1">
+        <v>27</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C32" s="1"/>
+      <c r="D32" s="1"/>
+      <c r="E32" s="1"/>
+      <c r="F32" s="1"/>
+      <c r="G32" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H32" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I32" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A33" s="6">
+        <v>28</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C33" s="6">
+        <v>1</v>
+      </c>
+      <c r="D33" s="6">
+        <v>1</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="6"/>
+      <c r="G33" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H33" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I33" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A34" s="1">
+        <v>29</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C34" s="1">
+        <v>3</v>
+      </c>
+      <c r="D34" s="1">
+        <v>3</v>
+      </c>
+      <c r="E34" s="1"/>
+      <c r="F34" s="1"/>
+      <c r="G34" s="1">
+        <v>0</v>
+      </c>
+      <c r="H34" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I34" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A35" s="6">
+        <v>30</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C35" s="6">
+        <v>1</v>
+      </c>
+      <c r="D35" s="6">
+        <v>1</v>
+      </c>
+      <c r="E35" s="6"/>
+      <c r="F35" s="6"/>
+      <c r="G35" s="15">
+        <f t="shared" ref="G35:G51" si="5">E35+F35</f>
+        <v>0</v>
+      </c>
+      <c r="H35" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I35" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A36" s="1">
+        <v>31</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C36" s="1">
+        <v>1</v>
+      </c>
+      <c r="D36" s="1">
+        <v>1</v>
+      </c>
+      <c r="E36" s="1"/>
+      <c r="F36" s="1"/>
+      <c r="G36" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H36" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I36" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A37" s="6">
+        <v>32</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C37" s="6">
+        <v>7</v>
+      </c>
+      <c r="D37" s="6">
+        <v>6</v>
+      </c>
+      <c r="E37" s="6">
+        <v>1</v>
+      </c>
+      <c r="F37" s="6"/>
+      <c r="G37" s="15">
+        <f t="shared" si="5"/>
+        <v>1</v>
+      </c>
+      <c r="H37" s="22">
+        <f t="shared" si="1"/>
+        <v>0.8571428571428571</v>
+      </c>
+      <c r="I37" s="22">
+        <f t="shared" si="4"/>
+        <v>0.14285714285714285</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A38" s="1">
+        <v>33</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C38" s="1">
+        <v>1</v>
+      </c>
+      <c r="D38" s="1">
+        <v>1</v>
+      </c>
+      <c r="E38" s="1"/>
+      <c r="F38" s="1"/>
+      <c r="G38" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H38" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I38" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A39" s="6">
+        <v>34</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C39" s="6">
+        <v>11</v>
+      </c>
+      <c r="D39" s="6">
+        <v>10</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="6">
+        <v>1</v>
+      </c>
+      <c r="G39" s="6">
+        <f t="shared" si="5"/>
+        <v>1</v>
+      </c>
+      <c r="H39" s="22">
+        <f t="shared" si="1"/>
+        <v>0.90909090909090906</v>
+      </c>
+      <c r="I39" s="22">
+        <f t="shared" si="4"/>
+        <v>9.0909090909090912E-2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A40" s="1">
+        <v>35</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C40" s="1">
+        <v>3</v>
+      </c>
+      <c r="D40" s="1">
+        <v>3</v>
+      </c>
+      <c r="E40" s="1"/>
+      <c r="F40" s="1"/>
+      <c r="G40" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H40" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I40" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A41" s="6">
+        <v>36</v>
+      </c>
+      <c r="B41" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C41" s="6">
+        <v>11</v>
+      </c>
+      <c r="D41" s="6">
+        <v>11</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="6"/>
+      <c r="G41" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H41" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I41" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A42" s="1">
+        <v>37</v>
+      </c>
+      <c r="B42" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C42" s="1"/>
+      <c r="D42" s="1"/>
+      <c r="E42" s="1"/>
+      <c r="F42" s="1"/>
+      <c r="G42" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H42" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I42" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="43" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A43" s="6">
+        <v>38</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C43" s="6"/>
+      <c r="D43" s="6"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="6"/>
+      <c r="G43" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H43" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I43" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="44" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A44" s="1">
+        <v>39</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C44" s="1">
+        <v>3</v>
+      </c>
+      <c r="D44" s="1">
+        <v>3</v>
+      </c>
+      <c r="E44" s="1"/>
+      <c r="F44" s="1"/>
+      <c r="G44" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H44" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I44" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A45" s="6">
+        <v>40</v>
+      </c>
+      <c r="B45" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C45" s="6">
+        <v>1</v>
+      </c>
+      <c r="D45" s="6">
+        <v>1</v>
+      </c>
+      <c r="E45" s="6"/>
+      <c r="F45" s="6"/>
+      <c r="G45" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H45" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I45" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A46" s="1">
+        <v>41</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C46" s="1">
+        <v>13</v>
+      </c>
+      <c r="D46" s="1">
+        <v>11</v>
+      </c>
+      <c r="E46" s="1"/>
+      <c r="F46" s="1">
+        <v>2</v>
+      </c>
+      <c r="G46" s="1">
+        <f t="shared" si="5"/>
+        <v>2</v>
+      </c>
+      <c r="H46" s="7">
+        <f t="shared" si="1"/>
+        <v>0.84615384615384615</v>
+      </c>
+      <c r="I46" s="7">
+        <f t="shared" si="4"/>
+        <v>0.15384615384615385</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A47" s="6">
+        <v>42</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C47" s="6">
+        <v>3</v>
+      </c>
+      <c r="D47" s="6">
+        <v>3</v>
+      </c>
+      <c r="E47" s="6"/>
+      <c r="F47" s="6"/>
+      <c r="G47" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H47" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I47" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A48" s="1">
+        <v>43</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C48" s="1">
+        <v>2</v>
+      </c>
+      <c r="D48" s="1">
+        <v>2</v>
+      </c>
+      <c r="E48" s="1"/>
+      <c r="F48" s="1"/>
+      <c r="G48" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H48" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I48" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A49" s="6">
+        <v>44</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C49" s="6">
+        <v>2</v>
+      </c>
+      <c r="D49" s="6">
+        <v>2</v>
+      </c>
+      <c r="E49" s="6"/>
+      <c r="F49" s="6"/>
+      <c r="G49" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H49" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I49" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A50" s="1">
+        <v>45</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C50" s="1">
+        <v>3</v>
+      </c>
+      <c r="D50" s="1">
+        <v>1</v>
+      </c>
+      <c r="E50" s="1">
+        <v>1</v>
+      </c>
+      <c r="F50" s="1">
+        <v>1</v>
+      </c>
+      <c r="G50" s="1">
+        <f t="shared" si="5"/>
+        <v>2</v>
+      </c>
+      <c r="H50" s="7">
+        <f t="shared" si="1"/>
+        <v>0.33333333333333331</v>
+      </c>
+      <c r="I50" s="7">
+        <f t="shared" si="4"/>
+        <v>0.66666666666666663</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A51" s="6">
+        <v>46</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C51" s="6"/>
+      <c r="D51" s="6"/>
+      <c r="E51" s="6"/>
+      <c r="F51" s="6"/>
+      <c r="G51" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H51" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I51" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="52" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A52" s="1">
+        <v>47</v>
+      </c>
+      <c r="B52" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C52" s="1">
+        <v>3</v>
+      </c>
+      <c r="D52" s="1">
+        <v>3</v>
+      </c>
+      <c r="E52" s="1"/>
+      <c r="F52" s="1"/>
+      <c r="G52" s="1">
+        <v>0</v>
+      </c>
+      <c r="H52" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I52" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A53" s="6">
+        <v>48</v>
+      </c>
+      <c r="B53" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C53" s="6">
+        <v>1</v>
+      </c>
+      <c r="D53" s="6">
+        <v>1</v>
+      </c>
+      <c r="E53" s="6"/>
+      <c r="F53" s="6"/>
+      <c r="G53" s="6">
+        <f t="shared" ref="G53:G106" si="6">E53+F53</f>
+        <v>0</v>
+      </c>
+      <c r="H53" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I53" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A54" s="1">
+        <v>49</v>
+      </c>
+      <c r="B54" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C54" s="1">
+        <v>3</v>
+      </c>
+      <c r="D54" s="1">
+        <v>2</v>
+      </c>
+      <c r="E54" s="1">
+        <v>1</v>
+      </c>
+      <c r="F54" s="1"/>
+      <c r="G54" s="1">
+        <f t="shared" si="6"/>
+        <v>1</v>
+      </c>
+      <c r="H54" s="7">
+        <f t="shared" si="1"/>
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="I54" s="7">
+        <f t="shared" si="4"/>
+        <v>0.33333333333333331</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A55" s="6">
+        <v>50</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C55" s="6">
+        <v>1</v>
+      </c>
+      <c r="D55" s="6">
+        <v>1</v>
+      </c>
+      <c r="E55" s="6"/>
+      <c r="F55" s="6"/>
+      <c r="G55" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H55" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I55" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A56" s="1">
+        <v>51</v>
+      </c>
+      <c r="B56" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C56" s="1">
+        <v>2</v>
+      </c>
+      <c r="D56" s="1">
+        <v>2</v>
+      </c>
+      <c r="E56" s="1"/>
+      <c r="F56" s="1"/>
+      <c r="G56" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H56" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I56" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A57" s="6">
+        <v>52</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C57" s="6"/>
+      <c r="D57" s="6"/>
+      <c r="E57" s="6"/>
+      <c r="F57" s="6"/>
+      <c r="G57" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H57" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I57" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="58" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A58" s="1">
+        <v>53</v>
+      </c>
+      <c r="B58" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C58" s="1"/>
+      <c r="D58" s="1"/>
+      <c r="E58" s="1"/>
+      <c r="F58" s="1"/>
+      <c r="G58" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H58" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I58" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="59" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A59" s="6">
+        <v>54</v>
+      </c>
+      <c r="B59" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C59" s="6">
+        <v>1</v>
+      </c>
+      <c r="D59" s="6">
+        <v>1</v>
+      </c>
+      <c r="E59" s="6"/>
+      <c r="F59" s="6"/>
+      <c r="G59" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H59" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I59" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A60" s="1">
+        <v>55</v>
+      </c>
+      <c r="B60" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="C60" s="1">
+        <v>1</v>
+      </c>
+      <c r="D60" s="1">
+        <v>1</v>
+      </c>
+      <c r="E60" s="1"/>
+      <c r="F60" s="1"/>
+      <c r="G60" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H60" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I60" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A61" s="6">
+        <v>56</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="C61" s="6"/>
+      <c r="D61" s="6"/>
+      <c r="E61" s="6"/>
+      <c r="F61" s="6"/>
+      <c r="G61" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H61" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I61" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="62" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A62" s="1">
+        <v>57</v>
+      </c>
+      <c r="B62" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C62" s="1">
+        <v>1</v>
+      </c>
+      <c r="D62" s="1">
+        <v>1</v>
+      </c>
+      <c r="E62" s="1"/>
+      <c r="F62" s="1"/>
+      <c r="G62" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H62" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I62" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A63" s="6">
+        <v>58</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="C63" s="6">
+        <v>2</v>
+      </c>
+      <c r="D63" s="6">
+        <v>2</v>
+      </c>
+      <c r="E63" s="6"/>
+      <c r="F63" s="6"/>
+      <c r="G63" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H63" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I63" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A64" s="1">
+        <v>59</v>
+      </c>
+      <c r="B64" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C64" s="1">
+        <v>1</v>
+      </c>
+      <c r="D64" s="1">
+        <v>1</v>
+      </c>
+      <c r="E64" s="1"/>
+      <c r="F64" s="1"/>
+      <c r="G64" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H64" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I64" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A65" s="6">
+        <v>60</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="C65" s="6">
+        <v>25</v>
+      </c>
+      <c r="D65" s="6">
+        <v>20</v>
+      </c>
+      <c r="E65" s="6">
+        <v>3</v>
+      </c>
+      <c r="F65" s="6">
+        <v>2</v>
+      </c>
+      <c r="G65" s="6">
+        <f t="shared" si="6"/>
+        <v>5</v>
+      </c>
+      <c r="H65" s="22">
+        <f t="shared" si="1"/>
+        <v>0.8</v>
+      </c>
+      <c r="I65" s="22">
+        <f t="shared" si="4"/>
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A66" s="1">
+        <v>61</v>
+      </c>
+      <c r="B66" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C66" s="1"/>
+      <c r="D66" s="1"/>
+      <c r="E66" s="1"/>
+      <c r="F66" s="1"/>
+      <c r="G66" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H66" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I66" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="67" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A67" s="6">
+        <v>62</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C67" s="6">
+        <v>1</v>
+      </c>
+      <c r="D67" s="6">
+        <v>1</v>
+      </c>
+      <c r="E67" s="6"/>
+      <c r="F67" s="6"/>
+      <c r="G67" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H67" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I67" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A68" s="1">
+        <v>63</v>
+      </c>
+      <c r="B68" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C68" s="1"/>
+      <c r="D68" s="1"/>
+      <c r="E68" s="1"/>
+      <c r="F68" s="1"/>
+      <c r="G68" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H68" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I68" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="69" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A69" s="6">
+        <v>64</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C69" s="6">
+        <v>2</v>
+      </c>
+      <c r="D69" s="6">
+        <v>1</v>
+      </c>
+      <c r="E69" s="6">
+        <v>1</v>
+      </c>
+      <c r="F69" s="6"/>
+      <c r="G69" s="6">
+        <f t="shared" si="6"/>
+        <v>1</v>
+      </c>
+      <c r="H69" s="22">
+        <f t="shared" si="1"/>
+        <v>0.5</v>
+      </c>
+      <c r="I69" s="22">
+        <f t="shared" si="4"/>
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A70" s="1">
+        <v>65</v>
+      </c>
+      <c r="B70" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C70" s="1">
+        <v>5</v>
+      </c>
+      <c r="D70" s="1">
+        <v>4</v>
+      </c>
+      <c r="E70" s="1">
+        <v>1</v>
+      </c>
+      <c r="F70" s="1"/>
+      <c r="G70" s="1">
+        <f t="shared" si="6"/>
+        <v>1</v>
+      </c>
+      <c r="H70" s="7">
+        <f t="shared" si="1"/>
+        <v>0.8</v>
+      </c>
+      <c r="I70" s="7">
+        <f t="shared" si="4"/>
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A71" s="6">
+        <v>66</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="C71" s="6"/>
+      <c r="D71" s="6"/>
+      <c r="E71" s="6"/>
+      <c r="F71" s="6"/>
+      <c r="G71" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H71" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I71" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="72" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A72" s="1">
+        <v>67</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C72" s="1">
+        <v>5</v>
+      </c>
+      <c r="D72" s="1">
+        <v>3</v>
+      </c>
+      <c r="E72" s="1"/>
+      <c r="F72" s="1">
+        <v>2</v>
+      </c>
+      <c r="G72" s="1">
+        <f t="shared" si="6"/>
+        <v>2</v>
+      </c>
+      <c r="H72" s="7">
+        <f t="shared" ref="H72:H106" si="7">IFERROR(D72/C72,"")</f>
+        <v>0.6</v>
+      </c>
+      <c r="I72" s="7">
+        <f t="shared" si="4"/>
+        <v>0.4</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A73" s="6">
+        <v>68</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="C73" s="6">
+        <v>1</v>
+      </c>
+      <c r="D73" s="6">
+        <v>1</v>
+      </c>
+      <c r="E73" s="6"/>
+      <c r="F73" s="6"/>
+      <c r="G73" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H73" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I73" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A74" s="1">
+        <v>69</v>
+      </c>
+      <c r="B74" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C74" s="1"/>
+      <c r="D74" s="1"/>
+      <c r="E74" s="1"/>
+      <c r="F74" s="1"/>
+      <c r="G74" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H74" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I74" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="75" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A75" s="6">
+        <v>70</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="C75" s="6">
+        <v>2</v>
+      </c>
+      <c r="D75" s="6">
+        <v>2</v>
+      </c>
+      <c r="E75" s="6"/>
+      <c r="F75" s="6"/>
+      <c r="G75" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H75" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I75" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A76" s="1">
+        <v>71</v>
+      </c>
+      <c r="B76" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C76" s="1">
+        <v>1</v>
+      </c>
+      <c r="D76" s="1">
+        <v>1</v>
+      </c>
+      <c r="E76" s="1"/>
+      <c r="F76" s="1"/>
+      <c r="G76" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H76" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I76" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A77" s="6">
+        <v>72</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="C77" s="6"/>
+      <c r="D77" s="6"/>
+      <c r="E77" s="6"/>
+      <c r="F77" s="6"/>
+      <c r="G77" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H77" s="22" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I77" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="78" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A78" s="1">
+        <v>73</v>
+      </c>
+      <c r="B78" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C78" s="1">
+        <v>1</v>
+      </c>
+      <c r="D78" s="1">
+        <v>1</v>
+      </c>
+      <c r="E78" s="1"/>
+      <c r="F78" s="1"/>
+      <c r="G78" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H78" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I78" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A79" s="6">
+        <v>74</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="C79" s="6">
+        <v>3</v>
+      </c>
+      <c r="D79" s="6">
+        <v>1</v>
+      </c>
+      <c r="E79" s="6">
+        <v>1</v>
+      </c>
+      <c r="F79" s="6">
+        <v>1</v>
+      </c>
+      <c r="G79" s="6">
+        <f t="shared" si="6"/>
+        <v>2</v>
+      </c>
+      <c r="H79" s="22">
+        <f t="shared" si="7"/>
+        <v>0.33333333333333331</v>
+      </c>
+      <c r="I79" s="22">
+        <f t="shared" si="4"/>
+        <v>0.66666666666666663</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A80" s="1">
+        <v>75</v>
+      </c>
+      <c r="B80" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="C80" s="1"/>
+      <c r="D80" s="1"/>
+      <c r="E80" s="1"/>
+      <c r="F80" s="1"/>
+      <c r="G80" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H80" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I80" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="81" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A81" s="6">
+        <v>76</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="C81" s="6">
+        <v>2</v>
+      </c>
+      <c r="D81" s="6">
+        <v>2</v>
+      </c>
+      <c r="E81" s="6"/>
+      <c r="F81" s="6"/>
+      <c r="G81" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H81" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I81" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A82" s="1">
+        <v>77</v>
+      </c>
+      <c r="B82" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C82" s="1">
+        <v>5</v>
+      </c>
+      <c r="D82" s="1">
+        <v>5</v>
+      </c>
+      <c r="E82" s="1"/>
+      <c r="F82" s="1"/>
+      <c r="G82" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H82" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I82" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A83" s="6">
+        <v>78</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="C83" s="6">
+        <v>4</v>
+      </c>
+      <c r="D83" s="6">
+        <v>4</v>
+      </c>
+      <c r="E83" s="6"/>
+      <c r="F83" s="6"/>
+      <c r="G83" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H83" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I83" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A84" s="1">
+        <v>79</v>
+      </c>
+      <c r="B84" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C84" s="1"/>
+      <c r="D84" s="1"/>
+      <c r="E84" s="1"/>
+      <c r="F84" s="1"/>
+      <c r="G84" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H84" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I84" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="85" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A85" s="6">
+        <v>80</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="C85" s="6">
+        <v>4</v>
+      </c>
+      <c r="D85" s="6">
+        <v>4</v>
+      </c>
+      <c r="E85" s="6"/>
+      <c r="F85" s="6"/>
+      <c r="G85" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H85" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I85" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A86" s="1">
+        <v>81</v>
+      </c>
+      <c r="B86" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C86" s="1">
+        <v>1</v>
+      </c>
+      <c r="D86" s="1">
+        <v>1</v>
+      </c>
+      <c r="E86" s="1"/>
+      <c r="F86" s="1"/>
+      <c r="G86" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H86" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I86" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A87" s="6">
+        <v>82</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="C87" s="6">
+        <v>3</v>
+      </c>
+      <c r="D87" s="6">
+        <v>3</v>
+      </c>
+      <c r="E87" s="6"/>
+      <c r="F87" s="6"/>
+      <c r="G87" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H87" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I87" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A88" s="1">
+        <v>83</v>
+      </c>
+      <c r="B88" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C88" s="1">
+        <v>4</v>
+      </c>
+      <c r="D88" s="1">
+        <v>4</v>
+      </c>
+      <c r="E88" s="1"/>
+      <c r="F88" s="1"/>
+      <c r="G88" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H88" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I88" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A89" s="6">
+        <v>84</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="C89" s="6"/>
+      <c r="D89" s="6"/>
+      <c r="E89" s="6"/>
+      <c r="F89" s="6"/>
+      <c r="G89" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H89" s="22" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I89" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="90" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A90" s="1">
+        <v>85</v>
+      </c>
+      <c r="B90" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="C90" s="1">
+        <v>4</v>
+      </c>
+      <c r="D90" s="1">
+        <v>4</v>
+      </c>
+      <c r="E90" s="1"/>
+      <c r="F90" s="1"/>
+      <c r="G90" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H90" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I90" s="7">
+        <f t="shared" ref="I90:I106" si="8">IFERROR(G90/C90,"")</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A91" s="6">
+        <v>86</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="C91" s="6"/>
+      <c r="D91" s="6"/>
+      <c r="E91" s="6"/>
+      <c r="F91" s="6"/>
+      <c r="G91" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H91" s="22" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I91" s="22" t="str">
+        <f t="shared" si="8"/>
+        <v/>
+      </c>
+    </row>
+    <row r="92" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A92" s="1">
+        <v>87</v>
+      </c>
+      <c r="B92" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C92" s="1">
+        <v>1</v>
+      </c>
+      <c r="D92" s="1">
+        <v>1</v>
+      </c>
+      <c r="E92" s="1"/>
+      <c r="F92" s="1"/>
+      <c r="G92" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H92" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I92" s="7">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A93" s="6">
+        <v>88</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C93" s="6">
+        <v>1</v>
+      </c>
+      <c r="D93" s="6">
+        <v>1</v>
+      </c>
+      <c r="E93" s="6"/>
+      <c r="F93" s="6"/>
+      <c r="G93" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H93" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I93" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A94" s="1">
+        <v>89</v>
+      </c>
+      <c r="B94" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C94" s="1"/>
+      <c r="D94" s="1"/>
+      <c r="E94" s="1"/>
+      <c r="F94" s="1"/>
+      <c r="G94" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H94" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I94" s="7" t="str">
+        <f t="shared" si="8"/>
+        <v/>
+      </c>
+    </row>
+    <row r="95" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A95" s="6">
+        <v>90</v>
+      </c>
+      <c r="B95" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="C95" s="6">
+        <v>3</v>
+      </c>
+      <c r="D95" s="6">
+        <v>3</v>
+      </c>
+      <c r="E95" s="6"/>
+      <c r="F95" s="6"/>
+      <c r="G95" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H95" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I95" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A96" s="1">
+        <v>91</v>
+      </c>
+      <c r="B96" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="C96" s="1">
+        <v>2</v>
+      </c>
+      <c r="D96" s="1">
+        <v>2</v>
+      </c>
+      <c r="E96" s="1"/>
+      <c r="F96" s="1"/>
+      <c r="G96" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H96" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I96" s="7">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A97" s="6">
+        <v>92</v>
+      </c>
+      <c r="B97" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="C97" s="6">
+        <v>15</v>
+      </c>
+      <c r="D97" s="6">
+        <v>15</v>
+      </c>
+      <c r="E97" s="6"/>
+      <c r="F97" s="6"/>
+      <c r="G97" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H97" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I97" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A98" s="1">
+        <v>93</v>
+      </c>
+      <c r="B98" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C98" s="1">
+        <v>1</v>
+      </c>
+      <c r="D98" s="1">
+        <v>1</v>
+      </c>
+      <c r="E98" s="1"/>
+      <c r="F98" s="1"/>
+      <c r="G98" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H98" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I98" s="7">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A99" s="6">
+        <v>94</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="C99" s="6"/>
+      <c r="D99" s="6"/>
+      <c r="E99" s="6"/>
+      <c r="F99" s="6"/>
+      <c r="G99" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H99" s="22" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I99" s="22" t="str">
+        <f t="shared" si="8"/>
+        <v/>
+      </c>
+    </row>
+    <row r="100" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A100" s="1">
+        <v>95</v>
+      </c>
+      <c r="B100" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C100" s="1"/>
+      <c r="D100" s="1"/>
+      <c r="E100" s="1"/>
+      <c r="F100" s="1"/>
+      <c r="G100" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H100" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I100" s="7" t="str">
+        <f t="shared" si="8"/>
+        <v/>
+      </c>
+    </row>
+    <row r="101" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A101" s="6">
+        <v>96</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="C101" s="6">
+        <v>4</v>
+      </c>
+      <c r="D101" s="6">
+        <v>4</v>
+      </c>
+      <c r="E101" s="6"/>
+      <c r="F101" s="6"/>
+      <c r="G101" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H101" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I101" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A102" s="1">
+        <v>97</v>
+      </c>
+      <c r="B102" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="C102" s="1">
+        <v>2</v>
+      </c>
+      <c r="D102" s="1">
+        <v>2</v>
+      </c>
+      <c r="E102" s="1"/>
+      <c r="F102" s="1"/>
+      <c r="G102" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H102" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I102" s="7">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A103" s="6">
+        <v>98</v>
+      </c>
+      <c r="B103" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C103" s="6">
+        <v>2</v>
+      </c>
+      <c r="D103" s="6">
+        <v>2</v>
+      </c>
+      <c r="E103" s="6"/>
+      <c r="F103" s="6"/>
+      <c r="G103" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H103" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I103" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A104" s="1">
+        <v>99</v>
+      </c>
+      <c r="B104" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="C104" s="1">
+        <v>2</v>
+      </c>
+      <c r="D104" s="1">
+        <v>2</v>
+      </c>
+      <c r="E104" s="1"/>
+      <c r="F104" s="1"/>
+      <c r="G104" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H104" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I104" s="7">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A105" s="6">
+        <v>100</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="C105" s="6"/>
+      <c r="D105" s="6"/>
+      <c r="E105" s="6"/>
+      <c r="F105" s="6"/>
+      <c r="G105" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H105" s="22" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I105" s="22" t="str">
+        <f t="shared" si="8"/>
+        <v/>
+      </c>
+    </row>
+    <row r="106" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A106" s="1">
+        <v>200</v>
+      </c>
+      <c r="B106" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="C106" s="1"/>
+      <c r="D106" s="1"/>
+      <c r="E106" s="1"/>
+      <c r="F106" s="1"/>
+      <c r="G106" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H106" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I106" s="7" t="str">
+        <f t="shared" si="8"/>
+        <v/>
+      </c>
+    </row>
+    <row r="107" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A107" s="16"/>
+      <c r="B107" s="8"/>
+      <c r="C107" s="9"/>
+      <c r="D107" s="9"/>
+      <c r="E107" s="9"/>
+      <c r="F107" s="9"/>
+      <c r="G107" s="9"/>
+      <c r="H107" s="10"/>
+      <c r="I107" s="10"/>
+    </row>
+    <row r="108" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A108" s="16"/>
+      <c r="B108" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C108" s="4">
+        <f>SUM(C6:C106)</f>
+        <v>257</v>
+      </c>
+      <c r="D108" s="4">
+        <f>SUM(D6:D106)</f>
+        <v>238</v>
+      </c>
+      <c r="E108" s="4">
+        <f>SUM(E6:E106)</f>
+        <v>10</v>
+      </c>
+      <c r="F108" s="4">
+        <f>SUM(F6:F106)</f>
+        <v>9</v>
+      </c>
+      <c r="G108" s="4">
+        <f>SUM(G6:G106)</f>
+        <v>19</v>
+      </c>
+      <c r="H108" s="11">
+        <f>D108/C108</f>
+        <v>0.92607003891050588</v>
+      </c>
+      <c r="I108" s="11">
+        <f>G108/C108</f>
+        <v>7.3929961089494164E-2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup scale="96" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="16" baseType="lpstr">
+    <vt:vector size="18" baseType="lpstr">
       <vt:lpstr>10-24</vt:lpstr>
       <vt:lpstr>11-24</vt:lpstr>
       <vt:lpstr>12-24</vt:lpstr>
       <vt:lpstr>01-25</vt:lpstr>
       <vt:lpstr>02-25</vt:lpstr>
       <vt:lpstr>03-25</vt:lpstr>
       <vt:lpstr>4-25</vt:lpstr>
       <vt:lpstr>5-25</vt:lpstr>
+      <vt:lpstr>6-25</vt:lpstr>
       <vt:lpstr>'01-25'!Print_Titles</vt:lpstr>
       <vt:lpstr>'02-25'!Print_Titles</vt:lpstr>
       <vt:lpstr>'03-25'!Print_Titles</vt:lpstr>
       <vt:lpstr>'10-24'!Print_Titles</vt:lpstr>
       <vt:lpstr>'11-24'!Print_Titles</vt:lpstr>
       <vt:lpstr>'12-24'!Print_Titles</vt:lpstr>
       <vt:lpstr>'4-25'!Print_Titles</vt:lpstr>
       <vt:lpstr>'5-25'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'6-25'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Pat Moore</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>