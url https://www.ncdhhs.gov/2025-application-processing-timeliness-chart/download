--- v1 (2025-11-17)
+++ v2 (2025-12-07)
@@ -1,107 +1,415 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\QC Error Rates\FY 25 Error Rate Reports\FY 25 Application Processing Timeliness Reports\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BD694619-8EFA-480B-AD0F-4B0F45FA3682}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A50FF9D7-3EB4-45EB-80D3-02573FD4F6CE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="38280" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="8" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="10-24" sheetId="58" r:id="rId1"/>
     <sheet name="11-24" sheetId="71" r:id="rId2"/>
     <sheet name="12-24" sheetId="72" r:id="rId3"/>
     <sheet name="01-25" sheetId="73" r:id="rId4"/>
     <sheet name="02-25" sheetId="74" r:id="rId5"/>
     <sheet name="03-25" sheetId="75" r:id="rId6"/>
     <sheet name="4-25" sheetId="76" r:id="rId7"/>
     <sheet name="5-25" sheetId="77" r:id="rId8"/>
     <sheet name="6-25" sheetId="78" r:id="rId9"/>
+    <sheet name="7-25" sheetId="79" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'01-25'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'02-25'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="5">'03-25'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'10-24'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'11-24'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'12-24'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="6">'4-25'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="7">'5-25'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="8">'6-25'!$1:$5</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="9">'7-25'!$1:$5</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F108" i="78" l="1"/>
+  <c r="F108" i="79" l="1"/>
+  <c r="E108" i="79"/>
+  <c r="D108" i="79"/>
+  <c r="C108" i="79"/>
+  <c r="I106" i="79"/>
+  <c r="H106" i="79"/>
+  <c r="G106" i="79"/>
+  <c r="H105" i="79"/>
+  <c r="G105" i="79"/>
+  <c r="I105" i="79" s="1"/>
+  <c r="H104" i="79"/>
+  <c r="G104" i="79"/>
+  <c r="I104" i="79" s="1"/>
+  <c r="I103" i="79"/>
+  <c r="H103" i="79"/>
+  <c r="G103" i="79"/>
+  <c r="I102" i="79"/>
+  <c r="H102" i="79"/>
+  <c r="G102" i="79"/>
+  <c r="H101" i="79"/>
+  <c r="G101" i="79"/>
+  <c r="I101" i="79" s="1"/>
+  <c r="H100" i="79"/>
+  <c r="G100" i="79"/>
+  <c r="I100" i="79" s="1"/>
+  <c r="I99" i="79"/>
+  <c r="H99" i="79"/>
+  <c r="G99" i="79"/>
+  <c r="I98" i="79"/>
+  <c r="H98" i="79"/>
+  <c r="G98" i="79"/>
+  <c r="H97" i="79"/>
+  <c r="G97" i="79"/>
+  <c r="I97" i="79" s="1"/>
+  <c r="H96" i="79"/>
+  <c r="G96" i="79"/>
+  <c r="I96" i="79" s="1"/>
+  <c r="I95" i="79"/>
+  <c r="H95" i="79"/>
+  <c r="G95" i="79"/>
+  <c r="H94" i="79"/>
+  <c r="G94" i="79"/>
+  <c r="I94" i="79" s="1"/>
+  <c r="H93" i="79"/>
+  <c r="G93" i="79"/>
+  <c r="I93" i="79" s="1"/>
+  <c r="H92" i="79"/>
+  <c r="G92" i="79"/>
+  <c r="I92" i="79" s="1"/>
+  <c r="I91" i="79"/>
+  <c r="H91" i="79"/>
+  <c r="G91" i="79"/>
+  <c r="I90" i="79"/>
+  <c r="H90" i="79"/>
+  <c r="G90" i="79"/>
+  <c r="H89" i="79"/>
+  <c r="G89" i="79"/>
+  <c r="I89" i="79" s="1"/>
+  <c r="H88" i="79"/>
+  <c r="G88" i="79"/>
+  <c r="I88" i="79" s="1"/>
+  <c r="I87" i="79"/>
+  <c r="H87" i="79"/>
+  <c r="G87" i="79"/>
+  <c r="H86" i="79"/>
+  <c r="G86" i="79"/>
+  <c r="I86" i="79" s="1"/>
+  <c r="H85" i="79"/>
+  <c r="G85" i="79"/>
+  <c r="I85" i="79" s="1"/>
+  <c r="H84" i="79"/>
+  <c r="G84" i="79"/>
+  <c r="I84" i="79" s="1"/>
+  <c r="I83" i="79"/>
+  <c r="H83" i="79"/>
+  <c r="G83" i="79"/>
+  <c r="I82" i="79"/>
+  <c r="H82" i="79"/>
+  <c r="G82" i="79"/>
+  <c r="H81" i="79"/>
+  <c r="G81" i="79"/>
+  <c r="I81" i="79" s="1"/>
+  <c r="H80" i="79"/>
+  <c r="G80" i="79"/>
+  <c r="I80" i="79" s="1"/>
+  <c r="I79" i="79"/>
+  <c r="H79" i="79"/>
+  <c r="G79" i="79"/>
+  <c r="H78" i="79"/>
+  <c r="G78" i="79"/>
+  <c r="I78" i="79" s="1"/>
+  <c r="H77" i="79"/>
+  <c r="G77" i="79"/>
+  <c r="I77" i="79" s="1"/>
+  <c r="H76" i="79"/>
+  <c r="G76" i="79"/>
+  <c r="I76" i="79" s="1"/>
+  <c r="I75" i="79"/>
+  <c r="H75" i="79"/>
+  <c r="G75" i="79"/>
+  <c r="I74" i="79"/>
+  <c r="H74" i="79"/>
+  <c r="G74" i="79"/>
+  <c r="H73" i="79"/>
+  <c r="G73" i="79"/>
+  <c r="I73" i="79" s="1"/>
+  <c r="H72" i="79"/>
+  <c r="G72" i="79"/>
+  <c r="I72" i="79" s="1"/>
+  <c r="I71" i="79"/>
+  <c r="H71" i="79"/>
+  <c r="G71" i="79"/>
+  <c r="H70" i="79"/>
+  <c r="G70" i="79"/>
+  <c r="I70" i="79" s="1"/>
+  <c r="H69" i="79"/>
+  <c r="G69" i="79"/>
+  <c r="I69" i="79" s="1"/>
+  <c r="H68" i="79"/>
+  <c r="G68" i="79"/>
+  <c r="I68" i="79" s="1"/>
+  <c r="I67" i="79"/>
+  <c r="H67" i="79"/>
+  <c r="G67" i="79"/>
+  <c r="I66" i="79"/>
+  <c r="H66" i="79"/>
+  <c r="G66" i="79"/>
+  <c r="H65" i="79"/>
+  <c r="G65" i="79"/>
+  <c r="I65" i="79" s="1"/>
+  <c r="H64" i="79"/>
+  <c r="G64" i="79"/>
+  <c r="I64" i="79" s="1"/>
+  <c r="I63" i="79"/>
+  <c r="H63" i="79"/>
+  <c r="G63" i="79"/>
+  <c r="H62" i="79"/>
+  <c r="G62" i="79"/>
+  <c r="I62" i="79" s="1"/>
+  <c r="H61" i="79"/>
+  <c r="G61" i="79"/>
+  <c r="I61" i="79" s="1"/>
+  <c r="H60" i="79"/>
+  <c r="G60" i="79"/>
+  <c r="I60" i="79" s="1"/>
+  <c r="I59" i="79"/>
+  <c r="H59" i="79"/>
+  <c r="G59" i="79"/>
+  <c r="I58" i="79"/>
+  <c r="H58" i="79"/>
+  <c r="G58" i="79"/>
+  <c r="H57" i="79"/>
+  <c r="G57" i="79"/>
+  <c r="I57" i="79" s="1"/>
+  <c r="H56" i="79"/>
+  <c r="G56" i="79"/>
+  <c r="I56" i="79" s="1"/>
+  <c r="I55" i="79"/>
+  <c r="H55" i="79"/>
+  <c r="G55" i="79"/>
+  <c r="H54" i="79"/>
+  <c r="G54" i="79"/>
+  <c r="I54" i="79" s="1"/>
+  <c r="H53" i="79"/>
+  <c r="G53" i="79"/>
+  <c r="I53" i="79" s="1"/>
+  <c r="I52" i="79"/>
+  <c r="H52" i="79"/>
+  <c r="H51" i="79"/>
+  <c r="G51" i="79"/>
+  <c r="I51" i="79" s="1"/>
+  <c r="H50" i="79"/>
+  <c r="G50" i="79"/>
+  <c r="I50" i="79" s="1"/>
+  <c r="H49" i="79"/>
+  <c r="G49" i="79"/>
+  <c r="I49" i="79" s="1"/>
+  <c r="I48" i="79"/>
+  <c r="H48" i="79"/>
+  <c r="G48" i="79"/>
+  <c r="I47" i="79"/>
+  <c r="H47" i="79"/>
+  <c r="G47" i="79"/>
+  <c r="H46" i="79"/>
+  <c r="G46" i="79"/>
+  <c r="I46" i="79" s="1"/>
+  <c r="H45" i="79"/>
+  <c r="G45" i="79"/>
+  <c r="I45" i="79" s="1"/>
+  <c r="I44" i="79"/>
+  <c r="H44" i="79"/>
+  <c r="G44" i="79"/>
+  <c r="H43" i="79"/>
+  <c r="G43" i="79"/>
+  <c r="I43" i="79" s="1"/>
+  <c r="H42" i="79"/>
+  <c r="G42" i="79"/>
+  <c r="I42" i="79" s="1"/>
+  <c r="H41" i="79"/>
+  <c r="G41" i="79"/>
+  <c r="I41" i="79" s="1"/>
+  <c r="I40" i="79"/>
+  <c r="H40" i="79"/>
+  <c r="G40" i="79"/>
+  <c r="I39" i="79"/>
+  <c r="H39" i="79"/>
+  <c r="G39" i="79"/>
+  <c r="H38" i="79"/>
+  <c r="G38" i="79"/>
+  <c r="I38" i="79" s="1"/>
+  <c r="H37" i="79"/>
+  <c r="G37" i="79"/>
+  <c r="I37" i="79" s="1"/>
+  <c r="I36" i="79"/>
+  <c r="H36" i="79"/>
+  <c r="G36" i="79"/>
+  <c r="H35" i="79"/>
+  <c r="G35" i="79"/>
+  <c r="I35" i="79" s="1"/>
+  <c r="I34" i="79"/>
+  <c r="H34" i="79"/>
+  <c r="I33" i="79"/>
+  <c r="H33" i="79"/>
+  <c r="G33" i="79"/>
+  <c r="H32" i="79"/>
+  <c r="G32" i="79"/>
+  <c r="I32" i="79" s="1"/>
+  <c r="H31" i="79"/>
+  <c r="G31" i="79"/>
+  <c r="I31" i="79" s="1"/>
+  <c r="H30" i="79"/>
+  <c r="G30" i="79"/>
+  <c r="I30" i="79" s="1"/>
+  <c r="I29" i="79"/>
+  <c r="H29" i="79"/>
+  <c r="G29" i="79"/>
+  <c r="I28" i="79"/>
+  <c r="H28" i="79"/>
+  <c r="G28" i="79"/>
+  <c r="H27" i="79"/>
+  <c r="G27" i="79"/>
+  <c r="I27" i="79" s="1"/>
+  <c r="H26" i="79"/>
+  <c r="G26" i="79"/>
+  <c r="I26" i="79" s="1"/>
+  <c r="I25" i="79"/>
+  <c r="H25" i="79"/>
+  <c r="G25" i="79"/>
+  <c r="H24" i="79"/>
+  <c r="G24" i="79"/>
+  <c r="I24" i="79" s="1"/>
+  <c r="H23" i="79"/>
+  <c r="G23" i="79"/>
+  <c r="I23" i="79" s="1"/>
+  <c r="H22" i="79"/>
+  <c r="G22" i="79"/>
+  <c r="I22" i="79" s="1"/>
+  <c r="I21" i="79"/>
+  <c r="H21" i="79"/>
+  <c r="G21" i="79"/>
+  <c r="I20" i="79"/>
+  <c r="H20" i="79"/>
+  <c r="G20" i="79"/>
+  <c r="H19" i="79"/>
+  <c r="G19" i="79"/>
+  <c r="I19" i="79" s="1"/>
+  <c r="H18" i="79"/>
+  <c r="G18" i="79"/>
+  <c r="I18" i="79" s="1"/>
+  <c r="I17" i="79"/>
+  <c r="H17" i="79"/>
+  <c r="G17" i="79"/>
+  <c r="H16" i="79"/>
+  <c r="G16" i="79"/>
+  <c r="I16" i="79" s="1"/>
+  <c r="H15" i="79"/>
+  <c r="G15" i="79"/>
+  <c r="I15" i="79" s="1"/>
+  <c r="H14" i="79"/>
+  <c r="G14" i="79"/>
+  <c r="I14" i="79" s="1"/>
+  <c r="I13" i="79"/>
+  <c r="H13" i="79"/>
+  <c r="G13" i="79"/>
+  <c r="I12" i="79"/>
+  <c r="H12" i="79"/>
+  <c r="G12" i="79"/>
+  <c r="H11" i="79"/>
+  <c r="G11" i="79"/>
+  <c r="I11" i="79" s="1"/>
+  <c r="H10" i="79"/>
+  <c r="G10" i="79"/>
+  <c r="I10" i="79" s="1"/>
+  <c r="I9" i="79"/>
+  <c r="H9" i="79"/>
+  <c r="G9" i="79"/>
+  <c r="H8" i="79"/>
+  <c r="G8" i="79"/>
+  <c r="I8" i="79" s="1"/>
+  <c r="H7" i="79"/>
+  <c r="G7" i="79"/>
+  <c r="I7" i="79" s="1"/>
+  <c r="H6" i="79"/>
+  <c r="G6" i="79"/>
+  <c r="I6" i="79" s="1"/>
+  <c r="F108" i="78"/>
   <c r="E108" i="78"/>
   <c r="D108" i="78"/>
   <c r="C108" i="78"/>
   <c r="H106" i="78"/>
   <c r="G106" i="78"/>
   <c r="I106" i="78" s="1"/>
   <c r="I105" i="78"/>
   <c r="H105" i="78"/>
   <c r="G105" i="78"/>
   <c r="H104" i="78"/>
   <c r="G104" i="78"/>
   <c r="I104" i="78" s="1"/>
   <c r="I103" i="78"/>
   <c r="H103" i="78"/>
   <c r="G103" i="78"/>
   <c r="I102" i="78"/>
   <c r="H102" i="78"/>
   <c r="G102" i="78"/>
   <c r="H101" i="78"/>
   <c r="G101" i="78"/>
   <c r="I101" i="78" s="1"/>
   <c r="I100" i="78"/>
   <c r="H100" i="78"/>
   <c r="G100" i="78"/>
   <c r="I99" i="78"/>
@@ -2607,51 +2915,54 @@
   <c r="I77" i="58"/>
   <c r="I67" i="58"/>
   <c r="I57" i="58"/>
   <c r="I43" i="58"/>
   <c r="I35" i="58"/>
   <c r="I29" i="58"/>
   <c r="I27" i="58"/>
   <c r="I19" i="58"/>
   <c r="I17" i="58"/>
   <c r="I13" i="58"/>
   <c r="I106" i="58"/>
   <c r="I104" i="58"/>
   <c r="I52" i="58"/>
   <c r="I34" i="58"/>
   <c r="I6" i="58"/>
   <c r="I61" i="58"/>
   <c r="G6" i="58"/>
   <c r="G13" i="58"/>
   <c r="G11" i="58"/>
   <c r="I11" i="58" s="1"/>
   <c r="G9" i="58"/>
   <c r="I9" i="58" s="1"/>
   <c r="G7" i="58"/>
   <c r="I7" i="58" s="1"/>
   <c r="H9" i="58"/>
-  <c r="G108" i="78" l="1"/>
+  <c r="H108" i="79" l="1"/>
+  <c r="G108" i="79"/>
+  <c r="I108" i="79" s="1"/>
+  <c r="G108" i="78"/>
   <c r="I108" i="78" s="1"/>
   <c r="H108" i="78"/>
   <c r="G108" i="77"/>
   <c r="I108" i="77" s="1"/>
   <c r="H108" i="77"/>
   <c r="H108" i="76"/>
   <c r="G108" i="76"/>
   <c r="I108" i="76" s="1"/>
   <c r="I108" i="75"/>
   <c r="H108" i="75"/>
   <c r="H108" i="74"/>
   <c r="G108" i="74"/>
   <c r="I108" i="74" s="1"/>
   <c r="H108" i="73"/>
   <c r="G108" i="73"/>
   <c r="I108" i="73" s="1"/>
   <c r="H108" i="72"/>
   <c r="G108" i="72"/>
   <c r="I108" i="72" s="1"/>
   <c r="H108" i="71"/>
   <c r="G108" i="71"/>
   <c r="I108" i="71" s="1"/>
   <c r="H106" i="58"/>
   <c r="H105" i="58"/>
   <c r="H104" i="58"/>
@@ -2833,51 +3144,51 @@
   <c r="G22" i="58"/>
   <c r="I22" i="58" s="1"/>
   <c r="G20" i="58"/>
   <c r="I20" i="58" s="1"/>
   <c r="G18" i="58"/>
   <c r="I18" i="58" s="1"/>
   <c r="G16" i="58"/>
   <c r="I16" i="58" s="1"/>
   <c r="G14" i="58"/>
   <c r="I14" i="58" s="1"/>
   <c r="G12" i="58"/>
   <c r="I12" i="58" s="1"/>
   <c r="G10" i="58"/>
   <c r="I10" i="58" s="1"/>
   <c r="G8" i="58"/>
   <c r="I8" i="58" s="1"/>
   <c r="G108" i="58" l="1"/>
   <c r="D108" i="58"/>
   <c r="C108" i="58"/>
   <c r="I108" i="58" l="1"/>
   <c r="H108" i="58"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1080" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1200" uniqueCount="124">
   <si>
     <t>TIMELY</t>
   </si>
   <si>
     <t>COUNTY</t>
   </si>
   <si>
     <t>RATE</t>
   </si>
   <si>
     <t>ALAMANCE</t>
   </si>
   <si>
     <t>ALEXANDER</t>
   </si>
   <si>
     <t>ALLEGHANY</t>
   </si>
   <si>
     <t>ANSON</t>
   </si>
   <si>
     <t>ASHE</t>
   </si>
   <si>
@@ -3203,50 +3514,53 @@
   </si>
   <si>
     <t>10/24 - 11/24</t>
   </si>
   <si>
     <t>10/24 - 12/24</t>
   </si>
   <si>
     <t>10/24 - 01/25</t>
   </si>
   <si>
     <t>10/24 - 02/25</t>
   </si>
   <si>
     <t>10/24 - 03/25</t>
   </si>
   <si>
     <t>10/24 - 04/25</t>
   </si>
   <si>
     <t>10/24 - 05/25</t>
   </si>
   <si>
     <t>10/24 - 06/25</t>
   </si>
+  <si>
+    <t>10/24 - 07/25</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="m/d;@"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -3436,51 +3750,51 @@
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3728,50 +4042,54 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -6477,50 +6795,2961 @@
       </c>
       <c r="G108" s="4">
         <f>SUM(G6:G106)</f>
         <v>4</v>
       </c>
       <c r="H108" s="11">
         <f>D108/C108</f>
         <v>0.88571428571428568</v>
       </c>
       <c r="I108" s="11">
         <f>G108/C108</f>
         <v>0.11428571428571428</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup scale="96" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{587C3327-574B-4C1E-94DC-42C8365657E1}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:I108"/>
+  <sheetViews>
+    <sheetView topLeftCell="A24" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2:I2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="2" max="2" width="18.140625" customWidth="1"/>
+    <col min="3" max="3" width="13.7109375" customWidth="1"/>
+    <col min="4" max="4" width="12.28515625" customWidth="1"/>
+    <col min="5" max="6" width="14.42578125" customWidth="1"/>
+    <col min="7" max="7" width="17.140625" customWidth="1"/>
+    <col min="8" max="8" width="12.140625" customWidth="1"/>
+    <col min="9" max="9" width="14.28515625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="25" t="s">
+        <v>105</v>
+      </c>
+      <c r="B1" s="25"/>
+      <c r="C1" s="25"/>
+      <c r="D1" s="25"/>
+      <c r="E1" s="25"/>
+      <c r="F1" s="25"/>
+      <c r="G1" s="25"/>
+      <c r="H1" s="25"/>
+      <c r="I1" s="25"/>
+    </row>
+    <row r="2" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A2" s="26" t="s">
+        <v>123</v>
+      </c>
+      <c r="B2" s="26"/>
+      <c r="C2" s="26"/>
+      <c r="D2" s="26"/>
+      <c r="E2" s="26"/>
+      <c r="F2" s="26"/>
+      <c r="G2" s="26"/>
+      <c r="H2" s="26"/>
+      <c r="I2" s="26"/>
+    </row>
+    <row r="3" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="27"/>
+      <c r="B3" s="25"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="25"/>
+      <c r="E3" s="25"/>
+      <c r="F3" s="25"/>
+      <c r="G3" s="25"/>
+      <c r="H3" s="25"/>
+      <c r="I3" s="25"/>
+    </row>
+    <row r="4" spans="1:9" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="A4" s="13"/>
+      <c r="B4" s="12"/>
+      <c r="C4" s="13" t="s">
+        <v>113</v>
+      </c>
+      <c r="D4" s="13" t="s">
+        <v>109</v>
+      </c>
+      <c r="E4" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="F4" s="23" t="s">
+        <v>110</v>
+      </c>
+      <c r="G4" s="23" t="s">
+        <v>113</v>
+      </c>
+      <c r="H4" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="I4" s="14" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="17" t="s">
+        <v>108</v>
+      </c>
+      <c r="B5" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="C5" s="19" t="s">
+        <v>106</v>
+      </c>
+      <c r="D5" s="20" t="s">
+        <v>106</v>
+      </c>
+      <c r="E5" s="24" t="s">
+        <v>111</v>
+      </c>
+      <c r="F5" s="19" t="s">
+        <v>112</v>
+      </c>
+      <c r="G5" s="19" t="s">
+        <v>107</v>
+      </c>
+      <c r="H5" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="I5" s="20" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A6" s="1">
+        <v>1</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C6" s="1">
+        <v>6</v>
+      </c>
+      <c r="D6" s="1">
+        <v>6</v>
+      </c>
+      <c r="E6" s="1"/>
+      <c r="F6" s="1"/>
+      <c r="G6" s="1">
+        <f t="shared" ref="G6:G33" si="0">E6+F6</f>
+        <v>0</v>
+      </c>
+      <c r="H6" s="7">
+        <f>IFERROR(D6/C6,"")</f>
+        <v>1</v>
+      </c>
+      <c r="I6" s="7">
+        <f>IFERROR(G6/C6,"")</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A7" s="6">
+        <v>2</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C7" s="6">
+        <v>1</v>
+      </c>
+      <c r="D7" s="6">
+        <v>1</v>
+      </c>
+      <c r="E7" s="6"/>
+      <c r="F7" s="6"/>
+      <c r="G7" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H7" s="22">
+        <f>IFERROR(D7/C7,"")</f>
+        <v>1</v>
+      </c>
+      <c r="I7" s="22">
+        <f>IFERROR(G7/C7,"")</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A8" s="1">
+        <v>3</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1"/>
+      <c r="E8" s="1"/>
+      <c r="F8" s="1"/>
+      <c r="G8" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H8" s="7" t="str">
+        <f t="shared" ref="H8:H71" si="1">IFERROR(D8/C8,"")</f>
+        <v/>
+      </c>
+      <c r="I8" s="7" t="str">
+        <f t="shared" ref="I8:I25" si="2">IFERROR(G8/D8,"")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A9" s="6">
+        <v>4</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6"/>
+      <c r="F9" s="6"/>
+      <c r="G9" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H9" s="22" t="str">
+        <f>IFERROR(D9/C9,"")</f>
+        <v/>
+      </c>
+      <c r="I9" s="22" t="str">
+        <f>IFERROR(G9/C9,"")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A10" s="1">
+        <v>5</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="1">
+        <v>3</v>
+      </c>
+      <c r="D10" s="1">
+        <v>3</v>
+      </c>
+      <c r="E10" s="1"/>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H10" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I10" s="7">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A11" s="6">
+        <v>6</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="6"/>
+      <c r="G11" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H11" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I11" s="22" t="str">
+        <f t="shared" ref="I11:I24" si="3">IFERROR(G11/C11,"")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A12" s="1">
+        <v>7</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" s="1">
+        <v>2</v>
+      </c>
+      <c r="D12" s="1">
+        <v>2</v>
+      </c>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H12" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I12" s="7">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A13" s="6">
+        <v>8</v>
+      </c>
+      <c r="B13" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C13" s="6"/>
+      <c r="D13" s="6"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="6"/>
+      <c r="G13" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H13" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I13" s="22" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A14" s="1">
+        <v>9</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C14" s="1">
+        <v>2</v>
+      </c>
+      <c r="D14" s="1">
+        <v>2</v>
+      </c>
+      <c r="E14" s="1"/>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H14" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I14" s="7">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A15" s="6">
+        <v>10</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C15" s="6">
+        <v>5</v>
+      </c>
+      <c r="D15" s="6">
+        <v>5</v>
+      </c>
+      <c r="E15" s="6"/>
+      <c r="F15" s="6"/>
+      <c r="G15" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H15" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I15" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A16" s="1">
+        <v>11</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C16" s="1">
+        <v>7</v>
+      </c>
+      <c r="D16" s="1">
+        <v>6</v>
+      </c>
+      <c r="E16" s="1">
+        <v>1</v>
+      </c>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+      <c r="H16" s="7">
+        <f t="shared" si="1"/>
+        <v>0.8571428571428571</v>
+      </c>
+      <c r="I16" s="7">
+        <f t="shared" si="3"/>
+        <v>0.14285714285714285</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A17" s="6">
+        <v>12</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="6">
+        <v>5</v>
+      </c>
+      <c r="D17" s="6">
+        <v>5</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="6"/>
+      <c r="G17" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H17" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I17" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A18" s="1">
+        <v>13</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C18" s="1">
+        <v>6</v>
+      </c>
+      <c r="D18" s="1">
+        <v>6</v>
+      </c>
+      <c r="E18" s="1"/>
+      <c r="F18" s="1"/>
+      <c r="G18" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H18" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I18" s="7">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A19" s="6">
+        <v>14</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C19" s="6">
+        <v>5</v>
+      </c>
+      <c r="D19" s="6">
+        <v>5</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="6"/>
+      <c r="G19" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H19" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I19" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A20" s="1">
+        <v>15</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C20" s="1"/>
+      <c r="D20" s="1"/>
+      <c r="E20" s="1"/>
+      <c r="F20" s="1"/>
+      <c r="G20" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H20" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I20" s="7" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A21" s="6">
+        <v>16</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="C21" s="6"/>
+      <c r="D21" s="6"/>
+      <c r="E21" s="6"/>
+      <c r="F21" s="6"/>
+      <c r="G21" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H21" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I21" s="22" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A22" s="1">
+        <v>17</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C22" s="1">
+        <v>2</v>
+      </c>
+      <c r="D22" s="1">
+        <v>2</v>
+      </c>
+      <c r="E22" s="1"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H22" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I22" s="7">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A23" s="6">
+        <v>18</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C23" s="6">
+        <v>6</v>
+      </c>
+      <c r="D23" s="6">
+        <v>6</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="6"/>
+      <c r="G23" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H23" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I23" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A24" s="1">
+        <v>19</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C24" s="1">
+        <v>1</v>
+      </c>
+      <c r="D24" s="1">
+        <v>1</v>
+      </c>
+      <c r="E24" s="1"/>
+      <c r="F24" s="1"/>
+      <c r="G24" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H24" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I24" s="7">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A25" s="6">
+        <v>20</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C25" s="6"/>
+      <c r="D25" s="6"/>
+      <c r="E25" s="6"/>
+      <c r="F25" s="6"/>
+      <c r="G25" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H25" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I25" s="22" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+    </row>
+    <row r="26" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A26" s="1">
+        <v>21</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C26" s="1"/>
+      <c r="D26" s="1"/>
+      <c r="E26" s="1"/>
+      <c r="F26" s="1"/>
+      <c r="G26" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H26" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I26" s="7" t="str">
+        <f t="shared" ref="I26:I89" si="4">IFERROR(G26/C26,"")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A27" s="6">
+        <v>22</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C27" s="6">
+        <v>1</v>
+      </c>
+      <c r="D27" s="6">
+        <v>1</v>
+      </c>
+      <c r="E27" s="6"/>
+      <c r="F27" s="6"/>
+      <c r="G27" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H27" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I27" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A28" s="1">
+        <v>23</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C28" s="1">
+        <v>2</v>
+      </c>
+      <c r="D28" s="1">
+        <v>2</v>
+      </c>
+      <c r="E28" s="1"/>
+      <c r="F28" s="1"/>
+      <c r="G28" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H28" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I28" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A29" s="6">
+        <v>24</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C29" s="6">
+        <v>3</v>
+      </c>
+      <c r="D29" s="6">
+        <v>3</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="6"/>
+      <c r="G29" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H29" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I29" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A30" s="1">
+        <v>25</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C30" s="1">
+        <v>1</v>
+      </c>
+      <c r="D30" s="1">
+        <v>1</v>
+      </c>
+      <c r="E30" s="1"/>
+      <c r="F30" s="1"/>
+      <c r="G30" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H30" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I30" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A31" s="6">
+        <v>26</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C31" s="6">
+        <v>15</v>
+      </c>
+      <c r="D31" s="6">
+        <v>15</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="6"/>
+      <c r="G31" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H31" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I31" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A32" s="1">
+        <v>27</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C32" s="1"/>
+      <c r="D32" s="1"/>
+      <c r="E32" s="1"/>
+      <c r="F32" s="1"/>
+      <c r="G32" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H32" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I32" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A33" s="6">
+        <v>28</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C33" s="6">
+        <v>1</v>
+      </c>
+      <c r="D33" s="6">
+        <v>1</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="6"/>
+      <c r="G33" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H33" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I33" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A34" s="1">
+        <v>29</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C34" s="1">
+        <v>3</v>
+      </c>
+      <c r="D34" s="1">
+        <v>3</v>
+      </c>
+      <c r="E34" s="1"/>
+      <c r="F34" s="1"/>
+      <c r="G34" s="1">
+        <v>0</v>
+      </c>
+      <c r="H34" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I34" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A35" s="6">
+        <v>30</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C35" s="6">
+        <v>2</v>
+      </c>
+      <c r="D35" s="6">
+        <v>2</v>
+      </c>
+      <c r="E35" s="6"/>
+      <c r="F35" s="6"/>
+      <c r="G35" s="15">
+        <f t="shared" ref="G35:G51" si="5">E35+F35</f>
+        <v>0</v>
+      </c>
+      <c r="H35" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I35" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A36" s="1">
+        <v>31</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C36" s="1">
+        <v>1</v>
+      </c>
+      <c r="D36" s="1">
+        <v>1</v>
+      </c>
+      <c r="E36" s="1"/>
+      <c r="F36" s="1"/>
+      <c r="G36" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H36" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I36" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A37" s="6">
+        <v>32</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C37" s="6">
+        <v>8</v>
+      </c>
+      <c r="D37" s="6">
+        <v>7</v>
+      </c>
+      <c r="E37" s="6">
+        <v>1</v>
+      </c>
+      <c r="F37" s="6"/>
+      <c r="G37" s="15">
+        <f t="shared" si="5"/>
+        <v>1</v>
+      </c>
+      <c r="H37" s="22">
+        <f t="shared" si="1"/>
+        <v>0.875</v>
+      </c>
+      <c r="I37" s="22">
+        <f t="shared" si="4"/>
+        <v>0.125</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A38" s="1">
+        <v>33</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C38" s="1">
+        <v>1</v>
+      </c>
+      <c r="D38" s="1">
+        <v>1</v>
+      </c>
+      <c r="E38" s="1"/>
+      <c r="F38" s="1"/>
+      <c r="G38" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H38" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I38" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A39" s="6">
+        <v>34</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C39" s="6">
+        <v>11</v>
+      </c>
+      <c r="D39" s="6">
+        <v>10</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="6">
+        <v>1</v>
+      </c>
+      <c r="G39" s="6">
+        <f t="shared" si="5"/>
+        <v>1</v>
+      </c>
+      <c r="H39" s="22">
+        <f t="shared" si="1"/>
+        <v>0.90909090909090906</v>
+      </c>
+      <c r="I39" s="22">
+        <f t="shared" si="4"/>
+        <v>9.0909090909090912E-2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A40" s="1">
+        <v>35</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C40" s="1">
+        <v>3</v>
+      </c>
+      <c r="D40" s="1">
+        <v>3</v>
+      </c>
+      <c r="E40" s="1"/>
+      <c r="F40" s="1"/>
+      <c r="G40" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H40" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I40" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A41" s="6">
+        <v>36</v>
+      </c>
+      <c r="B41" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C41" s="6">
+        <v>12</v>
+      </c>
+      <c r="D41" s="6">
+        <v>12</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="6"/>
+      <c r="G41" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H41" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I41" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A42" s="1">
+        <v>37</v>
+      </c>
+      <c r="B42" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C42" s="1"/>
+      <c r="D42" s="1"/>
+      <c r="E42" s="1"/>
+      <c r="F42" s="1"/>
+      <c r="G42" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H42" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I42" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="43" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A43" s="6">
+        <v>38</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C43" s="6"/>
+      <c r="D43" s="6"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="6"/>
+      <c r="G43" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H43" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I43" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="44" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A44" s="1">
+        <v>39</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C44" s="1">
+        <v>3</v>
+      </c>
+      <c r="D44" s="1">
+        <v>3</v>
+      </c>
+      <c r="E44" s="1"/>
+      <c r="F44" s="1"/>
+      <c r="G44" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H44" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I44" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A45" s="6">
+        <v>40</v>
+      </c>
+      <c r="B45" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C45" s="6">
+        <v>1</v>
+      </c>
+      <c r="D45" s="6">
+        <v>1</v>
+      </c>
+      <c r="E45" s="6"/>
+      <c r="F45" s="6"/>
+      <c r="G45" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H45" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I45" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A46" s="1">
+        <v>41</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C46" s="1">
+        <v>14</v>
+      </c>
+      <c r="D46" s="1">
+        <v>12</v>
+      </c>
+      <c r="E46" s="1"/>
+      <c r="F46" s="1">
+        <v>2</v>
+      </c>
+      <c r="G46" s="1">
+        <f t="shared" si="5"/>
+        <v>2</v>
+      </c>
+      <c r="H46" s="7">
+        <f t="shared" si="1"/>
+        <v>0.8571428571428571</v>
+      </c>
+      <c r="I46" s="7">
+        <f t="shared" si="4"/>
+        <v>0.14285714285714285</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A47" s="6">
+        <v>42</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C47" s="6">
+        <v>2</v>
+      </c>
+      <c r="D47" s="6">
+        <v>2</v>
+      </c>
+      <c r="E47" s="6"/>
+      <c r="F47" s="6"/>
+      <c r="G47" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H47" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I47" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A48" s="1">
+        <v>43</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C48" s="1">
+        <v>3</v>
+      </c>
+      <c r="D48" s="1">
+        <v>3</v>
+      </c>
+      <c r="E48" s="1"/>
+      <c r="F48" s="1"/>
+      <c r="G48" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H48" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I48" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A49" s="6">
+        <v>44</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C49" s="6">
+        <v>2</v>
+      </c>
+      <c r="D49" s="6">
+        <v>2</v>
+      </c>
+      <c r="E49" s="6"/>
+      <c r="F49" s="6"/>
+      <c r="G49" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H49" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I49" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A50" s="1">
+        <v>45</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C50" s="1">
+        <v>3</v>
+      </c>
+      <c r="D50" s="1">
+        <v>1</v>
+      </c>
+      <c r="E50" s="1">
+        <v>1</v>
+      </c>
+      <c r="F50" s="1">
+        <v>1</v>
+      </c>
+      <c r="G50" s="1">
+        <f t="shared" si="5"/>
+        <v>2</v>
+      </c>
+      <c r="H50" s="7">
+        <f t="shared" si="1"/>
+        <v>0.33333333333333331</v>
+      </c>
+      <c r="I50" s="7">
+        <f t="shared" si="4"/>
+        <v>0.66666666666666663</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A51" s="6">
+        <v>46</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C51" s="6"/>
+      <c r="D51" s="6"/>
+      <c r="E51" s="6"/>
+      <c r="F51" s="6"/>
+      <c r="G51" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H51" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I51" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="52" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A52" s="1">
+        <v>47</v>
+      </c>
+      <c r="B52" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C52" s="1">
+        <v>3</v>
+      </c>
+      <c r="D52" s="1">
+        <v>3</v>
+      </c>
+      <c r="E52" s="1"/>
+      <c r="F52" s="1"/>
+      <c r="G52" s="1">
+        <v>0</v>
+      </c>
+      <c r="H52" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I52" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A53" s="6">
+        <v>48</v>
+      </c>
+      <c r="B53" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C53" s="6">
+        <v>1</v>
+      </c>
+      <c r="D53" s="6">
+        <v>1</v>
+      </c>
+      <c r="E53" s="6"/>
+      <c r="F53" s="6"/>
+      <c r="G53" s="6">
+        <f t="shared" ref="G53:G106" si="6">E53+F53</f>
+        <v>0</v>
+      </c>
+      <c r="H53" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I53" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A54" s="1">
+        <v>49</v>
+      </c>
+      <c r="B54" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C54" s="1">
+        <v>3</v>
+      </c>
+      <c r="D54" s="1">
+        <v>2</v>
+      </c>
+      <c r="E54" s="1">
+        <v>1</v>
+      </c>
+      <c r="F54" s="1"/>
+      <c r="G54" s="1">
+        <f t="shared" si="6"/>
+        <v>1</v>
+      </c>
+      <c r="H54" s="7">
+        <f t="shared" si="1"/>
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="I54" s="7">
+        <f t="shared" si="4"/>
+        <v>0.33333333333333331</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A55" s="6">
+        <v>50</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C55" s="6">
+        <v>1</v>
+      </c>
+      <c r="D55" s="6">
+        <v>1</v>
+      </c>
+      <c r="E55" s="6"/>
+      <c r="F55" s="6"/>
+      <c r="G55" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H55" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I55" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A56" s="1">
+        <v>51</v>
+      </c>
+      <c r="B56" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C56" s="1">
+        <v>2</v>
+      </c>
+      <c r="D56" s="1">
+        <v>2</v>
+      </c>
+      <c r="E56" s="1"/>
+      <c r="F56" s="1"/>
+      <c r="G56" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H56" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I56" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A57" s="6">
+        <v>52</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C57" s="6"/>
+      <c r="D57" s="6"/>
+      <c r="E57" s="6"/>
+      <c r="F57" s="6"/>
+      <c r="G57" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H57" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I57" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="58" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A58" s="1">
+        <v>53</v>
+      </c>
+      <c r="B58" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C58" s="1"/>
+      <c r="D58" s="1"/>
+      <c r="E58" s="1"/>
+      <c r="F58" s="1"/>
+      <c r="G58" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H58" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I58" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="59" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A59" s="6">
+        <v>54</v>
+      </c>
+      <c r="B59" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C59" s="6">
+        <v>1</v>
+      </c>
+      <c r="D59" s="6">
+        <v>1</v>
+      </c>
+      <c r="E59" s="6"/>
+      <c r="F59" s="6"/>
+      <c r="G59" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H59" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I59" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A60" s="1">
+        <v>55</v>
+      </c>
+      <c r="B60" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="C60" s="1">
+        <v>1</v>
+      </c>
+      <c r="D60" s="1">
+        <v>1</v>
+      </c>
+      <c r="E60" s="1"/>
+      <c r="F60" s="1"/>
+      <c r="G60" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H60" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I60" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A61" s="6">
+        <v>56</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="C61" s="6"/>
+      <c r="D61" s="6"/>
+      <c r="E61" s="6"/>
+      <c r="F61" s="6"/>
+      <c r="G61" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H61" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I61" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="62" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A62" s="1">
+        <v>57</v>
+      </c>
+      <c r="B62" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C62" s="1">
+        <v>1</v>
+      </c>
+      <c r="D62" s="1">
+        <v>1</v>
+      </c>
+      <c r="E62" s="1"/>
+      <c r="F62" s="1"/>
+      <c r="G62" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H62" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I62" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A63" s="6">
+        <v>58</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="C63" s="6">
+        <v>2</v>
+      </c>
+      <c r="D63" s="6">
+        <v>2</v>
+      </c>
+      <c r="E63" s="6"/>
+      <c r="F63" s="6"/>
+      <c r="G63" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H63" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I63" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A64" s="1">
+        <v>59</v>
+      </c>
+      <c r="B64" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C64" s="1">
+        <v>2</v>
+      </c>
+      <c r="D64" s="1">
+        <v>2</v>
+      </c>
+      <c r="E64" s="1"/>
+      <c r="F64" s="1"/>
+      <c r="G64" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H64" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I64" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A65" s="6">
+        <v>60</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="C65" s="6">
+        <v>27</v>
+      </c>
+      <c r="D65" s="6">
+        <v>22</v>
+      </c>
+      <c r="E65" s="6">
+        <v>3</v>
+      </c>
+      <c r="F65" s="6">
+        <v>2</v>
+      </c>
+      <c r="G65" s="6">
+        <f t="shared" si="6"/>
+        <v>5</v>
+      </c>
+      <c r="H65" s="22">
+        <f t="shared" si="1"/>
+        <v>0.81481481481481477</v>
+      </c>
+      <c r="I65" s="22">
+        <f t="shared" si="4"/>
+        <v>0.18518518518518517</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A66" s="1">
+        <v>61</v>
+      </c>
+      <c r="B66" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C66" s="1"/>
+      <c r="D66" s="1"/>
+      <c r="E66" s="1"/>
+      <c r="F66" s="1"/>
+      <c r="G66" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H66" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I66" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="67" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A67" s="6">
+        <v>62</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C67" s="6">
+        <v>1</v>
+      </c>
+      <c r="D67" s="6">
+        <v>1</v>
+      </c>
+      <c r="E67" s="6"/>
+      <c r="F67" s="6"/>
+      <c r="G67" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H67" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I67" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A68" s="1">
+        <v>63</v>
+      </c>
+      <c r="B68" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C68" s="1"/>
+      <c r="D68" s="1"/>
+      <c r="E68" s="1"/>
+      <c r="F68" s="1"/>
+      <c r="G68" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H68" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I68" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="69" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A69" s="6">
+        <v>64</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C69" s="6">
+        <v>2</v>
+      </c>
+      <c r="D69" s="6">
+        <v>1</v>
+      </c>
+      <c r="E69" s="6">
+        <v>1</v>
+      </c>
+      <c r="F69" s="6"/>
+      <c r="G69" s="6">
+        <f t="shared" si="6"/>
+        <v>1</v>
+      </c>
+      <c r="H69" s="22">
+        <f t="shared" si="1"/>
+        <v>0.5</v>
+      </c>
+      <c r="I69" s="22">
+        <f t="shared" si="4"/>
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A70" s="1">
+        <v>65</v>
+      </c>
+      <c r="B70" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C70" s="1">
+        <v>6</v>
+      </c>
+      <c r="D70" s="1">
+        <v>5</v>
+      </c>
+      <c r="E70" s="1">
+        <v>1</v>
+      </c>
+      <c r="F70" s="1"/>
+      <c r="G70" s="1">
+        <f t="shared" si="6"/>
+        <v>1</v>
+      </c>
+      <c r="H70" s="7">
+        <f t="shared" si="1"/>
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="I70" s="7">
+        <f t="shared" si="4"/>
+        <v>0.16666666666666666</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A71" s="6">
+        <v>66</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="C71" s="6"/>
+      <c r="D71" s="6"/>
+      <c r="E71" s="6"/>
+      <c r="F71" s="6"/>
+      <c r="G71" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H71" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I71" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="72" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A72" s="1">
+        <v>67</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C72" s="1">
+        <v>5</v>
+      </c>
+      <c r="D72" s="1">
+        <v>3</v>
+      </c>
+      <c r="E72" s="1"/>
+      <c r="F72" s="1">
+        <v>2</v>
+      </c>
+      <c r="G72" s="1">
+        <f t="shared" si="6"/>
+        <v>2</v>
+      </c>
+      <c r="H72" s="7">
+        <f t="shared" ref="H72:H106" si="7">IFERROR(D72/C72,"")</f>
+        <v>0.6</v>
+      </c>
+      <c r="I72" s="7">
+        <f t="shared" si="4"/>
+        <v>0.4</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A73" s="6">
+        <v>68</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="C73" s="6">
+        <v>1</v>
+      </c>
+      <c r="D73" s="6">
+        <v>1</v>
+      </c>
+      <c r="E73" s="6"/>
+      <c r="F73" s="6"/>
+      <c r="G73" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H73" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I73" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A74" s="1">
+        <v>69</v>
+      </c>
+      <c r="B74" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C74" s="1"/>
+      <c r="D74" s="1"/>
+      <c r="E74" s="1"/>
+      <c r="F74" s="1"/>
+      <c r="G74" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H74" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I74" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="75" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A75" s="6">
+        <v>70</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="C75" s="6">
+        <v>2</v>
+      </c>
+      <c r="D75" s="6">
+        <v>2</v>
+      </c>
+      <c r="E75" s="6"/>
+      <c r="F75" s="6"/>
+      <c r="G75" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H75" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I75" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A76" s="1">
+        <v>71</v>
+      </c>
+      <c r="B76" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C76" s="1">
+        <v>1</v>
+      </c>
+      <c r="D76" s="1">
+        <v>1</v>
+      </c>
+      <c r="E76" s="1"/>
+      <c r="F76" s="1"/>
+      <c r="G76" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H76" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I76" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A77" s="6">
+        <v>72</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="C77" s="6"/>
+      <c r="D77" s="6"/>
+      <c r="E77" s="6"/>
+      <c r="F77" s="6"/>
+      <c r="G77" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H77" s="22" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I77" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="78" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A78" s="1">
+        <v>73</v>
+      </c>
+      <c r="B78" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C78" s="1">
+        <v>1</v>
+      </c>
+      <c r="D78" s="1">
+        <v>1</v>
+      </c>
+      <c r="E78" s="1"/>
+      <c r="F78" s="1"/>
+      <c r="G78" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H78" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I78" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A79" s="6">
+        <v>74</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="C79" s="6">
+        <v>3</v>
+      </c>
+      <c r="D79" s="6">
+        <v>1</v>
+      </c>
+      <c r="E79" s="6">
+        <v>1</v>
+      </c>
+      <c r="F79" s="6">
+        <v>1</v>
+      </c>
+      <c r="G79" s="6">
+        <f t="shared" si="6"/>
+        <v>2</v>
+      </c>
+      <c r="H79" s="22">
+        <f t="shared" si="7"/>
+        <v>0.33333333333333331</v>
+      </c>
+      <c r="I79" s="22">
+        <f t="shared" si="4"/>
+        <v>0.66666666666666663</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A80" s="1">
+        <v>75</v>
+      </c>
+      <c r="B80" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="C80" s="1"/>
+      <c r="D80" s="1"/>
+      <c r="E80" s="1"/>
+      <c r="F80" s="1"/>
+      <c r="G80" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H80" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I80" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="81" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A81" s="6">
+        <v>76</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="C81" s="6">
+        <v>2</v>
+      </c>
+      <c r="D81" s="6">
+        <v>2</v>
+      </c>
+      <c r="E81" s="6"/>
+      <c r="F81" s="6"/>
+      <c r="G81" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H81" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I81" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A82" s="1">
+        <v>77</v>
+      </c>
+      <c r="B82" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C82" s="1">
+        <v>5</v>
+      </c>
+      <c r="D82" s="1">
+        <v>5</v>
+      </c>
+      <c r="E82" s="1"/>
+      <c r="F82" s="1"/>
+      <c r="G82" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H82" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I82" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A83" s="6">
+        <v>78</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="C83" s="6">
+        <v>4</v>
+      </c>
+      <c r="D83" s="6">
+        <v>4</v>
+      </c>
+      <c r="E83" s="6"/>
+      <c r="F83" s="6"/>
+      <c r="G83" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H83" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I83" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A84" s="1">
+        <v>79</v>
+      </c>
+      <c r="B84" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C84" s="1"/>
+      <c r="D84" s="1"/>
+      <c r="E84" s="1"/>
+      <c r="F84" s="1"/>
+      <c r="G84" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H84" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I84" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="85" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A85" s="6">
+        <v>80</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="C85" s="6">
+        <v>4</v>
+      </c>
+      <c r="D85" s="6">
+        <v>4</v>
+      </c>
+      <c r="E85" s="6"/>
+      <c r="F85" s="6"/>
+      <c r="G85" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H85" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I85" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A86" s="1">
+        <v>81</v>
+      </c>
+      <c r="B86" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C86" s="1">
+        <v>1</v>
+      </c>
+      <c r="D86" s="1">
+        <v>1</v>
+      </c>
+      <c r="E86" s="1"/>
+      <c r="F86" s="1"/>
+      <c r="G86" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H86" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I86" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A87" s="6">
+        <v>82</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="C87" s="6">
+        <v>3</v>
+      </c>
+      <c r="D87" s="6">
+        <v>3</v>
+      </c>
+      <c r="E87" s="6"/>
+      <c r="F87" s="6"/>
+      <c r="G87" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H87" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I87" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A88" s="1">
+        <v>83</v>
+      </c>
+      <c r="B88" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C88" s="1">
+        <v>4</v>
+      </c>
+      <c r="D88" s="1">
+        <v>4</v>
+      </c>
+      <c r="E88" s="1"/>
+      <c r="F88" s="1"/>
+      <c r="G88" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H88" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I88" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A89" s="6">
+        <v>84</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="C89" s="6"/>
+      <c r="D89" s="6"/>
+      <c r="E89" s="6"/>
+      <c r="F89" s="6"/>
+      <c r="G89" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H89" s="22" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I89" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="90" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A90" s="1">
+        <v>85</v>
+      </c>
+      <c r="B90" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="C90" s="1">
+        <v>4</v>
+      </c>
+      <c r="D90" s="1">
+        <v>4</v>
+      </c>
+      <c r="E90" s="1"/>
+      <c r="F90" s="1"/>
+      <c r="G90" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H90" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I90" s="7">
+        <f t="shared" ref="I90:I106" si="8">IFERROR(G90/C90,"")</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A91" s="6">
+        <v>86</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="C91" s="6">
+        <v>1</v>
+      </c>
+      <c r="D91" s="6">
+        <v>1</v>
+      </c>
+      <c r="E91" s="6"/>
+      <c r="F91" s="6"/>
+      <c r="G91" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H91" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I91" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A92" s="1">
+        <v>87</v>
+      </c>
+      <c r="B92" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C92" s="1">
+        <v>1</v>
+      </c>
+      <c r="D92" s="1">
+        <v>1</v>
+      </c>
+      <c r="E92" s="1"/>
+      <c r="F92" s="1"/>
+      <c r="G92" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H92" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I92" s="7">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A93" s="6">
+        <v>88</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C93" s="6">
+        <v>1</v>
+      </c>
+      <c r="D93" s="6">
+        <v>1</v>
+      </c>
+      <c r="E93" s="6"/>
+      <c r="F93" s="6"/>
+      <c r="G93" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H93" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I93" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A94" s="1">
+        <v>89</v>
+      </c>
+      <c r="B94" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C94" s="1"/>
+      <c r="D94" s="1"/>
+      <c r="E94" s="1"/>
+      <c r="F94" s="1"/>
+      <c r="G94" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H94" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I94" s="7" t="str">
+        <f t="shared" si="8"/>
+        <v/>
+      </c>
+    </row>
+    <row r="95" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A95" s="6">
+        <v>90</v>
+      </c>
+      <c r="B95" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="C95" s="6">
+        <v>3</v>
+      </c>
+      <c r="D95" s="6">
+        <v>3</v>
+      </c>
+      <c r="E95" s="6"/>
+      <c r="F95" s="6"/>
+      <c r="G95" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H95" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I95" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A96" s="1">
+        <v>91</v>
+      </c>
+      <c r="B96" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="C96" s="1">
+        <v>2</v>
+      </c>
+      <c r="D96" s="1">
+        <v>2</v>
+      </c>
+      <c r="E96" s="1"/>
+      <c r="F96" s="1"/>
+      <c r="G96" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H96" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I96" s="7">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A97" s="6">
+        <v>92</v>
+      </c>
+      <c r="B97" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="C97" s="6">
+        <v>17</v>
+      </c>
+      <c r="D97" s="6">
+        <v>17</v>
+      </c>
+      <c r="E97" s="6"/>
+      <c r="F97" s="6"/>
+      <c r="G97" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H97" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I97" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A98" s="1">
+        <v>93</v>
+      </c>
+      <c r="B98" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C98" s="1">
+        <v>1</v>
+      </c>
+      <c r="D98" s="1">
+        <v>1</v>
+      </c>
+      <c r="E98" s="1"/>
+      <c r="F98" s="1"/>
+      <c r="G98" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H98" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I98" s="7">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A99" s="6">
+        <v>94</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="C99" s="6"/>
+      <c r="D99" s="6"/>
+      <c r="E99" s="6"/>
+      <c r="F99" s="6"/>
+      <c r="G99" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H99" s="22" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I99" s="22" t="str">
+        <f t="shared" si="8"/>
+        <v/>
+      </c>
+    </row>
+    <row r="100" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A100" s="1">
+        <v>95</v>
+      </c>
+      <c r="B100" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C100" s="1"/>
+      <c r="D100" s="1"/>
+      <c r="E100" s="1"/>
+      <c r="F100" s="1"/>
+      <c r="G100" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H100" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I100" s="7" t="str">
+        <f t="shared" si="8"/>
+        <v/>
+      </c>
+    </row>
+    <row r="101" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A101" s="6">
+        <v>96</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="C101" s="6">
+        <v>5</v>
+      </c>
+      <c r="D101" s="6">
+        <v>5</v>
+      </c>
+      <c r="E101" s="6"/>
+      <c r="F101" s="6"/>
+      <c r="G101" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H101" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I101" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A102" s="1">
+        <v>97</v>
+      </c>
+      <c r="B102" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="C102" s="1">
+        <v>2</v>
+      </c>
+      <c r="D102" s="1">
+        <v>2</v>
+      </c>
+      <c r="E102" s="1"/>
+      <c r="F102" s="1"/>
+      <c r="G102" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H102" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I102" s="7">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A103" s="6">
+        <v>98</v>
+      </c>
+      <c r="B103" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C103" s="6">
+        <v>2</v>
+      </c>
+      <c r="D103" s="6">
+        <v>2</v>
+      </c>
+      <c r="E103" s="6"/>
+      <c r="F103" s="6"/>
+      <c r="G103" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H103" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I103" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A104" s="1">
+        <v>99</v>
+      </c>
+      <c r="B104" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="C104" s="1">
+        <v>2</v>
+      </c>
+      <c r="D104" s="1">
+        <v>2</v>
+      </c>
+      <c r="E104" s="1"/>
+      <c r="F104" s="1"/>
+      <c r="G104" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H104" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I104" s="7">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A105" s="6">
+        <v>100</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="C105" s="6"/>
+      <c r="D105" s="6"/>
+      <c r="E105" s="6"/>
+      <c r="F105" s="6"/>
+      <c r="G105" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H105" s="22" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I105" s="22" t="str">
+        <f t="shared" si="8"/>
+        <v/>
+      </c>
+    </row>
+    <row r="106" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A106" s="1">
+        <v>200</v>
+      </c>
+      <c r="B106" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="C106" s="1"/>
+      <c r="D106" s="1"/>
+      <c r="E106" s="1"/>
+      <c r="F106" s="1"/>
+      <c r="G106" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H106" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I106" s="7" t="str">
+        <f t="shared" si="8"/>
+        <v/>
+      </c>
+    </row>
+    <row r="107" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A107" s="16"/>
+      <c r="B107" s="8"/>
+      <c r="C107" s="9"/>
+      <c r="D107" s="9"/>
+      <c r="E107" s="9"/>
+      <c r="F107" s="9"/>
+      <c r="G107" s="9"/>
+      <c r="H107" s="10"/>
+      <c r="I107" s="10"/>
+    </row>
+    <row r="108" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A108" s="16"/>
+      <c r="B108" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C108" s="4">
+        <f>SUM(C6:C106)</f>
+        <v>273</v>
+      </c>
+      <c r="D108" s="4">
+        <f>SUM(D6:D106)</f>
+        <v>254</v>
+      </c>
+      <c r="E108" s="4">
+        <f>SUM(E6:E106)</f>
+        <v>10</v>
+      </c>
+      <c r="F108" s="4">
+        <f>SUM(F6:F106)</f>
+        <v>9</v>
+      </c>
+      <c r="G108" s="4">
+        <f>SUM(G6:G106)</f>
+        <v>19</v>
+      </c>
+      <c r="H108" s="11">
+        <f>D108/C108</f>
+        <v>0.93040293040293043</v>
+      </c>
+      <c r="I108" s="11">
+        <f>G108/C108</f>
+        <v>6.95970695970696E-2</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="3">
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A3:I3"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
+  <pageSetup scale="96" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB3D089A-501D-4ECC-BEFD-407FEED11055}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I108"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D16" sqref="D16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="18.140625" customWidth="1"/>
     <col min="3" max="3" width="13.7109375" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" customWidth="1"/>
     <col min="5" max="6" width="14.42578125" customWidth="1"/>
     <col min="7" max="7" width="17.140625" customWidth="1"/>
     <col min="8" max="8" width="12.140625" customWidth="1"/>
     <col min="9" max="9" width="14.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="25" t="s">
         <v>105</v>
@@ -23492,51 +26721,51 @@
         <v>0.93518518518518523</v>
       </c>
       <c r="I108" s="11">
         <f>G108/C108</f>
         <v>6.4814814814814811E-2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup scale="96" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{144BBF72-439B-478C-BA47-B94D964BAC1A}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I108"/>
   <sheetViews>
-    <sheetView topLeftCell="A84" workbookViewId="0">
+    <sheetView topLeftCell="A96" workbookViewId="0">
       <selection activeCell="G112" sqref="G112"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="18.140625" customWidth="1"/>
     <col min="3" max="3" width="13.7109375" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" customWidth="1"/>
     <col min="5" max="6" width="14.42578125" customWidth="1"/>
     <col min="7" max="7" width="17.140625" customWidth="1"/>
     <col min="8" max="8" width="12.140625" customWidth="1"/>
     <col min="9" max="9" width="14.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="25" t="s">
         <v>105</v>
       </c>
       <c r="B1" s="25"/>
       <c r="C1" s="25"/>
       <c r="D1" s="25"/>
       <c r="E1" s="25"/>
       <c r="F1" s="25"/>
       <c r="G1" s="25"/>
       <c r="H1" s="25"/>
@@ -26398,51 +29627,51 @@
       </c>
       <c r="I108" s="11">
         <f>G108/C108</f>
         <v>7.1428571428571425E-2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup scale="96" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F9717A42-D107-41C7-9550-9B7778899C78}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I108"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A80" workbookViewId="0">
-      <selection activeCell="E97" sqref="E97"/>
+      <selection activeCell="E48" sqref="E48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="18.140625" customWidth="1"/>
     <col min="3" max="3" width="13.7109375" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" customWidth="1"/>
     <col min="5" max="6" width="14.42578125" customWidth="1"/>
     <col min="7" max="7" width="17.140625" customWidth="1"/>
     <col min="8" max="8" width="12.140625" customWidth="1"/>
     <col min="9" max="9" width="14.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="25" t="s">
         <v>105</v>
       </c>
       <c r="B1" s="25"/>
       <c r="C1" s="25"/>
       <c r="D1" s="25"/>
       <c r="E1" s="25"/>
       <c r="F1" s="25"/>
       <c r="G1" s="25"/>
       <c r="H1" s="25"/>
       <c r="I1" s="25"/>
@@ -27622,82 +30851,82 @@
       <c r="E46" s="1"/>
       <c r="F46" s="1">
         <v>2</v>
       </c>
       <c r="G46" s="1">
         <f t="shared" si="5"/>
         <v>2</v>
       </c>
       <c r="H46" s="7">
         <f t="shared" si="1"/>
         <v>0.84615384615384615</v>
       </c>
       <c r="I46" s="7">
         <f t="shared" si="4"/>
         <v>0.15384615384615385</v>
       </c>
     </row>
     <row r="47" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A47" s="6">
         <v>42</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C47" s="6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D47" s="6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E47" s="6"/>
       <c r="F47" s="6"/>
       <c r="G47" s="6">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H47" s="22">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="I47" s="22">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A48" s="1">
         <v>43</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C48" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D48" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="1">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H48" s="7">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="I48" s="7">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A49" s="6">
         <v>44</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>46</v>
       </c>
       <c r="C49" s="6">
         <v>2</v>
@@ -29308,74 +32537,76 @@
         <v>7.3929961089494164E-2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup scale="96" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="18" baseType="lpstr">
+    <vt:vector size="20" baseType="lpstr">
       <vt:lpstr>10-24</vt:lpstr>
       <vt:lpstr>11-24</vt:lpstr>
       <vt:lpstr>12-24</vt:lpstr>
       <vt:lpstr>01-25</vt:lpstr>
       <vt:lpstr>02-25</vt:lpstr>
       <vt:lpstr>03-25</vt:lpstr>
       <vt:lpstr>4-25</vt:lpstr>
       <vt:lpstr>5-25</vt:lpstr>
       <vt:lpstr>6-25</vt:lpstr>
+      <vt:lpstr>7-25</vt:lpstr>
       <vt:lpstr>'01-25'!Print_Titles</vt:lpstr>
       <vt:lpstr>'02-25'!Print_Titles</vt:lpstr>
       <vt:lpstr>'03-25'!Print_Titles</vt:lpstr>
       <vt:lpstr>'10-24'!Print_Titles</vt:lpstr>
       <vt:lpstr>'11-24'!Print_Titles</vt:lpstr>
       <vt:lpstr>'12-24'!Print_Titles</vt:lpstr>
       <vt:lpstr>'4-25'!Print_Titles</vt:lpstr>
       <vt:lpstr>'5-25'!Print_Titles</vt:lpstr>
       <vt:lpstr>'6-25'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'7-25'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Pat Moore</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>