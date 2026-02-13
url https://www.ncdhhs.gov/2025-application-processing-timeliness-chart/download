--- v2 (2025-12-07)
+++ v3 (2026-02-13)
@@ -1,110 +1,727 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\QC Error Rates\FY 25 Error Rate Reports\FY 25 Application Processing Timeliness Reports\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A50FF9D7-3EB4-45EB-80D3-02573FD4F6CE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F691400B-E990-4C31-B63C-82E8A210346D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="38280" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="8" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="38280" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="10-24" sheetId="58" r:id="rId1"/>
     <sheet name="11-24" sheetId="71" r:id="rId2"/>
     <sheet name="12-24" sheetId="72" r:id="rId3"/>
     <sheet name="01-25" sheetId="73" r:id="rId4"/>
     <sheet name="02-25" sheetId="74" r:id="rId5"/>
     <sheet name="03-25" sheetId="75" r:id="rId6"/>
     <sheet name="4-25" sheetId="76" r:id="rId7"/>
     <sheet name="5-25" sheetId="77" r:id="rId8"/>
     <sheet name="6-25" sheetId="78" r:id="rId9"/>
     <sheet name="7-25" sheetId="79" r:id="rId10"/>
+    <sheet name="8-25" sheetId="80" r:id="rId11"/>
+    <sheet name="9-25" sheetId="81" r:id="rId12"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'01-25'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'02-25'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="5">'03-25'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'10-24'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'11-24'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'12-24'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="6">'4-25'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="7">'5-25'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="8">'6-25'!$1:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="9">'7-25'!$1:$5</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="10">'8-25'!$1:$5</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="11">'9-25'!$1:$5</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F108" i="79" l="1"/>
+  <c r="F108" i="81" l="1"/>
+  <c r="E108" i="81"/>
+  <c r="D108" i="81"/>
+  <c r="C108" i="81"/>
+  <c r="H106" i="81"/>
+  <c r="G106" i="81"/>
+  <c r="I106" i="81" s="1"/>
+  <c r="H105" i="81"/>
+  <c r="G105" i="81"/>
+  <c r="I105" i="81" s="1"/>
+  <c r="I104" i="81"/>
+  <c r="H104" i="81"/>
+  <c r="G104" i="81"/>
+  <c r="I103" i="81"/>
+  <c r="H103" i="81"/>
+  <c r="G103" i="81"/>
+  <c r="H102" i="81"/>
+  <c r="G102" i="81"/>
+  <c r="I102" i="81" s="1"/>
+  <c r="I101" i="81"/>
+  <c r="H101" i="81"/>
+  <c r="G101" i="81"/>
+  <c r="I100" i="81"/>
+  <c r="H100" i="81"/>
+  <c r="G100" i="81"/>
+  <c r="H99" i="81"/>
+  <c r="G99" i="81"/>
+  <c r="I99" i="81" s="1"/>
+  <c r="H98" i="81"/>
+  <c r="G98" i="81"/>
+  <c r="I98" i="81" s="1"/>
+  <c r="I97" i="81"/>
+  <c r="H97" i="81"/>
+  <c r="G97" i="81"/>
+  <c r="I96" i="81"/>
+  <c r="H96" i="81"/>
+  <c r="G96" i="81"/>
+  <c r="I95" i="81"/>
+  <c r="H95" i="81"/>
+  <c r="G95" i="81"/>
+  <c r="H94" i="81"/>
+  <c r="G94" i="81"/>
+  <c r="I94" i="81" s="1"/>
+  <c r="I93" i="81"/>
+  <c r="H93" i="81"/>
+  <c r="G93" i="81"/>
+  <c r="I92" i="81"/>
+  <c r="H92" i="81"/>
+  <c r="G92" i="81"/>
+  <c r="H91" i="81"/>
+  <c r="G91" i="81"/>
+  <c r="I91" i="81" s="1"/>
+  <c r="H90" i="81"/>
+  <c r="G90" i="81"/>
+  <c r="I90" i="81" s="1"/>
+  <c r="H89" i="81"/>
+  <c r="G89" i="81"/>
+  <c r="I89" i="81" s="1"/>
+  <c r="I88" i="81"/>
+  <c r="H88" i="81"/>
+  <c r="G88" i="81"/>
+  <c r="I87" i="81"/>
+  <c r="H87" i="81"/>
+  <c r="G87" i="81"/>
+  <c r="H86" i="81"/>
+  <c r="G86" i="81"/>
+  <c r="I86" i="81" s="1"/>
+  <c r="I85" i="81"/>
+  <c r="H85" i="81"/>
+  <c r="G85" i="81"/>
+  <c r="I84" i="81"/>
+  <c r="H84" i="81"/>
+  <c r="G84" i="81"/>
+  <c r="H83" i="81"/>
+  <c r="G83" i="81"/>
+  <c r="I83" i="81" s="1"/>
+  <c r="H82" i="81"/>
+  <c r="G82" i="81"/>
+  <c r="I82" i="81" s="1"/>
+  <c r="I81" i="81"/>
+  <c r="H81" i="81"/>
+  <c r="G81" i="81"/>
+  <c r="I80" i="81"/>
+  <c r="H80" i="81"/>
+  <c r="G80" i="81"/>
+  <c r="I79" i="81"/>
+  <c r="H79" i="81"/>
+  <c r="G79" i="81"/>
+  <c r="H78" i="81"/>
+  <c r="G78" i="81"/>
+  <c r="I78" i="81" s="1"/>
+  <c r="I77" i="81"/>
+  <c r="H77" i="81"/>
+  <c r="G77" i="81"/>
+  <c r="I76" i="81"/>
+  <c r="H76" i="81"/>
+  <c r="G76" i="81"/>
+  <c r="H75" i="81"/>
+  <c r="G75" i="81"/>
+  <c r="I75" i="81" s="1"/>
+  <c r="H74" i="81"/>
+  <c r="G74" i="81"/>
+  <c r="I74" i="81" s="1"/>
+  <c r="I73" i="81"/>
+  <c r="H73" i="81"/>
+  <c r="G73" i="81"/>
+  <c r="I72" i="81"/>
+  <c r="H72" i="81"/>
+  <c r="G72" i="81"/>
+  <c r="I71" i="81"/>
+  <c r="H71" i="81"/>
+  <c r="G71" i="81"/>
+  <c r="H70" i="81"/>
+  <c r="G70" i="81"/>
+  <c r="I70" i="81" s="1"/>
+  <c r="I69" i="81"/>
+  <c r="H69" i="81"/>
+  <c r="G69" i="81"/>
+  <c r="I68" i="81"/>
+  <c r="H68" i="81"/>
+  <c r="G68" i="81"/>
+  <c r="H67" i="81"/>
+  <c r="G67" i="81"/>
+  <c r="I67" i="81" s="1"/>
+  <c r="H66" i="81"/>
+  <c r="G66" i="81"/>
+  <c r="I66" i="81" s="1"/>
+  <c r="I65" i="81"/>
+  <c r="H65" i="81"/>
+  <c r="G65" i="81"/>
+  <c r="I64" i="81"/>
+  <c r="H64" i="81"/>
+  <c r="G64" i="81"/>
+  <c r="I63" i="81"/>
+  <c r="H63" i="81"/>
+  <c r="G63" i="81"/>
+  <c r="H62" i="81"/>
+  <c r="G62" i="81"/>
+  <c r="I62" i="81" s="1"/>
+  <c r="I61" i="81"/>
+  <c r="H61" i="81"/>
+  <c r="G61" i="81"/>
+  <c r="I60" i="81"/>
+  <c r="H60" i="81"/>
+  <c r="G60" i="81"/>
+  <c r="H59" i="81"/>
+  <c r="G59" i="81"/>
+  <c r="I59" i="81" s="1"/>
+  <c r="H58" i="81"/>
+  <c r="G58" i="81"/>
+  <c r="I58" i="81" s="1"/>
+  <c r="I57" i="81"/>
+  <c r="H57" i="81"/>
+  <c r="G57" i="81"/>
+  <c r="I56" i="81"/>
+  <c r="H56" i="81"/>
+  <c r="G56" i="81"/>
+  <c r="I55" i="81"/>
+  <c r="H55" i="81"/>
+  <c r="G55" i="81"/>
+  <c r="H54" i="81"/>
+  <c r="G54" i="81"/>
+  <c r="I54" i="81" s="1"/>
+  <c r="I53" i="81"/>
+  <c r="H53" i="81"/>
+  <c r="G53" i="81"/>
+  <c r="I52" i="81"/>
+  <c r="H52" i="81"/>
+  <c r="H51" i="81"/>
+  <c r="G51" i="81"/>
+  <c r="I51" i="81" s="1"/>
+  <c r="I50" i="81"/>
+  <c r="H50" i="81"/>
+  <c r="G50" i="81"/>
+  <c r="I49" i="81"/>
+  <c r="H49" i="81"/>
+  <c r="G49" i="81"/>
+  <c r="H48" i="81"/>
+  <c r="G48" i="81"/>
+  <c r="I48" i="81" s="1"/>
+  <c r="H47" i="81"/>
+  <c r="G47" i="81"/>
+  <c r="I47" i="81" s="1"/>
+  <c r="H46" i="81"/>
+  <c r="G46" i="81"/>
+  <c r="I46" i="81" s="1"/>
+  <c r="I45" i="81"/>
+  <c r="H45" i="81"/>
+  <c r="G45" i="81"/>
+  <c r="I44" i="81"/>
+  <c r="H44" i="81"/>
+  <c r="G44" i="81"/>
+  <c r="H43" i="81"/>
+  <c r="G43" i="81"/>
+  <c r="I43" i="81" s="1"/>
+  <c r="I42" i="81"/>
+  <c r="H42" i="81"/>
+  <c r="G42" i="81"/>
+  <c r="I41" i="81"/>
+  <c r="H41" i="81"/>
+  <c r="G41" i="81"/>
+  <c r="H40" i="81"/>
+  <c r="G40" i="81"/>
+  <c r="I40" i="81" s="1"/>
+  <c r="H39" i="81"/>
+  <c r="G39" i="81"/>
+  <c r="I39" i="81" s="1"/>
+  <c r="H38" i="81"/>
+  <c r="G38" i="81"/>
+  <c r="I38" i="81" s="1"/>
+  <c r="I37" i="81"/>
+  <c r="H37" i="81"/>
+  <c r="G37" i="81"/>
+  <c r="I36" i="81"/>
+  <c r="H36" i="81"/>
+  <c r="G36" i="81"/>
+  <c r="H35" i="81"/>
+  <c r="G35" i="81"/>
+  <c r="I35" i="81" s="1"/>
+  <c r="I34" i="81"/>
+  <c r="H34" i="81"/>
+  <c r="I33" i="81"/>
+  <c r="H33" i="81"/>
+  <c r="G33" i="81"/>
+  <c r="H32" i="81"/>
+  <c r="G32" i="81"/>
+  <c r="I32" i="81" s="1"/>
+  <c r="I31" i="81"/>
+  <c r="H31" i="81"/>
+  <c r="G31" i="81"/>
+  <c r="I30" i="81"/>
+  <c r="H30" i="81"/>
+  <c r="G30" i="81"/>
+  <c r="H29" i="81"/>
+  <c r="G29" i="81"/>
+  <c r="I29" i="81" s="1"/>
+  <c r="H28" i="81"/>
+  <c r="G28" i="81"/>
+  <c r="I28" i="81" s="1"/>
+  <c r="H27" i="81"/>
+  <c r="G27" i="81"/>
+  <c r="I27" i="81" s="1"/>
+  <c r="I26" i="81"/>
+  <c r="H26" i="81"/>
+  <c r="G26" i="81"/>
+  <c r="I25" i="81"/>
+  <c r="H25" i="81"/>
+  <c r="G25" i="81"/>
+  <c r="H24" i="81"/>
+  <c r="G24" i="81"/>
+  <c r="I24" i="81" s="1"/>
+  <c r="I23" i="81"/>
+  <c r="H23" i="81"/>
+  <c r="G23" i="81"/>
+  <c r="I22" i="81"/>
+  <c r="H22" i="81"/>
+  <c r="G22" i="81"/>
+  <c r="H21" i="81"/>
+  <c r="G21" i="81"/>
+  <c r="I21" i="81" s="1"/>
+  <c r="H20" i="81"/>
+  <c r="G20" i="81"/>
+  <c r="I20" i="81" s="1"/>
+  <c r="H19" i="81"/>
+  <c r="G19" i="81"/>
+  <c r="I19" i="81" s="1"/>
+  <c r="I18" i="81"/>
+  <c r="H18" i="81"/>
+  <c r="G18" i="81"/>
+  <c r="I17" i="81"/>
+  <c r="H17" i="81"/>
+  <c r="G17" i="81"/>
+  <c r="H16" i="81"/>
+  <c r="G16" i="81"/>
+  <c r="I16" i="81" s="1"/>
+  <c r="I15" i="81"/>
+  <c r="H15" i="81"/>
+  <c r="G15" i="81"/>
+  <c r="I14" i="81"/>
+  <c r="H14" i="81"/>
+  <c r="G14" i="81"/>
+  <c r="H13" i="81"/>
+  <c r="G13" i="81"/>
+  <c r="I13" i="81" s="1"/>
+  <c r="H12" i="81"/>
+  <c r="G12" i="81"/>
+  <c r="I12" i="81" s="1"/>
+  <c r="H11" i="81"/>
+  <c r="G11" i="81"/>
+  <c r="I11" i="81" s="1"/>
+  <c r="I10" i="81"/>
+  <c r="H10" i="81"/>
+  <c r="G10" i="81"/>
+  <c r="I9" i="81"/>
+  <c r="H9" i="81"/>
+  <c r="G9" i="81"/>
+  <c r="H8" i="81"/>
+  <c r="G8" i="81"/>
+  <c r="I8" i="81" s="1"/>
+  <c r="I7" i="81"/>
+  <c r="H7" i="81"/>
+  <c r="G7" i="81"/>
+  <c r="I6" i="81"/>
+  <c r="H6" i="81"/>
+  <c r="G6" i="81"/>
+  <c r="G108" i="81" s="1"/>
+  <c r="F108" i="80"/>
+  <c r="E108" i="80"/>
+  <c r="D108" i="80"/>
+  <c r="C108" i="80"/>
+  <c r="I106" i="80"/>
+  <c r="H106" i="80"/>
+  <c r="G106" i="80"/>
+  <c r="H105" i="80"/>
+  <c r="G105" i="80"/>
+  <c r="I105" i="80" s="1"/>
+  <c r="H104" i="80"/>
+  <c r="G104" i="80"/>
+  <c r="I104" i="80" s="1"/>
+  <c r="I103" i="80"/>
+  <c r="H103" i="80"/>
+  <c r="G103" i="80"/>
+  <c r="H102" i="80"/>
+  <c r="G102" i="80"/>
+  <c r="I102" i="80" s="1"/>
+  <c r="I101" i="80"/>
+  <c r="H101" i="80"/>
+  <c r="G101" i="80"/>
+  <c r="H100" i="80"/>
+  <c r="G100" i="80"/>
+  <c r="I100" i="80" s="1"/>
+  <c r="H99" i="80"/>
+  <c r="G99" i="80"/>
+  <c r="I99" i="80" s="1"/>
+  <c r="I98" i="80"/>
+  <c r="H98" i="80"/>
+  <c r="G98" i="80"/>
+  <c r="I97" i="80"/>
+  <c r="H97" i="80"/>
+  <c r="G97" i="80"/>
+  <c r="H96" i="80"/>
+  <c r="G96" i="80"/>
+  <c r="I96" i="80" s="1"/>
+  <c r="I95" i="80"/>
+  <c r="H95" i="80"/>
+  <c r="G95" i="80"/>
+  <c r="H94" i="80"/>
+  <c r="G94" i="80"/>
+  <c r="I94" i="80" s="1"/>
+  <c r="I93" i="80"/>
+  <c r="H93" i="80"/>
+  <c r="G93" i="80"/>
+  <c r="H92" i="80"/>
+  <c r="G92" i="80"/>
+  <c r="I92" i="80" s="1"/>
+  <c r="H91" i="80"/>
+  <c r="G91" i="80"/>
+  <c r="I91" i="80" s="1"/>
+  <c r="I90" i="80"/>
+  <c r="H90" i="80"/>
+  <c r="G90" i="80"/>
+  <c r="I89" i="80"/>
+  <c r="H89" i="80"/>
+  <c r="G89" i="80"/>
+  <c r="H88" i="80"/>
+  <c r="G88" i="80"/>
+  <c r="I88" i="80" s="1"/>
+  <c r="I87" i="80"/>
+  <c r="H87" i="80"/>
+  <c r="G87" i="80"/>
+  <c r="H86" i="80"/>
+  <c r="G86" i="80"/>
+  <c r="I86" i="80" s="1"/>
+  <c r="I85" i="80"/>
+  <c r="H85" i="80"/>
+  <c r="G85" i="80"/>
+  <c r="H84" i="80"/>
+  <c r="G84" i="80"/>
+  <c r="I84" i="80" s="1"/>
+  <c r="H83" i="80"/>
+  <c r="G83" i="80"/>
+  <c r="I83" i="80" s="1"/>
+  <c r="I82" i="80"/>
+  <c r="H82" i="80"/>
+  <c r="G82" i="80"/>
+  <c r="I81" i="80"/>
+  <c r="H81" i="80"/>
+  <c r="G81" i="80"/>
+  <c r="H80" i="80"/>
+  <c r="G80" i="80"/>
+  <c r="I80" i="80" s="1"/>
+  <c r="H79" i="80"/>
+  <c r="G79" i="80"/>
+  <c r="I79" i="80" s="1"/>
+  <c r="H78" i="80"/>
+  <c r="G78" i="80"/>
+  <c r="I78" i="80" s="1"/>
+  <c r="I77" i="80"/>
+  <c r="H77" i="80"/>
+  <c r="G77" i="80"/>
+  <c r="H76" i="80"/>
+  <c r="G76" i="80"/>
+  <c r="I76" i="80" s="1"/>
+  <c r="H75" i="80"/>
+  <c r="G75" i="80"/>
+  <c r="I75" i="80" s="1"/>
+  <c r="I74" i="80"/>
+  <c r="H74" i="80"/>
+  <c r="G74" i="80"/>
+  <c r="H73" i="80"/>
+  <c r="G73" i="80"/>
+  <c r="I73" i="80" s="1"/>
+  <c r="H72" i="80"/>
+  <c r="G72" i="80"/>
+  <c r="I72" i="80" s="1"/>
+  <c r="H71" i="80"/>
+  <c r="G71" i="80"/>
+  <c r="I71" i="80" s="1"/>
+  <c r="H70" i="80"/>
+  <c r="G70" i="80"/>
+  <c r="I70" i="80" s="1"/>
+  <c r="I69" i="80"/>
+  <c r="H69" i="80"/>
+  <c r="G69" i="80"/>
+  <c r="I68" i="80"/>
+  <c r="H68" i="80"/>
+  <c r="G68" i="80"/>
+  <c r="H67" i="80"/>
+  <c r="G67" i="80"/>
+  <c r="I67" i="80" s="1"/>
+  <c r="I66" i="80"/>
+  <c r="H66" i="80"/>
+  <c r="G66" i="80"/>
+  <c r="I65" i="80"/>
+  <c r="H65" i="80"/>
+  <c r="G65" i="80"/>
+  <c r="H64" i="80"/>
+  <c r="G64" i="80"/>
+  <c r="I64" i="80" s="1"/>
+  <c r="H63" i="80"/>
+  <c r="G63" i="80"/>
+  <c r="I63" i="80" s="1"/>
+  <c r="H62" i="80"/>
+  <c r="G62" i="80"/>
+  <c r="I62" i="80" s="1"/>
+  <c r="I61" i="80"/>
+  <c r="H61" i="80"/>
+  <c r="G61" i="80"/>
+  <c r="H60" i="80"/>
+  <c r="G60" i="80"/>
+  <c r="I60" i="80" s="1"/>
+  <c r="H59" i="80"/>
+  <c r="G59" i="80"/>
+  <c r="I59" i="80" s="1"/>
+  <c r="I58" i="80"/>
+  <c r="H58" i="80"/>
+  <c r="G58" i="80"/>
+  <c r="I57" i="80"/>
+  <c r="H57" i="80"/>
+  <c r="G57" i="80"/>
+  <c r="H56" i="80"/>
+  <c r="G56" i="80"/>
+  <c r="I56" i="80" s="1"/>
+  <c r="H55" i="80"/>
+  <c r="G55" i="80"/>
+  <c r="I55" i="80" s="1"/>
+  <c r="H54" i="80"/>
+  <c r="G54" i="80"/>
+  <c r="I54" i="80" s="1"/>
+  <c r="I53" i="80"/>
+  <c r="H53" i="80"/>
+  <c r="G53" i="80"/>
+  <c r="I52" i="80"/>
+  <c r="H52" i="80"/>
+  <c r="H51" i="80"/>
+  <c r="G51" i="80"/>
+  <c r="I51" i="80" s="1"/>
+  <c r="I50" i="80"/>
+  <c r="H50" i="80"/>
+  <c r="G50" i="80"/>
+  <c r="I49" i="80"/>
+  <c r="H49" i="80"/>
+  <c r="G49" i="80"/>
+  <c r="H48" i="80"/>
+  <c r="G48" i="80"/>
+  <c r="I48" i="80" s="1"/>
+  <c r="I47" i="80"/>
+  <c r="H47" i="80"/>
+  <c r="G47" i="80"/>
+  <c r="H46" i="80"/>
+  <c r="G46" i="80"/>
+  <c r="I46" i="80" s="1"/>
+  <c r="H45" i="80"/>
+  <c r="G45" i="80"/>
+  <c r="I45" i="80" s="1"/>
+  <c r="H44" i="80"/>
+  <c r="G44" i="80"/>
+  <c r="I44" i="80" s="1"/>
+  <c r="H43" i="80"/>
+  <c r="G43" i="80"/>
+  <c r="I43" i="80" s="1"/>
+  <c r="I42" i="80"/>
+  <c r="H42" i="80"/>
+  <c r="G42" i="80"/>
+  <c r="I41" i="80"/>
+  <c r="H41" i="80"/>
+  <c r="G41" i="80"/>
+  <c r="H40" i="80"/>
+  <c r="G40" i="80"/>
+  <c r="I40" i="80" s="1"/>
+  <c r="I39" i="80"/>
+  <c r="H39" i="80"/>
+  <c r="G39" i="80"/>
+  <c r="H38" i="80"/>
+  <c r="G38" i="80"/>
+  <c r="I38" i="80" s="1"/>
+  <c r="H37" i="80"/>
+  <c r="G37" i="80"/>
+  <c r="I37" i="80" s="1"/>
+  <c r="H36" i="80"/>
+  <c r="G36" i="80"/>
+  <c r="I36" i="80" s="1"/>
+  <c r="H35" i="80"/>
+  <c r="G35" i="80"/>
+  <c r="I35" i="80" s="1"/>
+  <c r="I34" i="80"/>
+  <c r="H34" i="80"/>
+  <c r="H33" i="80"/>
+  <c r="G33" i="80"/>
+  <c r="I33" i="80" s="1"/>
+  <c r="H32" i="80"/>
+  <c r="G32" i="80"/>
+  <c r="I32" i="80" s="1"/>
+  <c r="I31" i="80"/>
+  <c r="H31" i="80"/>
+  <c r="G31" i="80"/>
+  <c r="I30" i="80"/>
+  <c r="H30" i="80"/>
+  <c r="G30" i="80"/>
+  <c r="H29" i="80"/>
+  <c r="G29" i="80"/>
+  <c r="I29" i="80" s="1"/>
+  <c r="I28" i="80"/>
+  <c r="H28" i="80"/>
+  <c r="G28" i="80"/>
+  <c r="H27" i="80"/>
+  <c r="G27" i="80"/>
+  <c r="I27" i="80" s="1"/>
+  <c r="H26" i="80"/>
+  <c r="G26" i="80"/>
+  <c r="I26" i="80" s="1"/>
+  <c r="I25" i="80"/>
+  <c r="H25" i="80"/>
+  <c r="G25" i="80"/>
+  <c r="H24" i="80"/>
+  <c r="G24" i="80"/>
+  <c r="I24" i="80" s="1"/>
+  <c r="H23" i="80"/>
+  <c r="G23" i="80"/>
+  <c r="I23" i="80" s="1"/>
+  <c r="I22" i="80"/>
+  <c r="H22" i="80"/>
+  <c r="G22" i="80"/>
+  <c r="H21" i="80"/>
+  <c r="G21" i="80"/>
+  <c r="I21" i="80" s="1"/>
+  <c r="I20" i="80"/>
+  <c r="H20" i="80"/>
+  <c r="G20" i="80"/>
+  <c r="H19" i="80"/>
+  <c r="G19" i="80"/>
+  <c r="I19" i="80" s="1"/>
+  <c r="H18" i="80"/>
+  <c r="G18" i="80"/>
+  <c r="I18" i="80" s="1"/>
+  <c r="I17" i="80"/>
+  <c r="H17" i="80"/>
+  <c r="G17" i="80"/>
+  <c r="H16" i="80"/>
+  <c r="G16" i="80"/>
+  <c r="I16" i="80" s="1"/>
+  <c r="I15" i="80"/>
+  <c r="H15" i="80"/>
+  <c r="G15" i="80"/>
+  <c r="I14" i="80"/>
+  <c r="H14" i="80"/>
+  <c r="G14" i="80"/>
+  <c r="H13" i="80"/>
+  <c r="G13" i="80"/>
+  <c r="I13" i="80" s="1"/>
+  <c r="I12" i="80"/>
+  <c r="H12" i="80"/>
+  <c r="G12" i="80"/>
+  <c r="H11" i="80"/>
+  <c r="G11" i="80"/>
+  <c r="I11" i="80" s="1"/>
+  <c r="H10" i="80"/>
+  <c r="G10" i="80"/>
+  <c r="I10" i="80" s="1"/>
+  <c r="I9" i="80"/>
+  <c r="H9" i="80"/>
+  <c r="G9" i="80"/>
+  <c r="H8" i="80"/>
+  <c r="G8" i="80"/>
+  <c r="I8" i="80" s="1"/>
+  <c r="I7" i="80"/>
+  <c r="H7" i="80"/>
+  <c r="G7" i="80"/>
+  <c r="I6" i="80"/>
+  <c r="H6" i="80"/>
+  <c r="G6" i="80"/>
+  <c r="F108" i="79"/>
   <c r="E108" i="79"/>
   <c r="D108" i="79"/>
   <c r="C108" i="79"/>
   <c r="I106" i="79"/>
   <c r="H106" i="79"/>
   <c r="G106" i="79"/>
   <c r="H105" i="79"/>
   <c r="G105" i="79"/>
   <c r="I105" i="79" s="1"/>
   <c r="H104" i="79"/>
   <c r="G104" i="79"/>
   <c r="I104" i="79" s="1"/>
   <c r="I103" i="79"/>
   <c r="H103" i="79"/>
   <c r="G103" i="79"/>
   <c r="I102" i="79"/>
   <c r="H102" i="79"/>
   <c r="G102" i="79"/>
   <c r="H101" i="79"/>
   <c r="G101" i="79"/>
   <c r="I101" i="79" s="1"/>
   <c r="H100" i="79"/>
   <c r="G100" i="79"/>
   <c r="I100" i="79" s="1"/>
   <c r="I99" i="79"/>
@@ -2915,51 +3532,56 @@
   <c r="I77" i="58"/>
   <c r="I67" i="58"/>
   <c r="I57" i="58"/>
   <c r="I43" i="58"/>
   <c r="I35" i="58"/>
   <c r="I29" i="58"/>
   <c r="I27" i="58"/>
   <c r="I19" i="58"/>
   <c r="I17" i="58"/>
   <c r="I13" i="58"/>
   <c r="I106" i="58"/>
   <c r="I104" i="58"/>
   <c r="I52" i="58"/>
   <c r="I34" i="58"/>
   <c r="I6" i="58"/>
   <c r="I61" i="58"/>
   <c r="G6" i="58"/>
   <c r="G13" i="58"/>
   <c r="G11" i="58"/>
   <c r="I11" i="58" s="1"/>
   <c r="G9" i="58"/>
   <c r="I9" i="58" s="1"/>
   <c r="G7" i="58"/>
   <c r="I7" i="58" s="1"/>
   <c r="H9" i="58"/>
-  <c r="H108" i="79" l="1"/>
+  <c r="I108" i="81" l="1"/>
+  <c r="H108" i="81"/>
+  <c r="G108" i="80"/>
+  <c r="I108" i="80" s="1"/>
+  <c r="H108" i="80"/>
+  <c r="H108" i="79"/>
   <c r="G108" i="79"/>
   <c r="I108" i="79" s="1"/>
   <c r="G108" i="78"/>
   <c r="I108" i="78" s="1"/>
   <c r="H108" i="78"/>
   <c r="G108" i="77"/>
   <c r="I108" i="77" s="1"/>
   <c r="H108" i="77"/>
   <c r="H108" i="76"/>
   <c r="G108" i="76"/>
   <c r="I108" i="76" s="1"/>
   <c r="I108" i="75"/>
   <c r="H108" i="75"/>
   <c r="H108" i="74"/>
   <c r="G108" i="74"/>
   <c r="I108" i="74" s="1"/>
   <c r="H108" i="73"/>
   <c r="G108" i="73"/>
   <c r="I108" i="73" s="1"/>
   <c r="H108" i="72"/>
   <c r="G108" i="72"/>
   <c r="I108" i="72" s="1"/>
   <c r="H108" i="71"/>
   <c r="G108" i="71"/>
   <c r="I108" i="71" s="1"/>
@@ -3144,51 +3766,51 @@
   <c r="G22" i="58"/>
   <c r="I22" i="58" s="1"/>
   <c r="G20" i="58"/>
   <c r="I20" i="58" s="1"/>
   <c r="G18" i="58"/>
   <c r="I18" i="58" s="1"/>
   <c r="G16" i="58"/>
   <c r="I16" i="58" s="1"/>
   <c r="G14" i="58"/>
   <c r="I14" i="58" s="1"/>
   <c r="G12" i="58"/>
   <c r="I12" i="58" s="1"/>
   <c r="G10" i="58"/>
   <c r="I10" i="58" s="1"/>
   <c r="G8" i="58"/>
   <c r="I8" i="58" s="1"/>
   <c r="G108" i="58" l="1"/>
   <c r="D108" i="58"/>
   <c r="C108" i="58"/>
   <c r="I108" i="58" l="1"/>
   <c r="H108" i="58"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1200" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1440" uniqueCount="126">
   <si>
     <t>TIMELY</t>
   </si>
   <si>
     <t>COUNTY</t>
   </si>
   <si>
     <t>RATE</t>
   </si>
   <si>
     <t>ALAMANCE</t>
   </si>
   <si>
     <t>ALEXANDER</t>
   </si>
   <si>
     <t>ALLEGHANY</t>
   </si>
   <si>
     <t>ANSON</t>
   </si>
   <si>
     <t>ASHE</t>
   </si>
   <si>
@@ -3517,50 +4139,56 @@
   </si>
   <si>
     <t>10/24 - 12/24</t>
   </si>
   <si>
     <t>10/24 - 01/25</t>
   </si>
   <si>
     <t>10/24 - 02/25</t>
   </si>
   <si>
     <t>10/24 - 03/25</t>
   </si>
   <si>
     <t>10/24 - 04/25</t>
   </si>
   <si>
     <t>10/24 - 05/25</t>
   </si>
   <si>
     <t>10/24 - 06/25</t>
   </si>
   <si>
     <t>10/24 - 07/25</t>
   </si>
+  <si>
+    <t>10/24 - 08/25</t>
+  </si>
+  <si>
+    <t>10/24 - 09/25</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="m/d;@"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -3750,51 +4378,51 @@
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4046,50 +4674,58 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -6791,63 +7427,63 @@
       </c>
       <c r="F108" s="4">
         <f>SUM(F6:F106)</f>
         <v>2</v>
       </c>
       <c r="G108" s="4">
         <f>SUM(G6:G106)</f>
         <v>4</v>
       </c>
       <c r="H108" s="11">
         <f>D108/C108</f>
         <v>0.88571428571428568</v>
       </c>
       <c r="I108" s="11">
         <f>G108/C108</f>
         <v>0.11428571428571428</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
-  <pageSetup scale="96" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="73" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{587C3327-574B-4C1E-94DC-42C8365657E1}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I108"/>
   <sheetViews>
-    <sheetView topLeftCell="A24" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:I2"/>
+    <sheetView topLeftCell="A87" workbookViewId="0">
+      <selection activeCell="D52" sqref="D52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="18.140625" customWidth="1"/>
     <col min="3" max="3" width="13.7109375" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" customWidth="1"/>
     <col min="5" max="6" width="14.42578125" customWidth="1"/>
     <col min="7" max="7" width="17.140625" customWidth="1"/>
     <col min="8" max="8" width="12.140625" customWidth="1"/>
     <col min="9" max="9" width="14.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="25" t="s">
         <v>105</v>
       </c>
       <c r="B1" s="25"/>
       <c r="C1" s="25"/>
       <c r="D1" s="25"/>
       <c r="E1" s="25"/>
       <c r="F1" s="25"/>
       <c r="G1" s="25"/>
       <c r="H1" s="25"/>
       <c r="I1" s="25"/>
@@ -8167,54 +8803,54 @@
       <c r="C51" s="6"/>
       <c r="D51" s="6"/>
       <c r="E51" s="6"/>
       <c r="F51" s="6"/>
       <c r="G51" s="6">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H51" s="22" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="I51" s="22" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
     </row>
     <row r="52" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A52" s="1">
         <v>47</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C52" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D52" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1">
         <v>0</v>
       </c>
       <c r="H52" s="7">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="I52" s="7">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A53" s="6">
         <v>48</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>50</v>
       </c>
       <c r="C53" s="6">
         <v>1</v>
       </c>
@@ -9668,85 +10304,5925 @@
         <v/>
       </c>
       <c r="I106" s="7" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
     </row>
     <row r="107" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A107" s="16"/>
       <c r="B107" s="8"/>
       <c r="C107" s="9"/>
       <c r="D107" s="9"/>
       <c r="E107" s="9"/>
       <c r="F107" s="9"/>
       <c r="G107" s="9"/>
       <c r="H107" s="10"/>
       <c r="I107" s="10"/>
     </row>
     <row r="108" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A108" s="16"/>
       <c r="B108" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C108" s="4">
         <f>SUM(C6:C106)</f>
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="D108" s="4">
         <f>SUM(D6:D106)</f>
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="E108" s="4">
         <f>SUM(E6:E106)</f>
         <v>10</v>
       </c>
       <c r="F108" s="4">
         <f>SUM(F6:F106)</f>
         <v>9</v>
       </c>
       <c r="G108" s="4">
         <f>SUM(G6:G106)</f>
         <v>19</v>
       </c>
       <c r="H108" s="11">
         <f>D108/C108</f>
-        <v>0.93040293040293043</v>
+        <v>0.93014705882352944</v>
       </c>
       <c r="I108" s="11">
         <f>G108/C108</f>
-        <v>6.95970695970696E-2</v>
+        <v>6.985294117647059E-2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
-  <pageSetup scale="96" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="73" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0C5F0A08-C221-4C75-B3A8-945604EE56A0}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:I108"/>
+  <sheetViews>
+    <sheetView topLeftCell="A80" workbookViewId="0">
+      <selection activeCell="E103" sqref="E103"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="2" max="2" width="18.140625" customWidth="1"/>
+    <col min="3" max="3" width="13.7109375" customWidth="1"/>
+    <col min="4" max="4" width="12.28515625" customWidth="1"/>
+    <col min="5" max="6" width="14.42578125" customWidth="1"/>
+    <col min="7" max="7" width="17.140625" customWidth="1"/>
+    <col min="8" max="8" width="12.140625" customWidth="1"/>
+    <col min="9" max="9" width="14.28515625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="25" t="s">
+        <v>105</v>
+      </c>
+      <c r="B1" s="25"/>
+      <c r="C1" s="25"/>
+      <c r="D1" s="25"/>
+      <c r="E1" s="25"/>
+      <c r="F1" s="25"/>
+      <c r="G1" s="25"/>
+      <c r="H1" s="25"/>
+      <c r="I1" s="25"/>
+    </row>
+    <row r="2" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A2" s="26" t="s">
+        <v>124</v>
+      </c>
+      <c r="B2" s="26"/>
+      <c r="C2" s="26"/>
+      <c r="D2" s="26"/>
+      <c r="E2" s="26"/>
+      <c r="F2" s="26"/>
+      <c r="G2" s="26"/>
+      <c r="H2" s="26"/>
+      <c r="I2" s="26"/>
+    </row>
+    <row r="3" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="27"/>
+      <c r="B3" s="25"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="25"/>
+      <c r="E3" s="25"/>
+      <c r="F3" s="25"/>
+      <c r="G3" s="25"/>
+      <c r="H3" s="25"/>
+      <c r="I3" s="25"/>
+    </row>
+    <row r="4" spans="1:9" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="A4" s="13"/>
+      <c r="B4" s="12"/>
+      <c r="C4" s="13" t="s">
+        <v>113</v>
+      </c>
+      <c r="D4" s="13" t="s">
+        <v>109</v>
+      </c>
+      <c r="E4" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="F4" s="23" t="s">
+        <v>110</v>
+      </c>
+      <c r="G4" s="23" t="s">
+        <v>113</v>
+      </c>
+      <c r="H4" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="I4" s="14" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="17" t="s">
+        <v>108</v>
+      </c>
+      <c r="B5" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="C5" s="19" t="s">
+        <v>106</v>
+      </c>
+      <c r="D5" s="20" t="s">
+        <v>106</v>
+      </c>
+      <c r="E5" s="24" t="s">
+        <v>111</v>
+      </c>
+      <c r="F5" s="19" t="s">
+        <v>112</v>
+      </c>
+      <c r="G5" s="19" t="s">
+        <v>107</v>
+      </c>
+      <c r="H5" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="I5" s="20" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A6" s="1">
+        <v>1</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C6" s="1">
+        <v>6</v>
+      </c>
+      <c r="D6" s="1">
+        <v>6</v>
+      </c>
+      <c r="E6" s="1"/>
+      <c r="F6" s="1"/>
+      <c r="G6" s="1">
+        <f t="shared" ref="G6:G33" si="0">E6+F6</f>
+        <v>0</v>
+      </c>
+      <c r="H6" s="7">
+        <f>IFERROR(D6/C6,"")</f>
+        <v>1</v>
+      </c>
+      <c r="I6" s="7">
+        <f>IFERROR(G6/C6,"")</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A7" s="6">
+        <v>2</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C7" s="6">
+        <v>1</v>
+      </c>
+      <c r="D7" s="6">
+        <v>1</v>
+      </c>
+      <c r="E7" s="6"/>
+      <c r="F7" s="6"/>
+      <c r="G7" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H7" s="22">
+        <f>IFERROR(D7/C7,"")</f>
+        <v>1</v>
+      </c>
+      <c r="I7" s="22">
+        <f>IFERROR(G7/C7,"")</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A8" s="1">
+        <v>3</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1"/>
+      <c r="E8" s="1"/>
+      <c r="F8" s="1"/>
+      <c r="G8" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H8" s="7" t="str">
+        <f t="shared" ref="H8:H71" si="1">IFERROR(D8/C8,"")</f>
+        <v/>
+      </c>
+      <c r="I8" s="7" t="str">
+        <f t="shared" ref="I8:I25" si="2">IFERROR(G8/D8,"")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A9" s="6">
+        <v>4</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6"/>
+      <c r="F9" s="6"/>
+      <c r="G9" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H9" s="22" t="str">
+        <f>IFERROR(D9/C9,"")</f>
+        <v/>
+      </c>
+      <c r="I9" s="22" t="str">
+        <f>IFERROR(G9/C9,"")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A10" s="1">
+        <v>5</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="1">
+        <v>3</v>
+      </c>
+      <c r="D10" s="1">
+        <v>3</v>
+      </c>
+      <c r="E10" s="1"/>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H10" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I10" s="7">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A11" s="6">
+        <v>6</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="6"/>
+      <c r="G11" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H11" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I11" s="22" t="str">
+        <f t="shared" ref="I11:I24" si="3">IFERROR(G11/C11,"")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A12" s="1">
+        <v>7</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" s="1">
+        <v>2</v>
+      </c>
+      <c r="D12" s="1">
+        <v>2</v>
+      </c>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H12" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I12" s="7">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A13" s="6">
+        <v>8</v>
+      </c>
+      <c r="B13" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C13" s="6"/>
+      <c r="D13" s="6"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="6"/>
+      <c r="G13" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H13" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I13" s="22" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A14" s="1">
+        <v>9</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C14" s="1">
+        <v>2</v>
+      </c>
+      <c r="D14" s="1">
+        <v>2</v>
+      </c>
+      <c r="E14" s="1"/>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H14" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I14" s="7">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A15" s="6">
+        <v>10</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C15" s="6">
+        <v>5</v>
+      </c>
+      <c r="D15" s="6">
+        <v>5</v>
+      </c>
+      <c r="E15" s="6"/>
+      <c r="F15" s="6"/>
+      <c r="G15" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H15" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I15" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A16" s="1">
+        <v>11</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C16" s="1">
+        <v>8</v>
+      </c>
+      <c r="D16" s="1">
+        <v>7</v>
+      </c>
+      <c r="E16" s="1">
+        <v>1</v>
+      </c>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+      <c r="H16" s="7">
+        <f t="shared" si="1"/>
+        <v>0.875</v>
+      </c>
+      <c r="I16" s="7">
+        <f t="shared" si="3"/>
+        <v>0.125</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A17" s="6">
+        <v>12</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="6">
+        <v>5</v>
+      </c>
+      <c r="D17" s="6">
+        <v>5</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="6"/>
+      <c r="G17" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H17" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I17" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A18" s="1">
+        <v>13</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C18" s="1">
+        <v>6</v>
+      </c>
+      <c r="D18" s="1">
+        <v>6</v>
+      </c>
+      <c r="E18" s="1"/>
+      <c r="F18" s="1"/>
+      <c r="G18" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H18" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I18" s="7">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A19" s="6">
+        <v>14</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C19" s="6">
+        <v>5</v>
+      </c>
+      <c r="D19" s="6">
+        <v>5</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="6"/>
+      <c r="G19" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H19" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I19" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A20" s="1">
+        <v>15</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C20" s="1"/>
+      <c r="D20" s="1"/>
+      <c r="E20" s="1"/>
+      <c r="F20" s="1"/>
+      <c r="G20" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H20" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I20" s="7" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A21" s="6">
+        <v>16</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="C21" s="6">
+        <v>1</v>
+      </c>
+      <c r="D21" s="6">
+        <v>1</v>
+      </c>
+      <c r="E21" s="6"/>
+      <c r="F21" s="6"/>
+      <c r="G21" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H21" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I21" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A22" s="1">
+        <v>17</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C22" s="1">
+        <v>2</v>
+      </c>
+      <c r="D22" s="1">
+        <v>2</v>
+      </c>
+      <c r="E22" s="1"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H22" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I22" s="7">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A23" s="6">
+        <v>18</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C23" s="6">
+        <v>7</v>
+      </c>
+      <c r="D23" s="6">
+        <v>6</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="6">
+        <v>1</v>
+      </c>
+      <c r="G23" s="15">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+      <c r="H23" s="22">
+        <f t="shared" si="1"/>
+        <v>0.8571428571428571</v>
+      </c>
+      <c r="I23" s="22">
+        <f t="shared" si="3"/>
+        <v>0.14285714285714285</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A24" s="1">
+        <v>19</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C24" s="1">
+        <v>1</v>
+      </c>
+      <c r="D24" s="1">
+        <v>1</v>
+      </c>
+      <c r="E24" s="1"/>
+      <c r="F24" s="1"/>
+      <c r="G24" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H24" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I24" s="7">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A25" s="6">
+        <v>20</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C25" s="6"/>
+      <c r="D25" s="6"/>
+      <c r="E25" s="6"/>
+      <c r="F25" s="6"/>
+      <c r="G25" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H25" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I25" s="22" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+    </row>
+    <row r="26" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A26" s="1">
+        <v>21</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C26" s="1"/>
+      <c r="D26" s="1"/>
+      <c r="E26" s="1"/>
+      <c r="F26" s="1"/>
+      <c r="G26" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H26" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I26" s="7" t="str">
+        <f t="shared" ref="I26:I89" si="4">IFERROR(G26/C26,"")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A27" s="6">
+        <v>22</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C27" s="6">
+        <v>1</v>
+      </c>
+      <c r="D27" s="6">
+        <v>1</v>
+      </c>
+      <c r="E27" s="6"/>
+      <c r="F27" s="6"/>
+      <c r="G27" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H27" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I27" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A28" s="1">
+        <v>23</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C28" s="1">
+        <v>2</v>
+      </c>
+      <c r="D28" s="1">
+        <v>2</v>
+      </c>
+      <c r="E28" s="1"/>
+      <c r="F28" s="1"/>
+      <c r="G28" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H28" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I28" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A29" s="6">
+        <v>24</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C29" s="6">
+        <v>3</v>
+      </c>
+      <c r="D29" s="6">
+        <v>3</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="6"/>
+      <c r="G29" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H29" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I29" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A30" s="1">
+        <v>25</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C30" s="1">
+        <v>2</v>
+      </c>
+      <c r="D30" s="1">
+        <v>2</v>
+      </c>
+      <c r="E30" s="1"/>
+      <c r="F30" s="1"/>
+      <c r="G30" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H30" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I30" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A31" s="6">
+        <v>26</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C31" s="6">
+        <v>16</v>
+      </c>
+      <c r="D31" s="6">
+        <v>16</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="6"/>
+      <c r="G31" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H31" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I31" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A32" s="1">
+        <v>27</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C32" s="1"/>
+      <c r="D32" s="1"/>
+      <c r="E32" s="1"/>
+      <c r="F32" s="1"/>
+      <c r="G32" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H32" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I32" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A33" s="6">
+        <v>28</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C33" s="6">
+        <v>1</v>
+      </c>
+      <c r="D33" s="6">
+        <v>1</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="6"/>
+      <c r="G33" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H33" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I33" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A34" s="1">
+        <v>29</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C34" s="1">
+        <v>4</v>
+      </c>
+      <c r="D34" s="1">
+        <v>4</v>
+      </c>
+      <c r="E34" s="1"/>
+      <c r="F34" s="1"/>
+      <c r="G34" s="1">
+        <v>0</v>
+      </c>
+      <c r="H34" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I34" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A35" s="6">
+        <v>30</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C35" s="6">
+        <v>2</v>
+      </c>
+      <c r="D35" s="6">
+        <v>2</v>
+      </c>
+      <c r="E35" s="6"/>
+      <c r="F35" s="6"/>
+      <c r="G35" s="15">
+        <f t="shared" ref="G35:G51" si="5">E35+F35</f>
+        <v>0</v>
+      </c>
+      <c r="H35" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I35" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A36" s="1">
+        <v>31</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C36" s="1">
+        <v>1</v>
+      </c>
+      <c r="D36" s="1">
+        <v>1</v>
+      </c>
+      <c r="E36" s="1"/>
+      <c r="F36" s="1"/>
+      <c r="G36" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H36" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I36" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A37" s="6">
+        <v>32</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C37" s="6">
+        <v>8</v>
+      </c>
+      <c r="D37" s="6">
+        <v>7</v>
+      </c>
+      <c r="E37" s="6">
+        <v>1</v>
+      </c>
+      <c r="F37" s="6"/>
+      <c r="G37" s="15">
+        <f t="shared" si="5"/>
+        <v>1</v>
+      </c>
+      <c r="H37" s="22">
+        <f t="shared" si="1"/>
+        <v>0.875</v>
+      </c>
+      <c r="I37" s="22">
+        <f t="shared" si="4"/>
+        <v>0.125</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A38" s="1">
+        <v>33</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C38" s="1">
+        <v>1</v>
+      </c>
+      <c r="D38" s="1">
+        <v>1</v>
+      </c>
+      <c r="E38" s="1"/>
+      <c r="F38" s="1"/>
+      <c r="G38" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H38" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I38" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A39" s="6">
+        <v>34</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C39" s="6">
+        <v>11</v>
+      </c>
+      <c r="D39" s="6">
+        <v>10</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="6">
+        <v>1</v>
+      </c>
+      <c r="G39" s="6">
+        <f t="shared" si="5"/>
+        <v>1</v>
+      </c>
+      <c r="H39" s="22">
+        <f t="shared" si="1"/>
+        <v>0.90909090909090906</v>
+      </c>
+      <c r="I39" s="22">
+        <f t="shared" si="4"/>
+        <v>9.0909090909090912E-2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A40" s="1">
+        <v>35</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C40" s="1">
+        <v>3</v>
+      </c>
+      <c r="D40" s="1">
+        <v>3</v>
+      </c>
+      <c r="E40" s="1"/>
+      <c r="F40" s="1"/>
+      <c r="G40" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H40" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I40" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A41" s="6">
+        <v>36</v>
+      </c>
+      <c r="B41" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C41" s="6">
+        <v>13</v>
+      </c>
+      <c r="D41" s="6">
+        <v>13</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="6"/>
+      <c r="G41" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H41" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I41" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A42" s="1">
+        <v>37</v>
+      </c>
+      <c r="B42" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C42" s="1"/>
+      <c r="D42" s="1"/>
+      <c r="E42" s="1"/>
+      <c r="F42" s="1"/>
+      <c r="G42" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H42" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I42" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="43" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A43" s="6">
+        <v>38</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C43" s="6"/>
+      <c r="D43" s="6"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="6"/>
+      <c r="G43" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H43" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I43" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="44" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A44" s="1">
+        <v>39</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C44" s="1">
+        <v>3</v>
+      </c>
+      <c r="D44" s="1">
+        <v>3</v>
+      </c>
+      <c r="E44" s="1"/>
+      <c r="F44" s="1"/>
+      <c r="G44" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H44" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I44" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A45" s="6">
+        <v>40</v>
+      </c>
+      <c r="B45" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C45" s="6">
+        <v>1</v>
+      </c>
+      <c r="D45" s="6">
+        <v>1</v>
+      </c>
+      <c r="E45" s="6"/>
+      <c r="F45" s="6"/>
+      <c r="G45" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H45" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I45" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A46" s="1">
+        <v>41</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C46" s="1">
+        <v>14</v>
+      </c>
+      <c r="D46" s="1">
+        <v>12</v>
+      </c>
+      <c r="E46" s="1"/>
+      <c r="F46" s="1">
+        <v>2</v>
+      </c>
+      <c r="G46" s="1">
+        <f t="shared" si="5"/>
+        <v>2</v>
+      </c>
+      <c r="H46" s="7">
+        <f t="shared" si="1"/>
+        <v>0.8571428571428571</v>
+      </c>
+      <c r="I46" s="7">
+        <f t="shared" si="4"/>
+        <v>0.14285714285714285</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A47" s="6">
+        <v>42</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C47" s="6">
+        <v>2</v>
+      </c>
+      <c r="D47" s="6">
+        <v>2</v>
+      </c>
+      <c r="E47" s="6"/>
+      <c r="F47" s="6"/>
+      <c r="G47" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H47" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I47" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A48" s="1">
+        <v>43</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C48" s="1">
+        <v>3</v>
+      </c>
+      <c r="D48" s="1">
+        <v>3</v>
+      </c>
+      <c r="E48" s="1"/>
+      <c r="F48" s="1"/>
+      <c r="G48" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H48" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I48" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A49" s="6">
+        <v>44</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C49" s="6">
+        <v>2</v>
+      </c>
+      <c r="D49" s="6">
+        <v>2</v>
+      </c>
+      <c r="E49" s="6"/>
+      <c r="F49" s="6"/>
+      <c r="G49" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H49" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I49" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A50" s="1">
+        <v>45</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C50" s="1">
+        <v>3</v>
+      </c>
+      <c r="D50" s="1">
+        <v>1</v>
+      </c>
+      <c r="E50" s="1">
+        <v>1</v>
+      </c>
+      <c r="F50" s="1">
+        <v>1</v>
+      </c>
+      <c r="G50" s="1">
+        <f t="shared" si="5"/>
+        <v>2</v>
+      </c>
+      <c r="H50" s="7">
+        <f t="shared" si="1"/>
+        <v>0.33333333333333331</v>
+      </c>
+      <c r="I50" s="7">
+        <f t="shared" si="4"/>
+        <v>0.66666666666666663</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A51" s="6">
+        <v>46</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C51" s="6"/>
+      <c r="D51" s="6"/>
+      <c r="E51" s="6"/>
+      <c r="F51" s="6"/>
+      <c r="G51" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H51" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I51" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="52" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A52" s="1">
+        <v>47</v>
+      </c>
+      <c r="B52" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C52" s="1">
+        <v>2</v>
+      </c>
+      <c r="D52" s="1">
+        <v>2</v>
+      </c>
+      <c r="E52" s="1"/>
+      <c r="F52" s="1"/>
+      <c r="G52" s="1">
+        <v>0</v>
+      </c>
+      <c r="H52" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I52" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A53" s="6">
+        <v>48</v>
+      </c>
+      <c r="B53" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C53" s="6">
+        <v>1</v>
+      </c>
+      <c r="D53" s="6">
+        <v>1</v>
+      </c>
+      <c r="E53" s="6"/>
+      <c r="F53" s="6"/>
+      <c r="G53" s="6">
+        <f t="shared" ref="G53:G106" si="6">E53+F53</f>
+        <v>0</v>
+      </c>
+      <c r="H53" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I53" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A54" s="1">
+        <v>49</v>
+      </c>
+      <c r="B54" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C54" s="1">
+        <v>3</v>
+      </c>
+      <c r="D54" s="1">
+        <v>2</v>
+      </c>
+      <c r="E54" s="1">
+        <v>1</v>
+      </c>
+      <c r="F54" s="1"/>
+      <c r="G54" s="1">
+        <f t="shared" si="6"/>
+        <v>1</v>
+      </c>
+      <c r="H54" s="7">
+        <f t="shared" si="1"/>
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="I54" s="7">
+        <f t="shared" si="4"/>
+        <v>0.33333333333333331</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A55" s="6">
+        <v>50</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C55" s="6">
+        <v>1</v>
+      </c>
+      <c r="D55" s="6">
+        <v>1</v>
+      </c>
+      <c r="E55" s="6"/>
+      <c r="F55" s="6"/>
+      <c r="G55" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H55" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I55" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A56" s="1">
+        <v>51</v>
+      </c>
+      <c r="B56" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C56" s="1">
+        <v>2</v>
+      </c>
+      <c r="D56" s="1">
+        <v>2</v>
+      </c>
+      <c r="E56" s="1"/>
+      <c r="F56" s="1"/>
+      <c r="G56" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H56" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I56" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A57" s="6">
+        <v>52</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C57" s="6"/>
+      <c r="D57" s="6"/>
+      <c r="E57" s="6"/>
+      <c r="F57" s="6"/>
+      <c r="G57" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H57" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I57" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="58" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A58" s="1">
+        <v>53</v>
+      </c>
+      <c r="B58" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C58" s="1"/>
+      <c r="D58" s="1"/>
+      <c r="E58" s="1"/>
+      <c r="F58" s="1"/>
+      <c r="G58" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H58" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I58" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="59" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A59" s="6">
+        <v>54</v>
+      </c>
+      <c r="B59" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C59" s="6">
+        <v>1</v>
+      </c>
+      <c r="D59" s="6">
+        <v>1</v>
+      </c>
+      <c r="E59" s="6"/>
+      <c r="F59" s="6"/>
+      <c r="G59" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H59" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I59" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A60" s="1">
+        <v>55</v>
+      </c>
+      <c r="B60" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="C60" s="1">
+        <v>2</v>
+      </c>
+      <c r="D60" s="1">
+        <v>1</v>
+      </c>
+      <c r="E60" s="1">
+        <v>1</v>
+      </c>
+      <c r="F60" s="1"/>
+      <c r="G60" s="1">
+        <f t="shared" si="6"/>
+        <v>1</v>
+      </c>
+      <c r="H60" s="7">
+        <f t="shared" si="1"/>
+        <v>0.5</v>
+      </c>
+      <c r="I60" s="7">
+        <f t="shared" si="4"/>
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A61" s="6">
+        <v>56</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="C61" s="6"/>
+      <c r="D61" s="6"/>
+      <c r="E61" s="6"/>
+      <c r="F61" s="6"/>
+      <c r="G61" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H61" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I61" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="62" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A62" s="1">
+        <v>57</v>
+      </c>
+      <c r="B62" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C62" s="1">
+        <v>1</v>
+      </c>
+      <c r="D62" s="1">
+        <v>1</v>
+      </c>
+      <c r="E62" s="1"/>
+      <c r="F62" s="1"/>
+      <c r="G62" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H62" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I62" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A63" s="6">
+        <v>58</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="C63" s="6">
+        <v>2</v>
+      </c>
+      <c r="D63" s="6">
+        <v>2</v>
+      </c>
+      <c r="E63" s="6"/>
+      <c r="F63" s="6"/>
+      <c r="G63" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H63" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I63" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A64" s="1">
+        <v>59</v>
+      </c>
+      <c r="B64" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C64" s="1">
+        <v>2</v>
+      </c>
+      <c r="D64" s="1">
+        <v>2</v>
+      </c>
+      <c r="E64" s="1"/>
+      <c r="F64" s="1"/>
+      <c r="G64" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H64" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I64" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A65" s="6">
+        <v>60</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="C65" s="6">
+        <v>30</v>
+      </c>
+      <c r="D65" s="6">
+        <v>24</v>
+      </c>
+      <c r="E65" s="6">
+        <v>4</v>
+      </c>
+      <c r="F65" s="6">
+        <v>2</v>
+      </c>
+      <c r="G65" s="6">
+        <f t="shared" si="6"/>
+        <v>6</v>
+      </c>
+      <c r="H65" s="22">
+        <f t="shared" si="1"/>
+        <v>0.8</v>
+      </c>
+      <c r="I65" s="22">
+        <f t="shared" si="4"/>
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A66" s="1">
+        <v>61</v>
+      </c>
+      <c r="B66" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C66" s="1"/>
+      <c r="D66" s="1"/>
+      <c r="E66" s="1"/>
+      <c r="F66" s="1"/>
+      <c r="G66" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H66" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I66" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="67" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A67" s="6">
+        <v>62</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C67" s="6">
+        <v>1</v>
+      </c>
+      <c r="D67" s="6">
+        <v>1</v>
+      </c>
+      <c r="E67" s="6"/>
+      <c r="F67" s="6"/>
+      <c r="G67" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H67" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I67" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A68" s="1">
+        <v>63</v>
+      </c>
+      <c r="B68" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C68" s="1"/>
+      <c r="D68" s="1"/>
+      <c r="E68" s="1"/>
+      <c r="F68" s="1"/>
+      <c r="G68" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H68" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I68" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="69" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A69" s="6">
+        <v>64</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C69" s="6">
+        <v>2</v>
+      </c>
+      <c r="D69" s="6">
+        <v>1</v>
+      </c>
+      <c r="E69" s="6">
+        <v>1</v>
+      </c>
+      <c r="F69" s="6"/>
+      <c r="G69" s="6">
+        <f t="shared" si="6"/>
+        <v>1</v>
+      </c>
+      <c r="H69" s="22">
+        <f t="shared" si="1"/>
+        <v>0.5</v>
+      </c>
+      <c r="I69" s="22">
+        <f t="shared" si="4"/>
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A70" s="1">
+        <v>65</v>
+      </c>
+      <c r="B70" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C70" s="1">
+        <v>6</v>
+      </c>
+      <c r="D70" s="1">
+        <v>5</v>
+      </c>
+      <c r="E70" s="1">
+        <v>1</v>
+      </c>
+      <c r="F70" s="1"/>
+      <c r="G70" s="1">
+        <f t="shared" si="6"/>
+        <v>1</v>
+      </c>
+      <c r="H70" s="7">
+        <f t="shared" si="1"/>
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="I70" s="7">
+        <f t="shared" si="4"/>
+        <v>0.16666666666666666</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A71" s="6">
+        <v>66</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="C71" s="6"/>
+      <c r="D71" s="6"/>
+      <c r="E71" s="6"/>
+      <c r="F71" s="6"/>
+      <c r="G71" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H71" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I71" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="72" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A72" s="1">
+        <v>67</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C72" s="1">
+        <v>5</v>
+      </c>
+      <c r="D72" s="1">
+        <v>3</v>
+      </c>
+      <c r="E72" s="1"/>
+      <c r="F72" s="1">
+        <v>2</v>
+      </c>
+      <c r="G72" s="1">
+        <f t="shared" si="6"/>
+        <v>2</v>
+      </c>
+      <c r="H72" s="7">
+        <f t="shared" ref="H72:H106" si="7">IFERROR(D72/C72,"")</f>
+        <v>0.6</v>
+      </c>
+      <c r="I72" s="7">
+        <f t="shared" si="4"/>
+        <v>0.4</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A73" s="6">
+        <v>68</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="C73" s="6">
+        <v>1</v>
+      </c>
+      <c r="D73" s="6">
+        <v>1</v>
+      </c>
+      <c r="E73" s="6"/>
+      <c r="F73" s="6"/>
+      <c r="G73" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H73" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I73" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A74" s="1">
+        <v>69</v>
+      </c>
+      <c r="B74" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C74" s="1"/>
+      <c r="D74" s="1"/>
+      <c r="E74" s="1"/>
+      <c r="F74" s="1"/>
+      <c r="G74" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H74" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I74" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="75" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A75" s="6">
+        <v>70</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="C75" s="6">
+        <v>3</v>
+      </c>
+      <c r="D75" s="6">
+        <v>3</v>
+      </c>
+      <c r="E75" s="6"/>
+      <c r="F75" s="6"/>
+      <c r="G75" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H75" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I75" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A76" s="1">
+        <v>71</v>
+      </c>
+      <c r="B76" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C76" s="1">
+        <v>1</v>
+      </c>
+      <c r="D76" s="1">
+        <v>1</v>
+      </c>
+      <c r="E76" s="1"/>
+      <c r="F76" s="1"/>
+      <c r="G76" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H76" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I76" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A77" s="6">
+        <v>72</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="C77" s="6"/>
+      <c r="D77" s="6"/>
+      <c r="E77" s="6"/>
+      <c r="F77" s="6"/>
+      <c r="G77" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H77" s="22" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I77" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="78" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A78" s="1">
+        <v>73</v>
+      </c>
+      <c r="B78" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C78" s="1">
+        <v>1</v>
+      </c>
+      <c r="D78" s="1">
+        <v>1</v>
+      </c>
+      <c r="E78" s="1"/>
+      <c r="F78" s="1"/>
+      <c r="G78" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H78" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I78" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A79" s="6">
+        <v>74</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="C79" s="6">
+        <v>4</v>
+      </c>
+      <c r="D79" s="6">
+        <v>2</v>
+      </c>
+      <c r="E79" s="6">
+        <v>1</v>
+      </c>
+      <c r="F79" s="6">
+        <v>1</v>
+      </c>
+      <c r="G79" s="6">
+        <f t="shared" si="6"/>
+        <v>2</v>
+      </c>
+      <c r="H79" s="22">
+        <f t="shared" si="7"/>
+        <v>0.5</v>
+      </c>
+      <c r="I79" s="22">
+        <f t="shared" si="4"/>
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A80" s="1">
+        <v>75</v>
+      </c>
+      <c r="B80" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="C80" s="1"/>
+      <c r="D80" s="1"/>
+      <c r="E80" s="1"/>
+      <c r="F80" s="1"/>
+      <c r="G80" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H80" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I80" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="81" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A81" s="6">
+        <v>76</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="C81" s="6">
+        <v>2</v>
+      </c>
+      <c r="D81" s="6">
+        <v>2</v>
+      </c>
+      <c r="E81" s="6"/>
+      <c r="F81" s="6"/>
+      <c r="G81" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H81" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I81" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A82" s="1">
+        <v>77</v>
+      </c>
+      <c r="B82" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C82" s="1">
+        <v>5</v>
+      </c>
+      <c r="D82" s="1">
+        <v>5</v>
+      </c>
+      <c r="E82" s="1"/>
+      <c r="F82" s="1"/>
+      <c r="G82" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H82" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I82" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A83" s="6">
+        <v>78</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="C83" s="6">
+        <v>4</v>
+      </c>
+      <c r="D83" s="6">
+        <v>4</v>
+      </c>
+      <c r="E83" s="6"/>
+      <c r="F83" s="6"/>
+      <c r="G83" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H83" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I83" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A84" s="1">
+        <v>79</v>
+      </c>
+      <c r="B84" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C84" s="1"/>
+      <c r="D84" s="1"/>
+      <c r="E84" s="1"/>
+      <c r="F84" s="1"/>
+      <c r="G84" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H84" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I84" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="85" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A85" s="6">
+        <v>80</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="C85" s="6">
+        <v>4</v>
+      </c>
+      <c r="D85" s="6">
+        <v>4</v>
+      </c>
+      <c r="E85" s="6"/>
+      <c r="F85" s="6"/>
+      <c r="G85" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H85" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I85" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A86" s="1">
+        <v>81</v>
+      </c>
+      <c r="B86" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C86" s="1">
+        <v>1</v>
+      </c>
+      <c r="D86" s="1">
+        <v>1</v>
+      </c>
+      <c r="E86" s="1"/>
+      <c r="F86" s="1"/>
+      <c r="G86" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H86" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I86" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A87" s="6">
+        <v>82</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="C87" s="6">
+        <v>3</v>
+      </c>
+      <c r="D87" s="6">
+        <v>3</v>
+      </c>
+      <c r="E87" s="6"/>
+      <c r="F87" s="6"/>
+      <c r="G87" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H87" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I87" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A88" s="1">
+        <v>83</v>
+      </c>
+      <c r="B88" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C88" s="1">
+        <v>4</v>
+      </c>
+      <c r="D88" s="1">
+        <v>4</v>
+      </c>
+      <c r="E88" s="1"/>
+      <c r="F88" s="1"/>
+      <c r="G88" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H88" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I88" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A89" s="6">
+        <v>84</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="C89" s="6"/>
+      <c r="D89" s="6"/>
+      <c r="E89" s="6"/>
+      <c r="F89" s="6"/>
+      <c r="G89" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H89" s="22" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I89" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="90" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A90" s="1">
+        <v>85</v>
+      </c>
+      <c r="B90" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="C90" s="1">
+        <v>4</v>
+      </c>
+      <c r="D90" s="1">
+        <v>4</v>
+      </c>
+      <c r="E90" s="1"/>
+      <c r="F90" s="1"/>
+      <c r="G90" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H90" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I90" s="7">
+        <f t="shared" ref="I90:I106" si="8">IFERROR(G90/C90,"")</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A91" s="6">
+        <v>86</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="C91" s="6">
+        <v>1</v>
+      </c>
+      <c r="D91" s="6">
+        <v>1</v>
+      </c>
+      <c r="E91" s="6"/>
+      <c r="F91" s="6"/>
+      <c r="G91" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H91" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I91" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A92" s="1">
+        <v>87</v>
+      </c>
+      <c r="B92" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C92" s="1">
+        <v>1</v>
+      </c>
+      <c r="D92" s="1">
+        <v>1</v>
+      </c>
+      <c r="E92" s="1"/>
+      <c r="F92" s="1"/>
+      <c r="G92" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H92" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I92" s="7">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A93" s="6">
+        <v>88</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C93" s="6">
+        <v>1</v>
+      </c>
+      <c r="D93" s="6">
+        <v>1</v>
+      </c>
+      <c r="E93" s="6"/>
+      <c r="F93" s="6"/>
+      <c r="G93" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H93" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I93" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A94" s="1">
+        <v>89</v>
+      </c>
+      <c r="B94" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C94" s="1"/>
+      <c r="D94" s="1"/>
+      <c r="E94" s="1"/>
+      <c r="F94" s="1"/>
+      <c r="G94" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H94" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I94" s="7" t="str">
+        <f t="shared" si="8"/>
+        <v/>
+      </c>
+    </row>
+    <row r="95" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A95" s="6">
+        <v>90</v>
+      </c>
+      <c r="B95" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="C95" s="6">
+        <v>4</v>
+      </c>
+      <c r="D95" s="6">
+        <v>4</v>
+      </c>
+      <c r="E95" s="6"/>
+      <c r="F95" s="6"/>
+      <c r="G95" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H95" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I95" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A96" s="1">
+        <v>91</v>
+      </c>
+      <c r="B96" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="C96" s="1">
+        <v>2</v>
+      </c>
+      <c r="D96" s="1">
+        <v>2</v>
+      </c>
+      <c r="E96" s="1"/>
+      <c r="F96" s="1"/>
+      <c r="G96" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H96" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I96" s="7">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A97" s="6">
+        <v>92</v>
+      </c>
+      <c r="B97" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="C97" s="6">
+        <v>18</v>
+      </c>
+      <c r="D97" s="6">
+        <v>18</v>
+      </c>
+      <c r="E97" s="6"/>
+      <c r="F97" s="6"/>
+      <c r="G97" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H97" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I97" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A98" s="1">
+        <v>93</v>
+      </c>
+      <c r="B98" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C98" s="1">
+        <v>1</v>
+      </c>
+      <c r="D98" s="1">
+        <v>1</v>
+      </c>
+      <c r="E98" s="1"/>
+      <c r="F98" s="1"/>
+      <c r="G98" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H98" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I98" s="7">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A99" s="6">
+        <v>94</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="C99" s="6"/>
+      <c r="D99" s="6"/>
+      <c r="E99" s="6"/>
+      <c r="F99" s="6"/>
+      <c r="G99" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H99" s="22" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I99" s="22" t="str">
+        <f t="shared" si="8"/>
+        <v/>
+      </c>
+    </row>
+    <row r="100" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A100" s="1">
+        <v>95</v>
+      </c>
+      <c r="B100" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C100" s="1"/>
+      <c r="D100" s="1"/>
+      <c r="E100" s="1"/>
+      <c r="F100" s="1"/>
+      <c r="G100" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H100" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I100" s="7" t="str">
+        <f t="shared" si="8"/>
+        <v/>
+      </c>
+    </row>
+    <row r="101" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A101" s="6">
+        <v>96</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="C101" s="6">
+        <v>5</v>
+      </c>
+      <c r="D101" s="6">
+        <v>5</v>
+      </c>
+      <c r="E101" s="6"/>
+      <c r="F101" s="6"/>
+      <c r="G101" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H101" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I101" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A102" s="1">
+        <v>97</v>
+      </c>
+      <c r="B102" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="C102" s="1">
+        <v>3</v>
+      </c>
+      <c r="D102" s="1">
+        <v>3</v>
+      </c>
+      <c r="E102" s="1"/>
+      <c r="F102" s="1"/>
+      <c r="G102" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H102" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I102" s="7">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A103" s="6">
+        <v>98</v>
+      </c>
+      <c r="B103" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C103" s="6">
+        <v>3</v>
+      </c>
+      <c r="D103" s="6">
+        <v>3</v>
+      </c>
+      <c r="E103" s="6"/>
+      <c r="F103" s="6"/>
+      <c r="G103" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H103" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I103" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A104" s="1">
+        <v>99</v>
+      </c>
+      <c r="B104" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="C104" s="1">
+        <v>2</v>
+      </c>
+      <c r="D104" s="1">
+        <v>2</v>
+      </c>
+      <c r="E104" s="1"/>
+      <c r="F104" s="1"/>
+      <c r="G104" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H104" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I104" s="7">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A105" s="6">
+        <v>100</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="C105" s="6"/>
+      <c r="D105" s="6"/>
+      <c r="E105" s="6"/>
+      <c r="F105" s="6"/>
+      <c r="G105" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H105" s="22" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I105" s="22" t="str">
+        <f t="shared" si="8"/>
+        <v/>
+      </c>
+    </row>
+    <row r="106" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A106" s="1">
+        <v>200</v>
+      </c>
+      <c r="B106" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="C106" s="1"/>
+      <c r="D106" s="1"/>
+      <c r="E106" s="1"/>
+      <c r="F106" s="1"/>
+      <c r="G106" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H106" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I106" s="7" t="str">
+        <f t="shared" si="8"/>
+        <v/>
+      </c>
+    </row>
+    <row r="107" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A107" s="16"/>
+      <c r="B107" s="8"/>
+      <c r="C107" s="9"/>
+      <c r="D107" s="9"/>
+      <c r="E107" s="9"/>
+      <c r="F107" s="9"/>
+      <c r="G107" s="9"/>
+      <c r="H107" s="10"/>
+      <c r="I107" s="10"/>
+    </row>
+    <row r="108" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A108" s="16"/>
+      <c r="B108" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C108" s="4">
+        <f>SUM(C6:C106)</f>
+        <v>289</v>
+      </c>
+      <c r="D108" s="4">
+        <f>SUM(D6:D106)</f>
+        <v>267</v>
+      </c>
+      <c r="E108" s="4">
+        <f>SUM(E6:E106)</f>
+        <v>12</v>
+      </c>
+      <c r="F108" s="4">
+        <f>SUM(F6:F106)</f>
+        <v>10</v>
+      </c>
+      <c r="G108" s="4">
+        <f>SUM(G6:G106)</f>
+        <v>22</v>
+      </c>
+      <c r="H108" s="11">
+        <f>D108/C108</f>
+        <v>0.92387543252595161</v>
+      </c>
+      <c r="I108" s="11">
+        <f>G108/C108</f>
+        <v>7.6124567474048443E-2</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="3">
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A3:I3"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
+  <pageSetup scale="73" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D0CD2B53-F78A-4000-9333-FC2912A4696F}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:I108"/>
+  <sheetViews>
+    <sheetView topLeftCell="A80" workbookViewId="0">
+      <selection activeCell="E97" sqref="E97"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="2" max="2" width="18.140625" customWidth="1"/>
+    <col min="3" max="3" width="13.7109375" customWidth="1"/>
+    <col min="4" max="4" width="12.28515625" customWidth="1"/>
+    <col min="5" max="6" width="14.42578125" customWidth="1"/>
+    <col min="7" max="7" width="17.140625" customWidth="1"/>
+    <col min="8" max="8" width="12.140625" customWidth="1"/>
+    <col min="9" max="9" width="14.28515625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="25" t="s">
+        <v>105</v>
+      </c>
+      <c r="B1" s="25"/>
+      <c r="C1" s="25"/>
+      <c r="D1" s="25"/>
+      <c r="E1" s="25"/>
+      <c r="F1" s="25"/>
+      <c r="G1" s="25"/>
+      <c r="H1" s="25"/>
+      <c r="I1" s="25"/>
+    </row>
+    <row r="2" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A2" s="26" t="s">
+        <v>125</v>
+      </c>
+      <c r="B2" s="26"/>
+      <c r="C2" s="26"/>
+      <c r="D2" s="26"/>
+      <c r="E2" s="26"/>
+      <c r="F2" s="26"/>
+      <c r="G2" s="26"/>
+      <c r="H2" s="26"/>
+      <c r="I2" s="26"/>
+    </row>
+    <row r="3" spans="1:9" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="27"/>
+      <c r="B3" s="25"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="25"/>
+      <c r="E3" s="25"/>
+      <c r="F3" s="25"/>
+      <c r="G3" s="25"/>
+      <c r="H3" s="25"/>
+      <c r="I3" s="25"/>
+    </row>
+    <row r="4" spans="1:9" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="A4" s="13"/>
+      <c r="B4" s="12"/>
+      <c r="C4" s="13" t="s">
+        <v>113</v>
+      </c>
+      <c r="D4" s="13" t="s">
+        <v>109</v>
+      </c>
+      <c r="E4" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="F4" s="23" t="s">
+        <v>110</v>
+      </c>
+      <c r="G4" s="23" t="s">
+        <v>113</v>
+      </c>
+      <c r="H4" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="I4" s="14" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="17" t="s">
+        <v>108</v>
+      </c>
+      <c r="B5" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="C5" s="19" t="s">
+        <v>106</v>
+      </c>
+      <c r="D5" s="20" t="s">
+        <v>106</v>
+      </c>
+      <c r="E5" s="24" t="s">
+        <v>111</v>
+      </c>
+      <c r="F5" s="19" t="s">
+        <v>112</v>
+      </c>
+      <c r="G5" s="19" t="s">
+        <v>107</v>
+      </c>
+      <c r="H5" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="I5" s="20" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A6" s="1">
+        <v>1</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C6" s="1">
+        <v>6</v>
+      </c>
+      <c r="D6" s="1">
+        <v>6</v>
+      </c>
+      <c r="E6" s="1"/>
+      <c r="F6" s="1"/>
+      <c r="G6" s="1">
+        <f t="shared" ref="G6:G33" si="0">E6+F6</f>
+        <v>0</v>
+      </c>
+      <c r="H6" s="7">
+        <f>IFERROR(D6/C6,"")</f>
+        <v>1</v>
+      </c>
+      <c r="I6" s="7">
+        <f>IFERROR(G6/C6,"")</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A7" s="6">
+        <v>2</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C7" s="6">
+        <v>1</v>
+      </c>
+      <c r="D7" s="6">
+        <v>1</v>
+      </c>
+      <c r="E7" s="6"/>
+      <c r="F7" s="6"/>
+      <c r="G7" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H7" s="22">
+        <f>IFERROR(D7/C7,"")</f>
+        <v>1</v>
+      </c>
+      <c r="I7" s="22">
+        <f>IFERROR(G7/C7,"")</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A8" s="1">
+        <v>3</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1"/>
+      <c r="E8" s="1"/>
+      <c r="F8" s="1"/>
+      <c r="G8" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H8" s="7" t="str">
+        <f t="shared" ref="H8:H71" si="1">IFERROR(D8/C8,"")</f>
+        <v/>
+      </c>
+      <c r="I8" s="7" t="str">
+        <f t="shared" ref="I8:I25" si="2">IFERROR(G8/D8,"")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A9" s="6">
+        <v>4</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6"/>
+      <c r="F9" s="6"/>
+      <c r="G9" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H9" s="22" t="str">
+        <f>IFERROR(D9/C9,"")</f>
+        <v/>
+      </c>
+      <c r="I9" s="22" t="str">
+        <f>IFERROR(G9/C9,"")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A10" s="1">
+        <v>5</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="1">
+        <v>3</v>
+      </c>
+      <c r="D10" s="1">
+        <v>3</v>
+      </c>
+      <c r="E10" s="1"/>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H10" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I10" s="7">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A11" s="6">
+        <v>6</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="6"/>
+      <c r="G11" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H11" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I11" s="22" t="str">
+        <f t="shared" ref="I11:I24" si="3">IFERROR(G11/C11,"")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A12" s="1">
+        <v>7</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" s="1">
+        <v>2</v>
+      </c>
+      <c r="D12" s="1">
+        <v>2</v>
+      </c>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
+      <c r="G12" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H12" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I12" s="7">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A13" s="6">
+        <v>8</v>
+      </c>
+      <c r="B13" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C13" s="6"/>
+      <c r="D13" s="6"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="6"/>
+      <c r="G13" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H13" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I13" s="22" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A14" s="1">
+        <v>9</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C14" s="1">
+        <v>2</v>
+      </c>
+      <c r="D14" s="1">
+        <v>2</v>
+      </c>
+      <c r="E14" s="1"/>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H14" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I14" s="7">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A15" s="6">
+        <v>10</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C15" s="6">
+        <v>6</v>
+      </c>
+      <c r="D15" s="6">
+        <v>6</v>
+      </c>
+      <c r="E15" s="6"/>
+      <c r="F15" s="6"/>
+      <c r="G15" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H15" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I15" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A16" s="1">
+        <v>11</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C16" s="1">
+        <v>9</v>
+      </c>
+      <c r="D16" s="1">
+        <v>8</v>
+      </c>
+      <c r="E16" s="1">
+        <v>1</v>
+      </c>
+      <c r="F16" s="1"/>
+      <c r="G16" s="1">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+      <c r="H16" s="7">
+        <f t="shared" si="1"/>
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="I16" s="7">
+        <f t="shared" si="3"/>
+        <v>0.1111111111111111</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A17" s="6">
+        <v>12</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="6">
+        <v>5</v>
+      </c>
+      <c r="D17" s="6">
+        <v>5</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="6"/>
+      <c r="G17" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H17" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I17" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A18" s="1">
+        <v>13</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C18" s="1">
+        <v>6</v>
+      </c>
+      <c r="D18" s="1">
+        <v>6</v>
+      </c>
+      <c r="E18" s="1"/>
+      <c r="F18" s="1"/>
+      <c r="G18" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H18" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I18" s="7">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A19" s="6">
+        <v>14</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C19" s="6">
+        <v>5</v>
+      </c>
+      <c r="D19" s="6">
+        <v>5</v>
+      </c>
+      <c r="E19" s="6"/>
+      <c r="F19" s="6"/>
+      <c r="G19" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H19" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I19" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A20" s="1">
+        <v>15</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C20" s="1"/>
+      <c r="D20" s="1"/>
+      <c r="E20" s="1"/>
+      <c r="F20" s="1"/>
+      <c r="G20" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H20" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I20" s="7" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A21" s="6">
+        <v>16</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="C21" s="6">
+        <v>1</v>
+      </c>
+      <c r="D21" s="6">
+        <v>1</v>
+      </c>
+      <c r="E21" s="6"/>
+      <c r="F21" s="6"/>
+      <c r="G21" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H21" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I21" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A22" s="1">
+        <v>17</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C22" s="1">
+        <v>2</v>
+      </c>
+      <c r="D22" s="1">
+        <v>2</v>
+      </c>
+      <c r="E22" s="1"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H22" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I22" s="7">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A23" s="6">
+        <v>18</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C23" s="6">
+        <v>7</v>
+      </c>
+      <c r="D23" s="6">
+        <v>6</v>
+      </c>
+      <c r="E23" s="6"/>
+      <c r="F23" s="6">
+        <v>1</v>
+      </c>
+      <c r="G23" s="15">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+      <c r="H23" s="22">
+        <f t="shared" si="1"/>
+        <v>0.8571428571428571</v>
+      </c>
+      <c r="I23" s="22">
+        <f t="shared" si="3"/>
+        <v>0.14285714285714285</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A24" s="1">
+        <v>19</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C24" s="1">
+        <v>1</v>
+      </c>
+      <c r="D24" s="1">
+        <v>1</v>
+      </c>
+      <c r="E24" s="1"/>
+      <c r="F24" s="1"/>
+      <c r="G24" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H24" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I24" s="7">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A25" s="6">
+        <v>20</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C25" s="6"/>
+      <c r="D25" s="6"/>
+      <c r="E25" s="6"/>
+      <c r="F25" s="6"/>
+      <c r="G25" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H25" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I25" s="22" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+    </row>
+    <row r="26" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A26" s="1">
+        <v>21</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C26" s="1"/>
+      <c r="D26" s="1"/>
+      <c r="E26" s="1"/>
+      <c r="F26" s="1"/>
+      <c r="G26" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H26" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I26" s="7" t="str">
+        <f t="shared" ref="I26:I89" si="4">IFERROR(G26/C26,"")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A27" s="6">
+        <v>22</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C27" s="6">
+        <v>1</v>
+      </c>
+      <c r="D27" s="6">
+        <v>1</v>
+      </c>
+      <c r="E27" s="6"/>
+      <c r="F27" s="6"/>
+      <c r="G27" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H27" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I27" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A28" s="1">
+        <v>23</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C28" s="1">
+        <v>3</v>
+      </c>
+      <c r="D28" s="1">
+        <v>3</v>
+      </c>
+      <c r="E28" s="1"/>
+      <c r="F28" s="1"/>
+      <c r="G28" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H28" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I28" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A29" s="6">
+        <v>24</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C29" s="6">
+        <v>3</v>
+      </c>
+      <c r="D29" s="6">
+        <v>3</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="6"/>
+      <c r="G29" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H29" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I29" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A30" s="1">
+        <v>25</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C30" s="1">
+        <v>2</v>
+      </c>
+      <c r="D30" s="1">
+        <v>2</v>
+      </c>
+      <c r="E30" s="1"/>
+      <c r="F30" s="1"/>
+      <c r="G30" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H30" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I30" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A31" s="6">
+        <v>26</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C31" s="6">
+        <v>17</v>
+      </c>
+      <c r="D31" s="6">
+        <v>17</v>
+      </c>
+      <c r="E31" s="6"/>
+      <c r="F31" s="6"/>
+      <c r="G31" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H31" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I31" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A32" s="1">
+        <v>27</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C32" s="1"/>
+      <c r="D32" s="1"/>
+      <c r="E32" s="1"/>
+      <c r="F32" s="1"/>
+      <c r="G32" s="1">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H32" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I32" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A33" s="6">
+        <v>28</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C33" s="6">
+        <v>1</v>
+      </c>
+      <c r="D33" s="6">
+        <v>1</v>
+      </c>
+      <c r="E33" s="6"/>
+      <c r="F33" s="6"/>
+      <c r="G33" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H33" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I33" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A34" s="1">
+        <v>29</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C34" s="1">
+        <v>6</v>
+      </c>
+      <c r="D34" s="1">
+        <v>5</v>
+      </c>
+      <c r="E34" s="1"/>
+      <c r="F34" s="1">
+        <v>1</v>
+      </c>
+      <c r="G34" s="1">
+        <v>0</v>
+      </c>
+      <c r="H34" s="7">
+        <f t="shared" si="1"/>
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="I34" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A35" s="6">
+        <v>30</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C35" s="6">
+        <v>2</v>
+      </c>
+      <c r="D35" s="6">
+        <v>2</v>
+      </c>
+      <c r="E35" s="6"/>
+      <c r="F35" s="6"/>
+      <c r="G35" s="15">
+        <f t="shared" ref="G35:G51" si="5">E35+F35</f>
+        <v>0</v>
+      </c>
+      <c r="H35" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I35" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A36" s="1">
+        <v>31</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C36" s="1">
+        <v>2</v>
+      </c>
+      <c r="D36" s="1">
+        <v>2</v>
+      </c>
+      <c r="E36" s="1"/>
+      <c r="F36" s="1"/>
+      <c r="G36" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H36" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I36" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A37" s="6">
+        <v>32</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C37" s="6">
+        <v>9</v>
+      </c>
+      <c r="D37" s="6">
+        <v>8</v>
+      </c>
+      <c r="E37" s="6">
+        <v>1</v>
+      </c>
+      <c r="F37" s="6"/>
+      <c r="G37" s="15">
+        <f t="shared" si="5"/>
+        <v>1</v>
+      </c>
+      <c r="H37" s="22">
+        <f t="shared" si="1"/>
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="I37" s="22">
+        <f t="shared" si="4"/>
+        <v>0.1111111111111111</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A38" s="1">
+        <v>33</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C38" s="1">
+        <v>1</v>
+      </c>
+      <c r="D38" s="1">
+        <v>1</v>
+      </c>
+      <c r="E38" s="1"/>
+      <c r="F38" s="1"/>
+      <c r="G38" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H38" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I38" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A39" s="6">
+        <v>34</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C39" s="6">
+        <v>11</v>
+      </c>
+      <c r="D39" s="6">
+        <v>10</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="6">
+        <v>1</v>
+      </c>
+      <c r="G39" s="6">
+        <f t="shared" si="5"/>
+        <v>1</v>
+      </c>
+      <c r="H39" s="22">
+        <f t="shared" si="1"/>
+        <v>0.90909090909090906</v>
+      </c>
+      <c r="I39" s="22">
+        <f t="shared" si="4"/>
+        <v>9.0909090909090912E-2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A40" s="1">
+        <v>35</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C40" s="1">
+        <v>3</v>
+      </c>
+      <c r="D40" s="1">
+        <v>3</v>
+      </c>
+      <c r="E40" s="1"/>
+      <c r="F40" s="1"/>
+      <c r="G40" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H40" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I40" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A41" s="6">
+        <v>36</v>
+      </c>
+      <c r="B41" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C41" s="6">
+        <v>14</v>
+      </c>
+      <c r="D41" s="6">
+        <v>14</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="6"/>
+      <c r="G41" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H41" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I41" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A42" s="1">
+        <v>37</v>
+      </c>
+      <c r="B42" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C42" s="1"/>
+      <c r="D42" s="1"/>
+      <c r="E42" s="1"/>
+      <c r="F42" s="1"/>
+      <c r="G42" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H42" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I42" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="43" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A43" s="6">
+        <v>38</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C43" s="6"/>
+      <c r="D43" s="6"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="6"/>
+      <c r="G43" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H43" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I43" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="44" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A44" s="1">
+        <v>39</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C44" s="1">
+        <v>3</v>
+      </c>
+      <c r="D44" s="1">
+        <v>3</v>
+      </c>
+      <c r="E44" s="1"/>
+      <c r="F44" s="1"/>
+      <c r="G44" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H44" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I44" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A45" s="6">
+        <v>40</v>
+      </c>
+      <c r="B45" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C45" s="6">
+        <v>1</v>
+      </c>
+      <c r="D45" s="6">
+        <v>1</v>
+      </c>
+      <c r="E45" s="6"/>
+      <c r="F45" s="6"/>
+      <c r="G45" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H45" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I45" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A46" s="1">
+        <v>41</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C46" s="1">
+        <v>17</v>
+      </c>
+      <c r="D46" s="1">
+        <v>15</v>
+      </c>
+      <c r="E46" s="1"/>
+      <c r="F46" s="1">
+        <v>2</v>
+      </c>
+      <c r="G46" s="1">
+        <f t="shared" si="5"/>
+        <v>2</v>
+      </c>
+      <c r="H46" s="7">
+        <f t="shared" si="1"/>
+        <v>0.88235294117647056</v>
+      </c>
+      <c r="I46" s="7">
+        <f t="shared" si="4"/>
+        <v>0.11764705882352941</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A47" s="6">
+        <v>42</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C47" s="6">
+        <v>3</v>
+      </c>
+      <c r="D47" s="6">
+        <v>3</v>
+      </c>
+      <c r="E47" s="6"/>
+      <c r="F47" s="6"/>
+      <c r="G47" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H47" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I47" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A48" s="1">
+        <v>43</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C48" s="1">
+        <v>4</v>
+      </c>
+      <c r="D48" s="1">
+        <v>4</v>
+      </c>
+      <c r="E48" s="1"/>
+      <c r="F48" s="1"/>
+      <c r="G48" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H48" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I48" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A49" s="6">
+        <v>44</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C49" s="6">
+        <v>2</v>
+      </c>
+      <c r="D49" s="6">
+        <v>2</v>
+      </c>
+      <c r="E49" s="6"/>
+      <c r="F49" s="6"/>
+      <c r="G49" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H49" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I49" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A50" s="1">
+        <v>45</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C50" s="1">
+        <v>4</v>
+      </c>
+      <c r="D50" s="1">
+        <v>2</v>
+      </c>
+      <c r="E50" s="1">
+        <v>1</v>
+      </c>
+      <c r="F50" s="1">
+        <v>1</v>
+      </c>
+      <c r="G50" s="1">
+        <f t="shared" si="5"/>
+        <v>2</v>
+      </c>
+      <c r="H50" s="7">
+        <f t="shared" si="1"/>
+        <v>0.5</v>
+      </c>
+      <c r="I50" s="7">
+        <f t="shared" si="4"/>
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A51" s="6">
+        <v>46</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C51" s="6"/>
+      <c r="D51" s="6"/>
+      <c r="E51" s="6"/>
+      <c r="F51" s="6"/>
+      <c r="G51" s="6">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H51" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I51" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="52" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A52" s="1">
+        <v>47</v>
+      </c>
+      <c r="B52" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C52" s="1">
+        <v>3</v>
+      </c>
+      <c r="D52" s="1">
+        <v>3</v>
+      </c>
+      <c r="E52" s="1"/>
+      <c r="F52" s="1"/>
+      <c r="G52" s="1">
+        <v>0</v>
+      </c>
+      <c r="H52" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I52" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A53" s="6">
+        <v>48</v>
+      </c>
+      <c r="B53" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C53" s="6">
+        <v>1</v>
+      </c>
+      <c r="D53" s="6">
+        <v>1</v>
+      </c>
+      <c r="E53" s="6"/>
+      <c r="F53" s="6"/>
+      <c r="G53" s="6">
+        <f t="shared" ref="G53:G106" si="6">E53+F53</f>
+        <v>0</v>
+      </c>
+      <c r="H53" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I53" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A54" s="1">
+        <v>49</v>
+      </c>
+      <c r="B54" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C54" s="1">
+        <v>3</v>
+      </c>
+      <c r="D54" s="1">
+        <v>2</v>
+      </c>
+      <c r="E54" s="1">
+        <v>1</v>
+      </c>
+      <c r="F54" s="1"/>
+      <c r="G54" s="1">
+        <f t="shared" si="6"/>
+        <v>1</v>
+      </c>
+      <c r="H54" s="7">
+        <f t="shared" si="1"/>
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="I54" s="7">
+        <f t="shared" si="4"/>
+        <v>0.33333333333333331</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A55" s="6">
+        <v>50</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C55" s="6">
+        <v>2</v>
+      </c>
+      <c r="D55" s="6">
+        <v>2</v>
+      </c>
+      <c r="E55" s="6"/>
+      <c r="F55" s="6"/>
+      <c r="G55" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H55" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I55" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A56" s="1">
+        <v>51</v>
+      </c>
+      <c r="B56" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C56" s="1">
+        <v>3</v>
+      </c>
+      <c r="D56" s="1">
+        <v>3</v>
+      </c>
+      <c r="E56" s="1"/>
+      <c r="F56" s="1"/>
+      <c r="G56" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H56" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I56" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A57" s="6">
+        <v>52</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C57" s="6"/>
+      <c r="D57" s="6"/>
+      <c r="E57" s="6"/>
+      <c r="F57" s="6"/>
+      <c r="G57" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H57" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I57" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="58" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A58" s="1">
+        <v>53</v>
+      </c>
+      <c r="B58" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C58" s="1"/>
+      <c r="D58" s="1"/>
+      <c r="E58" s="1"/>
+      <c r="F58" s="1"/>
+      <c r="G58" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H58" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I58" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="59" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A59" s="6">
+        <v>54</v>
+      </c>
+      <c r="B59" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C59" s="6">
+        <v>1</v>
+      </c>
+      <c r="D59" s="6">
+        <v>1</v>
+      </c>
+      <c r="E59" s="6"/>
+      <c r="F59" s="6"/>
+      <c r="G59" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H59" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I59" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A60" s="1">
+        <v>55</v>
+      </c>
+      <c r="B60" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="C60" s="1">
+        <v>2</v>
+      </c>
+      <c r="D60" s="1">
+        <v>1</v>
+      </c>
+      <c r="E60" s="1">
+        <v>1</v>
+      </c>
+      <c r="F60" s="1"/>
+      <c r="G60" s="1">
+        <f t="shared" si="6"/>
+        <v>1</v>
+      </c>
+      <c r="H60" s="7">
+        <f t="shared" si="1"/>
+        <v>0.5</v>
+      </c>
+      <c r="I60" s="7">
+        <f t="shared" si="4"/>
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A61" s="6">
+        <v>56</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="C61" s="6"/>
+      <c r="D61" s="6"/>
+      <c r="E61" s="6"/>
+      <c r="F61" s="6"/>
+      <c r="G61" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H61" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I61" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="62" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A62" s="1">
+        <v>57</v>
+      </c>
+      <c r="B62" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C62" s="1">
+        <v>1</v>
+      </c>
+      <c r="D62" s="1">
+        <v>1</v>
+      </c>
+      <c r="E62" s="1"/>
+      <c r="F62" s="1"/>
+      <c r="G62" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H62" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I62" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A63" s="6">
+        <v>58</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="C63" s="6">
+        <v>2</v>
+      </c>
+      <c r="D63" s="6">
+        <v>2</v>
+      </c>
+      <c r="E63" s="6"/>
+      <c r="F63" s="6"/>
+      <c r="G63" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H63" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I63" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A64" s="1">
+        <v>59</v>
+      </c>
+      <c r="B64" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C64" s="1">
+        <v>2</v>
+      </c>
+      <c r="D64" s="1">
+        <v>2</v>
+      </c>
+      <c r="E64" s="1"/>
+      <c r="F64" s="1"/>
+      <c r="G64" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H64" s="7">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I64" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A65" s="6">
+        <v>60</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="C65" s="6">
+        <v>32</v>
+      </c>
+      <c r="D65" s="6">
+        <v>26</v>
+      </c>
+      <c r="E65" s="6">
+        <v>4</v>
+      </c>
+      <c r="F65" s="6">
+        <v>2</v>
+      </c>
+      <c r="G65" s="6">
+        <f t="shared" si="6"/>
+        <v>6</v>
+      </c>
+      <c r="H65" s="22">
+        <f t="shared" si="1"/>
+        <v>0.8125</v>
+      </c>
+      <c r="I65" s="22">
+        <f t="shared" si="4"/>
+        <v>0.1875</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A66" s="1">
+        <v>61</v>
+      </c>
+      <c r="B66" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C66" s="1"/>
+      <c r="D66" s="1"/>
+      <c r="E66" s="1"/>
+      <c r="F66" s="1"/>
+      <c r="G66" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H66" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I66" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="67" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A67" s="6">
+        <v>62</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C67" s="6">
+        <v>1</v>
+      </c>
+      <c r="D67" s="6">
+        <v>1</v>
+      </c>
+      <c r="E67" s="6"/>
+      <c r="F67" s="6"/>
+      <c r="G67" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H67" s="22">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I67" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A68" s="1">
+        <v>63</v>
+      </c>
+      <c r="B68" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C68" s="1"/>
+      <c r="D68" s="1"/>
+      <c r="E68" s="1"/>
+      <c r="F68" s="1"/>
+      <c r="G68" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H68" s="7" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I68" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="69" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A69" s="6">
+        <v>64</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C69" s="6">
+        <v>3</v>
+      </c>
+      <c r="D69" s="6">
+        <v>2</v>
+      </c>
+      <c r="E69" s="6">
+        <v>1</v>
+      </c>
+      <c r="F69" s="6"/>
+      <c r="G69" s="6">
+        <f t="shared" si="6"/>
+        <v>1</v>
+      </c>
+      <c r="H69" s="22">
+        <f t="shared" si="1"/>
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="I69" s="22">
+        <f t="shared" si="4"/>
+        <v>0.33333333333333331</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A70" s="1">
+        <v>65</v>
+      </c>
+      <c r="B70" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C70" s="1">
+        <v>6</v>
+      </c>
+      <c r="D70" s="1">
+        <v>5</v>
+      </c>
+      <c r="E70" s="1">
+        <v>1</v>
+      </c>
+      <c r="F70" s="1"/>
+      <c r="G70" s="1">
+        <f t="shared" si="6"/>
+        <v>1</v>
+      </c>
+      <c r="H70" s="7">
+        <f t="shared" si="1"/>
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="I70" s="7">
+        <f t="shared" si="4"/>
+        <v>0.16666666666666666</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A71" s="6">
+        <v>66</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="C71" s="6"/>
+      <c r="D71" s="6"/>
+      <c r="E71" s="6"/>
+      <c r="F71" s="6"/>
+      <c r="G71" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H71" s="22" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="I71" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="72" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A72" s="1">
+        <v>67</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C72" s="1">
+        <v>5</v>
+      </c>
+      <c r="D72" s="1">
+        <v>3</v>
+      </c>
+      <c r="E72" s="1"/>
+      <c r="F72" s="1">
+        <v>2</v>
+      </c>
+      <c r="G72" s="1">
+        <f t="shared" si="6"/>
+        <v>2</v>
+      </c>
+      <c r="H72" s="7">
+        <f t="shared" ref="H72:H106" si="7">IFERROR(D72/C72,"")</f>
+        <v>0.6</v>
+      </c>
+      <c r="I72" s="7">
+        <f t="shared" si="4"/>
+        <v>0.4</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A73" s="6">
+        <v>68</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="C73" s="6">
+        <v>1</v>
+      </c>
+      <c r="D73" s="6">
+        <v>1</v>
+      </c>
+      <c r="E73" s="6"/>
+      <c r="F73" s="6"/>
+      <c r="G73" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H73" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I73" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A74" s="1">
+        <v>69</v>
+      </c>
+      <c r="B74" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C74" s="1"/>
+      <c r="D74" s="1"/>
+      <c r="E74" s="1"/>
+      <c r="F74" s="1"/>
+      <c r="G74" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H74" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I74" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="75" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A75" s="6">
+        <v>70</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="C75" s="6">
+        <v>3</v>
+      </c>
+      <c r="D75" s="6">
+        <v>3</v>
+      </c>
+      <c r="E75" s="6"/>
+      <c r="F75" s="6"/>
+      <c r="G75" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H75" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I75" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A76" s="1">
+        <v>71</v>
+      </c>
+      <c r="B76" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C76" s="1">
+        <v>1</v>
+      </c>
+      <c r="D76" s="1">
+        <v>1</v>
+      </c>
+      <c r="E76" s="1"/>
+      <c r="F76" s="1"/>
+      <c r="G76" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H76" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I76" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A77" s="6">
+        <v>72</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="C77" s="6"/>
+      <c r="D77" s="6"/>
+      <c r="E77" s="6"/>
+      <c r="F77" s="6"/>
+      <c r="G77" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H77" s="22" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I77" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="78" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A78" s="1">
+        <v>73</v>
+      </c>
+      <c r="B78" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C78" s="1">
+        <v>1</v>
+      </c>
+      <c r="D78" s="1">
+        <v>1</v>
+      </c>
+      <c r="E78" s="1"/>
+      <c r="F78" s="1"/>
+      <c r="G78" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H78" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I78" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A79" s="6">
+        <v>74</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="C79" s="6">
+        <v>4</v>
+      </c>
+      <c r="D79" s="6">
+        <v>2</v>
+      </c>
+      <c r="E79" s="6">
+        <v>1</v>
+      </c>
+      <c r="F79" s="6">
+        <v>1</v>
+      </c>
+      <c r="G79" s="6">
+        <f t="shared" si="6"/>
+        <v>2</v>
+      </c>
+      <c r="H79" s="22">
+        <f t="shared" si="7"/>
+        <v>0.5</v>
+      </c>
+      <c r="I79" s="22">
+        <f t="shared" si="4"/>
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A80" s="1">
+        <v>75</v>
+      </c>
+      <c r="B80" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="C80" s="1"/>
+      <c r="D80" s="1"/>
+      <c r="E80" s="1"/>
+      <c r="F80" s="1"/>
+      <c r="G80" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H80" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I80" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="81" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A81" s="6">
+        <v>76</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="C81" s="6">
+        <v>2</v>
+      </c>
+      <c r="D81" s="6">
+        <v>2</v>
+      </c>
+      <c r="E81" s="6"/>
+      <c r="F81" s="6"/>
+      <c r="G81" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H81" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I81" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A82" s="1">
+        <v>77</v>
+      </c>
+      <c r="B82" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C82" s="1">
+        <v>6</v>
+      </c>
+      <c r="D82" s="1">
+        <v>6</v>
+      </c>
+      <c r="E82" s="1"/>
+      <c r="F82" s="1"/>
+      <c r="G82" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H82" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I82" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A83" s="6">
+        <v>78</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="C83" s="6">
+        <v>4</v>
+      </c>
+      <c r="D83" s="6">
+        <v>4</v>
+      </c>
+      <c r="E83" s="6"/>
+      <c r="F83" s="6"/>
+      <c r="G83" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H83" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I83" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A84" s="1">
+        <v>79</v>
+      </c>
+      <c r="B84" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C84" s="1"/>
+      <c r="D84" s="1"/>
+      <c r="E84" s="1"/>
+      <c r="F84" s="1"/>
+      <c r="G84" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H84" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I84" s="7" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="85" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A85" s="6">
+        <v>80</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="C85" s="6">
+        <v>4</v>
+      </c>
+      <c r="D85" s="6">
+        <v>4</v>
+      </c>
+      <c r="E85" s="6"/>
+      <c r="F85" s="6"/>
+      <c r="G85" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H85" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I85" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A86" s="1">
+        <v>81</v>
+      </c>
+      <c r="B86" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C86" s="1">
+        <v>1</v>
+      </c>
+      <c r="D86" s="1">
+        <v>1</v>
+      </c>
+      <c r="E86" s="1"/>
+      <c r="F86" s="1"/>
+      <c r="G86" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H86" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I86" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A87" s="6">
+        <v>82</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="C87" s="6">
+        <v>4</v>
+      </c>
+      <c r="D87" s="6">
+        <v>4</v>
+      </c>
+      <c r="E87" s="6"/>
+      <c r="F87" s="6"/>
+      <c r="G87" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H87" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I87" s="22">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A88" s="1">
+        <v>83</v>
+      </c>
+      <c r="B88" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C88" s="1">
+        <v>4</v>
+      </c>
+      <c r="D88" s="1">
+        <v>4</v>
+      </c>
+      <c r="E88" s="1"/>
+      <c r="F88" s="1"/>
+      <c r="G88" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H88" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I88" s="7">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A89" s="6">
+        <v>84</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="C89" s="6"/>
+      <c r="D89" s="6"/>
+      <c r="E89" s="6"/>
+      <c r="F89" s="6"/>
+      <c r="G89" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H89" s="22" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I89" s="22" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+    </row>
+    <row r="90" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A90" s="1">
+        <v>85</v>
+      </c>
+      <c r="B90" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="C90" s="1">
+        <v>4</v>
+      </c>
+      <c r="D90" s="1">
+        <v>4</v>
+      </c>
+      <c r="E90" s="1"/>
+      <c r="F90" s="1"/>
+      <c r="G90" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H90" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I90" s="7">
+        <f t="shared" ref="I90:I106" si="8">IFERROR(G90/C90,"")</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A91" s="6">
+        <v>86</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="C91" s="6">
+        <v>1</v>
+      </c>
+      <c r="D91" s="6">
+        <v>1</v>
+      </c>
+      <c r="E91" s="6"/>
+      <c r="F91" s="6"/>
+      <c r="G91" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H91" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I91" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A92" s="1">
+        <v>87</v>
+      </c>
+      <c r="B92" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C92" s="1">
+        <v>1</v>
+      </c>
+      <c r="D92" s="1">
+        <v>1</v>
+      </c>
+      <c r="E92" s="1"/>
+      <c r="F92" s="1"/>
+      <c r="G92" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H92" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I92" s="7">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A93" s="6">
+        <v>88</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C93" s="6">
+        <v>1</v>
+      </c>
+      <c r="D93" s="6">
+        <v>1</v>
+      </c>
+      <c r="E93" s="6"/>
+      <c r="F93" s="6"/>
+      <c r="G93" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H93" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I93" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A94" s="1">
+        <v>89</v>
+      </c>
+      <c r="B94" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C94" s="1"/>
+      <c r="D94" s="1"/>
+      <c r="E94" s="1"/>
+      <c r="F94" s="1"/>
+      <c r="G94" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H94" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I94" s="7" t="str">
+        <f t="shared" si="8"/>
+        <v/>
+      </c>
+    </row>
+    <row r="95" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A95" s="6">
+        <v>90</v>
+      </c>
+      <c r="B95" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="C95" s="6">
+        <v>4</v>
+      </c>
+      <c r="D95" s="6">
+        <v>4</v>
+      </c>
+      <c r="E95" s="6"/>
+      <c r="F95" s="6"/>
+      <c r="G95" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H95" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I95" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A96" s="1">
+        <v>91</v>
+      </c>
+      <c r="B96" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="C96" s="1">
+        <v>2</v>
+      </c>
+      <c r="D96" s="1">
+        <v>2</v>
+      </c>
+      <c r="E96" s="1"/>
+      <c r="F96" s="1"/>
+      <c r="G96" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H96" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I96" s="7">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A97" s="6">
+        <v>92</v>
+      </c>
+      <c r="B97" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="C97" s="6">
+        <v>20</v>
+      </c>
+      <c r="D97" s="6">
+        <v>20</v>
+      </c>
+      <c r="E97" s="6"/>
+      <c r="F97" s="6"/>
+      <c r="G97" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H97" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I97" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A98" s="1">
+        <v>93</v>
+      </c>
+      <c r="B98" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C98" s="1">
+        <v>1</v>
+      </c>
+      <c r="D98" s="1">
+        <v>1</v>
+      </c>
+      <c r="E98" s="1"/>
+      <c r="F98" s="1"/>
+      <c r="G98" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H98" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I98" s="7">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A99" s="6">
+        <v>94</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="C99" s="6"/>
+      <c r="D99" s="6"/>
+      <c r="E99" s="6"/>
+      <c r="F99" s="6"/>
+      <c r="G99" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H99" s="22" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I99" s="22" t="str">
+        <f t="shared" si="8"/>
+        <v/>
+      </c>
+    </row>
+    <row r="100" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A100" s="1">
+        <v>95</v>
+      </c>
+      <c r="B100" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C100" s="1"/>
+      <c r="D100" s="1"/>
+      <c r="E100" s="1"/>
+      <c r="F100" s="1"/>
+      <c r="G100" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H100" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I100" s="7" t="str">
+        <f t="shared" si="8"/>
+        <v/>
+      </c>
+    </row>
+    <row r="101" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A101" s="6">
+        <v>96</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="C101" s="6">
+        <v>5</v>
+      </c>
+      <c r="D101" s="6">
+        <v>5</v>
+      </c>
+      <c r="E101" s="6"/>
+      <c r="F101" s="6"/>
+      <c r="G101" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H101" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I101" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A102" s="1">
+        <v>97</v>
+      </c>
+      <c r="B102" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="C102" s="1">
+        <v>3</v>
+      </c>
+      <c r="D102" s="1">
+        <v>3</v>
+      </c>
+      <c r="E102" s="1"/>
+      <c r="F102" s="1"/>
+      <c r="G102" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H102" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I102" s="7">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A103" s="6">
+        <v>98</v>
+      </c>
+      <c r="B103" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C103" s="6">
+        <v>3</v>
+      </c>
+      <c r="D103" s="6">
+        <v>3</v>
+      </c>
+      <c r="E103" s="6"/>
+      <c r="F103" s="6"/>
+      <c r="G103" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H103" s="22">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I103" s="22">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A104" s="1">
+        <v>99</v>
+      </c>
+      <c r="B104" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="C104" s="1">
+        <v>2</v>
+      </c>
+      <c r="D104" s="1">
+        <v>2</v>
+      </c>
+      <c r="E104" s="1"/>
+      <c r="F104" s="1"/>
+      <c r="G104" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H104" s="7">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+      <c r="I104" s="7">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A105" s="6">
+        <v>100</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="C105" s="6"/>
+      <c r="D105" s="6"/>
+      <c r="E105" s="6"/>
+      <c r="F105" s="6"/>
+      <c r="G105" s="6">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H105" s="22" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I105" s="22" t="str">
+        <f t="shared" si="8"/>
+        <v/>
+      </c>
+    </row>
+    <row r="106" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A106" s="1">
+        <v>200</v>
+      </c>
+      <c r="B106" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="C106" s="1"/>
+      <c r="D106" s="1"/>
+      <c r="E106" s="1"/>
+      <c r="F106" s="1"/>
+      <c r="G106" s="1">
+        <f t="shared" si="6"/>
+        <v>0</v>
+      </c>
+      <c r="H106" s="7" t="str">
+        <f t="shared" si="7"/>
+        <v/>
+      </c>
+      <c r="I106" s="7" t="str">
+        <f t="shared" si="8"/>
+        <v/>
+      </c>
+    </row>
+    <row r="107" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A107" s="16"/>
+      <c r="B107" s="8"/>
+      <c r="C107" s="9"/>
+      <c r="D107" s="9"/>
+      <c r="E107" s="9"/>
+      <c r="F107" s="9"/>
+      <c r="G107" s="9"/>
+      <c r="H107" s="10"/>
+      <c r="I107" s="10"/>
+    </row>
+    <row r="108" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A108" s="16"/>
+      <c r="B108" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C108" s="4">
+        <f>SUM(C6:C106)</f>
+        <v>314</v>
+      </c>
+      <c r="D108" s="4">
+        <f>SUM(D6:D106)</f>
+        <v>291</v>
+      </c>
+      <c r="E108" s="4">
+        <f>SUM(E6:E106)</f>
+        <v>12</v>
+      </c>
+      <c r="F108" s="4">
+        <f>SUM(F6:F106)</f>
+        <v>11</v>
+      </c>
+      <c r="G108" s="4">
+        <f>SUM(G6:G106)</f>
+        <v>22</v>
+      </c>
+      <c r="H108" s="11">
+        <f>D108/C108</f>
+        <v>0.92675159235668791</v>
+      </c>
+      <c r="I108" s="11">
+        <f>G108/C108</f>
+        <v>7.0063694267515922E-2</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="3">
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A3:I3"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
+  <pageSetup scale="73" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB3D089A-501D-4ECC-BEFD-407FEED11055}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I108"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D16" sqref="D16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="18.140625" customWidth="1"/>
     <col min="3" max="3" width="13.7109375" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" customWidth="1"/>
     <col min="5" max="6" width="14.42578125" customWidth="1"/>
     <col min="7" max="7" width="17.140625" customWidth="1"/>
     <col min="8" max="8" width="12.140625" customWidth="1"/>
     <col min="9" max="9" width="14.28515625" customWidth="1"/>
   </cols>
   <sheetData>
@@ -18108,51 +24584,51 @@
         <v>0.92063492063492058</v>
       </c>
       <c r="I108" s="11">
         <f>G108/C108</f>
         <v>7.9365079365079361E-2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup scale="96" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4624C8F6-8BBF-438A-ACDE-17C8208E20A6}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I108"/>
   <sheetViews>
-    <sheetView topLeftCell="A6" workbookViewId="0">
+    <sheetView tabSelected="1" topLeftCell="A85" workbookViewId="0">
       <selection activeCell="E16" sqref="E16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="18.140625" customWidth="1"/>
     <col min="3" max="3" width="13.7109375" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" customWidth="1"/>
     <col min="5" max="6" width="14.42578125" customWidth="1"/>
     <col min="7" max="7" width="17.140625" customWidth="1"/>
     <col min="8" max="8" width="12.140625" customWidth="1"/>
     <col min="9" max="9" width="14.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="25" t="s">
         <v>105</v>
       </c>
       <c r="B1" s="25"/>
       <c r="C1" s="25"/>
       <c r="D1" s="25"/>
       <c r="E1" s="25"/>
       <c r="F1" s="25"/>
       <c r="G1" s="25"/>
       <c r="H1" s="25"/>
@@ -20948,63 +27424,63 @@
       </c>
       <c r="F108" s="4">
         <f>SUM(F6:F106)</f>
         <v>6</v>
       </c>
       <c r="G108" s="4">
         <f>SUM(G6:G106)</f>
         <v>14</v>
       </c>
       <c r="H108" s="11">
         <f>D108/C108</f>
         <v>0.91025641025641024</v>
       </c>
       <c r="I108" s="11">
         <f>G108/C108</f>
         <v>8.9743589743589744E-2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
-  <pageSetup scale="96" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="73" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5C63EF5A-C25E-4353-9C26-C58835BFA667}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I108"/>
   <sheetViews>
-    <sheetView topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="E16" sqref="E16"/>
+    <sheetView topLeftCell="A80" workbookViewId="0">
+      <selection activeCell="E52" sqref="E52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="18.140625" customWidth="1"/>
     <col min="3" max="3" width="13.7109375" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" customWidth="1"/>
     <col min="5" max="6" width="14.42578125" customWidth="1"/>
     <col min="7" max="7" width="17.140625" customWidth="1"/>
     <col min="8" max="8" width="12.140625" customWidth="1"/>
     <col min="9" max="9" width="14.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="25" t="s">
         <v>105</v>
       </c>
       <c r="B1" s="25"/>
       <c r="C1" s="25"/>
       <c r="D1" s="25"/>
       <c r="E1" s="25"/>
       <c r="F1" s="25"/>
       <c r="G1" s="25"/>
       <c r="H1" s="25"/>
       <c r="I1" s="25"/>
@@ -22310,54 +28786,54 @@
       <c r="C51" s="6"/>
       <c r="D51" s="6"/>
       <c r="E51" s="6"/>
       <c r="F51" s="6"/>
       <c r="G51" s="6">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H51" s="22" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="I51" s="22" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
     </row>
     <row r="52" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A52" s="1">
         <v>47</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C52" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D52" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1">
         <v>0</v>
       </c>
       <c r="H52" s="7">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="I52" s="7">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A53" s="6">
         <v>48</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>50</v>
       </c>
       <c r="C53" s="6">
         <v>1</v>
       </c>
@@ -23789,97 +30265,97 @@
         <v/>
       </c>
       <c r="I106" s="7" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
     </row>
     <row r="107" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A107" s="16"/>
       <c r="B107" s="8"/>
       <c r="C107" s="9"/>
       <c r="D107" s="9"/>
       <c r="E107" s="9"/>
       <c r="F107" s="9"/>
       <c r="G107" s="9"/>
       <c r="H107" s="10"/>
       <c r="I107" s="10"/>
     </row>
     <row r="108" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A108" s="16"/>
       <c r="B108" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C108" s="4">
         <f>SUM(C6:C106)</f>
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D108" s="4">
         <f>SUM(D6:D106)</f>
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="E108" s="4">
         <f>SUM(E6:E106)</f>
         <v>8</v>
       </c>
       <c r="F108" s="4">
         <f>SUM(F6:F106)</f>
         <v>6</v>
       </c>
       <c r="G108" s="4">
         <f>SUM(G6:G106)</f>
         <v>14</v>
       </c>
       <c r="H108" s="11">
         <f>D108/C108</f>
-        <v>0.9263157894736842</v>
+        <v>0.92592592592592593</v>
       </c>
       <c r="I108" s="11">
         <f>G108/C108</f>
-        <v>7.3684210526315783E-2</v>
+        <v>7.407407407407407E-2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
-  <pageSetup scale="96" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="73" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DAABA064-AEB9-4554-ACA5-256BA0A81753}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I108"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="E16" sqref="E16"/>
+    <sheetView topLeftCell="A87" workbookViewId="0">
+      <selection activeCell="E52" sqref="E52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="18.140625" customWidth="1"/>
     <col min="3" max="3" width="13.7109375" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" customWidth="1"/>
     <col min="5" max="6" width="14.42578125" customWidth="1"/>
     <col min="7" max="7" width="17.140625" customWidth="1"/>
     <col min="8" max="8" width="12.140625" customWidth="1"/>
     <col min="9" max="9" width="14.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="25" t="s">
         <v>105</v>
       </c>
       <c r="B1" s="25"/>
       <c r="C1" s="25"/>
       <c r="D1" s="25"/>
       <c r="E1" s="25"/>
       <c r="F1" s="25"/>
       <c r="G1" s="25"/>
       <c r="H1" s="25"/>
       <c r="I1" s="25"/>
@@ -25193,54 +31669,54 @@
       <c r="C51" s="6"/>
       <c r="D51" s="6"/>
       <c r="E51" s="6"/>
       <c r="F51" s="6"/>
       <c r="G51" s="6">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H51" s="22" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="I51" s="22" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
     </row>
     <row r="52" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A52" s="1">
         <v>47</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C52" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D52" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1">
         <v>0</v>
       </c>
       <c r="H52" s="7">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="I52" s="7">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A53" s="6">
         <v>48</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>50</v>
       </c>
       <c r="C53" s="6">
         <v>1</v>
       </c>
@@ -26676,97 +33152,97 @@
         <v/>
       </c>
       <c r="I106" s="7" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
     </row>
     <row r="107" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A107" s="16"/>
       <c r="B107" s="8"/>
       <c r="C107" s="9"/>
       <c r="D107" s="9"/>
       <c r="E107" s="9"/>
       <c r="F107" s="9"/>
       <c r="G107" s="9"/>
       <c r="H107" s="10"/>
       <c r="I107" s="10"/>
     </row>
     <row r="108" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A108" s="16"/>
       <c r="B108" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C108" s="4">
         <f>SUM(C6:C106)</f>
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D108" s="4">
         <f>SUM(D6:D106)</f>
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="E108" s="4">
         <f>SUM(E6:E106)</f>
         <v>8</v>
       </c>
       <c r="F108" s="4">
         <f>SUM(F6:F106)</f>
         <v>6</v>
       </c>
       <c r="G108" s="4">
         <f>SUM(G6:G106)</f>
         <v>14</v>
       </c>
       <c r="H108" s="11">
         <f>D108/C108</f>
-        <v>0.93518518518518523</v>
+        <v>0.93488372093023253</v>
       </c>
       <c r="I108" s="11">
         <f>G108/C108</f>
-        <v>6.4814814814814811E-2</v>
+        <v>6.5116279069767441E-2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
-  <pageSetup scale="96" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="73" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{144BBF72-439B-478C-BA47-B94D964BAC1A}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I108"/>
   <sheetViews>
-    <sheetView topLeftCell="A96" workbookViewId="0">
-      <selection activeCell="G112" sqref="G112"/>
+    <sheetView topLeftCell="A90" workbookViewId="0">
+      <selection activeCell="C116" sqref="C116"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="18.140625" customWidth="1"/>
     <col min="3" max="3" width="13.7109375" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" customWidth="1"/>
     <col min="5" max="6" width="14.42578125" customWidth="1"/>
     <col min="7" max="7" width="17.140625" customWidth="1"/>
     <col min="8" max="8" width="12.140625" customWidth="1"/>
     <col min="9" max="9" width="14.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="25" t="s">
         <v>105</v>
       </c>
       <c r="B1" s="25"/>
       <c r="C1" s="25"/>
       <c r="D1" s="25"/>
       <c r="E1" s="25"/>
       <c r="F1" s="25"/>
       <c r="G1" s="25"/>
       <c r="H1" s="25"/>
       <c r="I1" s="25"/>
@@ -28086,54 +34562,54 @@
       <c r="C51" s="6"/>
       <c r="D51" s="6"/>
       <c r="E51" s="6"/>
       <c r="F51" s="6"/>
       <c r="G51" s="6">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H51" s="22" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="I51" s="22" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
     </row>
     <row r="52" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A52" s="1">
         <v>47</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C52" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D52" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1">
         <v>0</v>
       </c>
       <c r="H52" s="7">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="I52" s="7">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A53" s="6">
         <v>48</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>50</v>
       </c>
       <c r="C53" s="6">
         <v>1</v>
       </c>
@@ -29581,97 +36057,97 @@
         <v/>
       </c>
       <c r="I106" s="7" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
     </row>
     <row r="107" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A107" s="16"/>
       <c r="B107" s="8"/>
       <c r="C107" s="9"/>
       <c r="D107" s="9"/>
       <c r="E107" s="9"/>
       <c r="F107" s="9"/>
       <c r="G107" s="9"/>
       <c r="H107" s="10"/>
       <c r="I107" s="10"/>
     </row>
     <row r="108" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A108" s="16"/>
       <c r="B108" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C108" s="4">
         <f>SUM(C6:C106)</f>
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="D108" s="4">
         <f>SUM(D6:D106)</f>
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E108" s="4">
         <f>SUM(E6:E106)</f>
         <v>9</v>
       </c>
       <c r="F108" s="4">
         <f>SUM(F6:F106)</f>
         <v>8</v>
       </c>
       <c r="G108" s="4">
         <f>SUM(G6:G106)</f>
         <v>17</v>
       </c>
       <c r="H108" s="11">
         <f>D108/C108</f>
-        <v>0.9285714285714286</v>
+        <v>0.92827004219409281</v>
       </c>
       <c r="I108" s="11">
         <f>G108/C108</f>
-        <v>7.1428571428571425E-2</v>
+        <v>7.1729957805907171E-2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
-  <pageSetup scale="96" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="73" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F9717A42-D107-41C7-9550-9B7778899C78}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I108"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A80" workbookViewId="0">
-      <selection activeCell="E48" sqref="E48"/>
+    <sheetView topLeftCell="A85" workbookViewId="0">
+      <selection activeCell="E52" sqref="E52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="18.140625" customWidth="1"/>
     <col min="3" max="3" width="13.7109375" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" customWidth="1"/>
     <col min="5" max="6" width="14.42578125" customWidth="1"/>
     <col min="7" max="7" width="17.140625" customWidth="1"/>
     <col min="8" max="8" width="12.140625" customWidth="1"/>
     <col min="9" max="9" width="14.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="25" t="s">
         <v>105</v>
       </c>
       <c r="B1" s="25"/>
       <c r="C1" s="25"/>
       <c r="D1" s="25"/>
       <c r="E1" s="25"/>
       <c r="F1" s="25"/>
       <c r="G1" s="25"/>
       <c r="H1" s="25"/>
       <c r="I1" s="25"/>
@@ -30991,54 +37467,54 @@
       <c r="C51" s="6"/>
       <c r="D51" s="6"/>
       <c r="E51" s="6"/>
       <c r="F51" s="6"/>
       <c r="G51" s="6">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H51" s="22" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="I51" s="22" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
     </row>
     <row r="52" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A52" s="1">
         <v>47</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C52" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D52" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1">
         <v>0</v>
       </c>
       <c r="H52" s="7">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="I52" s="7">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A53" s="6">
         <v>48</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>50</v>
       </c>
       <c r="C53" s="6">
         <v>1</v>
       </c>
@@ -32488,125 +38964,129 @@
         <v/>
       </c>
       <c r="I106" s="7" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
     </row>
     <row r="107" spans="1:9" ht="15" x14ac:dyDescent="0.2">
       <c r="A107" s="16"/>
       <c r="B107" s="8"/>
       <c r="C107" s="9"/>
       <c r="D107" s="9"/>
       <c r="E107" s="9"/>
       <c r="F107" s="9"/>
       <c r="G107" s="9"/>
       <c r="H107" s="10"/>
       <c r="I107" s="10"/>
     </row>
     <row r="108" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A108" s="16"/>
       <c r="B108" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C108" s="4">
         <f>SUM(C6:C106)</f>
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="D108" s="4">
         <f>SUM(D6:D106)</f>
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="E108" s="4">
         <f>SUM(E6:E106)</f>
         <v>10</v>
       </c>
       <c r="F108" s="4">
         <f>SUM(F6:F106)</f>
         <v>9</v>
       </c>
       <c r="G108" s="4">
         <f>SUM(G6:G106)</f>
         <v>19</v>
       </c>
       <c r="H108" s="11">
         <f>D108/C108</f>
-        <v>0.92607003891050588</v>
+        <v>0.92578125</v>
       </c>
       <c r="I108" s="11">
         <f>G108/C108</f>
-        <v>7.3929961089494164E-2</v>
+        <v>7.421875E-2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
-  <pageSetup scale="96" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="73" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>10</vt:i4>
+        <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>10</vt:i4>
+        <vt:i4>12</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="20" baseType="lpstr">
+    <vt:vector size="24" baseType="lpstr">
       <vt:lpstr>10-24</vt:lpstr>
       <vt:lpstr>11-24</vt:lpstr>
       <vt:lpstr>12-24</vt:lpstr>
       <vt:lpstr>01-25</vt:lpstr>
       <vt:lpstr>02-25</vt:lpstr>
       <vt:lpstr>03-25</vt:lpstr>
       <vt:lpstr>4-25</vt:lpstr>
       <vt:lpstr>5-25</vt:lpstr>
       <vt:lpstr>6-25</vt:lpstr>
       <vt:lpstr>7-25</vt:lpstr>
+      <vt:lpstr>8-25</vt:lpstr>
+      <vt:lpstr>9-25</vt:lpstr>
       <vt:lpstr>'01-25'!Print_Titles</vt:lpstr>
       <vt:lpstr>'02-25'!Print_Titles</vt:lpstr>
       <vt:lpstr>'03-25'!Print_Titles</vt:lpstr>
       <vt:lpstr>'10-24'!Print_Titles</vt:lpstr>
       <vt:lpstr>'11-24'!Print_Titles</vt:lpstr>
       <vt:lpstr>'12-24'!Print_Titles</vt:lpstr>
       <vt:lpstr>'4-25'!Print_Titles</vt:lpstr>
       <vt:lpstr>'5-25'!Print_Titles</vt:lpstr>
       <vt:lpstr>'6-25'!Print_Titles</vt:lpstr>
       <vt:lpstr>'7-25'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'8-25'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'9-25'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Pat Moore</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>