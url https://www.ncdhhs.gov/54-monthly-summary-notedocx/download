--- v0 (2025-10-16)
+++ v1 (2026-01-05)
@@ -1,340 +1,362 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10620" w:type="dxa"/>
         <w:tblInd w:w="90" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9090"/>
         <w:gridCol w:w="1530"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001D5341" w:rsidRPr="001D5341" w14:paraId="6917621D" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="001D5341" w:rsidRPr="000B3584" w14:paraId="6917621D" w14:textId="77777777" w:rsidTr="00170364">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C781B5C" w14:textId="77777777" w:rsidR="001D5341" w:rsidRPr="001D5341" w:rsidRDefault="001D5341" w:rsidP="00902E58">
+          <w:p w14:paraId="6C781B5C" w14:textId="77777777" w:rsidR="001D5341" w:rsidRPr="000B3584" w:rsidRDefault="001D5341" w:rsidP="000B3584">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10042"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                 <w:i/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001D5341">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B3584">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>North Carolina Infant-Toddler Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="56BE9999" w14:textId="77777777" w:rsidR="001D5341" w:rsidRPr="001D5341" w:rsidRDefault="001D5341" w:rsidP="001D5341">
+          <w:p w14:paraId="56BE9999" w14:textId="77777777" w:rsidR="001D5341" w:rsidRPr="000B3584" w:rsidRDefault="001D5341" w:rsidP="000B3584">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="10042"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B3584">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text85"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="000B3584">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> </w:instrText>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Text85"/>
-            <w:r>
+            <w:r w:rsidRPr="000B3584">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="000B3584">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000B3584">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="000B3584">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
                 <w:noProof/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B3584">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
                 <w:noProof/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B3584">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
                 <w:noProof/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B3584">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
                 <w:noProof/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B3584">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
                 <w:noProof/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B3584">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="411BE314" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00CF3B5F" w:rsidRDefault="00600824" w:rsidP="00170364">
+    <w:p w14:paraId="411BE314" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="000B3584" w:rsidRDefault="00600824" w:rsidP="000B3584">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="10042"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:i/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CF3B5F">
+      <w:r w:rsidRPr="000B3584">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:i/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Provider Monthly Summary Note</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10786" w:type="dxa"/>
+        <w:tblW w:w="10796" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0020" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="345"/>
-        <w:gridCol w:w="810"/>
+        <w:gridCol w:w="255"/>
+        <w:gridCol w:w="834"/>
         <w:gridCol w:w="180"/>
         <w:gridCol w:w="639"/>
         <w:gridCol w:w="81"/>
         <w:gridCol w:w="403"/>
         <w:gridCol w:w="677"/>
         <w:gridCol w:w="462"/>
         <w:gridCol w:w="734"/>
-        <w:gridCol w:w="835"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="480"/>
+        <w:gridCol w:w="811"/>
+        <w:gridCol w:w="24"/>
+        <w:gridCol w:w="285"/>
+        <w:gridCol w:w="692"/>
+        <w:gridCol w:w="331"/>
+        <w:gridCol w:w="452"/>
         <w:gridCol w:w="315"/>
-        <w:gridCol w:w="342"/>
+        <w:gridCol w:w="460"/>
         <w:gridCol w:w="1029"/>
-        <w:gridCol w:w="466"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="991"/>
+        <w:gridCol w:w="476"/>
+        <w:gridCol w:w="655"/>
+        <w:gridCol w:w="990"/>
+        <w:gridCol w:w="11"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00600824" w:rsidRPr="00600824" w14:paraId="0877DA89" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="00600824" w:rsidRPr="00600824" w14:paraId="0877DA89" w14:textId="77777777" w:rsidTr="000B3584">
         <w:trPr>
           <w:trHeight w:val="245"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2458" w:type="dxa"/>
+            <w:tcW w:w="2392" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="65E3495C" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824" w:rsidP="00600824">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:right="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r w:rsidRPr="00600824">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 </w:rPr>
                 <w:t>ITP</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve"> Provider Agency:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2708" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5B82391E" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824" w:rsidP="00600824">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text53"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -399,98 +421,96 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1812" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="1760" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2DD626EA" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824" w:rsidP="00600824">
             <w:pPr>
               <w:ind w:right="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r w:rsidRPr="00600824">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>ITP</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Provider’s Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3808" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="3936" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0B9FB1E2" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824" w:rsidP="00600824">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text52"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -554,95 +574,93 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600824" w:rsidRPr="00600824" w14:paraId="411600F7" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="00600824" w:rsidRPr="00600824" w14:paraId="411600F7" w14:textId="77777777" w:rsidTr="000B3584">
         <w:trPr>
           <w:trHeight w:val="245"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2055" w:type="dxa"/>
+            <w:tcW w:w="1989" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="79076C6B" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824" w:rsidP="00600824">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:right="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Provider Vendor Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1542" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2CD73CFC" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824" w:rsidP="00600824">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text81"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="20"/>
                   </w:textInput>
@@ -710,87 +728,85 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1569" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="584B499D" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824" w:rsidP="00600824">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:right="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Provider Discipline:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5620" w:type="dxa"/>
+            <w:tcW w:w="5696" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5B540378" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824" w:rsidP="00600824">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text54"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
@@ -856,95 +872,93 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600824" w:rsidRPr="00600824" w14:paraId="49F9E871" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="00600824" w:rsidRPr="00600824" w14:paraId="49F9E871" w14:textId="77777777" w:rsidTr="000B3584">
         <w:trPr>
           <w:trHeight w:val="245"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:tcW w:w="1269" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="042FCC91" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824" w:rsidP="00600824">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:right="-121"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>For Month of:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2262" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="38C77912" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824" w:rsidP="00600824">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:left="5" w:right="-121"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
@@ -994,89 +1008,87 @@
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2598" w:type="dxa"/>
+            <w:tcW w:w="2546" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="577C6953" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824" w:rsidP="00600824">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:left="-25" w:right="-121"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Service Order Date [if applicable]:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="6" w:name="Text56"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5AE1816C" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824" w:rsidP="00600824">
             <w:pPr>
               <w:ind w:left="-22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Please enter the Service Order Date in the following format: MM/dd/yy"/>
                   <w:textInput>
                     <w:type w:val="date"/>
@@ -1145,89 +1157,87 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1837" w:type="dxa"/>
+            <w:tcW w:w="1965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="182EF822" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824" w:rsidP="00600824">
             <w:pPr>
               <w:ind w:left="-25" w:right="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Scheduled Frequency:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5CF1F968" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824" w:rsidP="00600824">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text79"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
@@ -1293,92 +1303,92 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600824" w:rsidRPr="00600824" w14:paraId="0D0AB470" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="00600824" w:rsidRPr="00600824" w14:paraId="0D0AB470" w14:textId="77777777" w:rsidTr="000B3584">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="11" w:type="dxa"/>
           <w:trHeight w:val="245"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:tcW w:w="1269" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="135712D7" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Child’s Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3831" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0E7A8924" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="75"/>
                   </w:textInput>
                 </w:ffData>
@@ -1444,114 +1454,108 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2469" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="2535" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...38 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DEBE50D" w14:textId="3DCC4306" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="000B3584" w:rsidP="000B3584">
+            <w:pPr>
+              <w:ind w:right="-420"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CNDS</w:t>
+            </w:r>
+            <w:r w:rsidR="00600824" w:rsidRPr="00600824">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text60"/>
+                  <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
-                    <w:maxLength w:val="14"/>
+                    <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text60"/>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
@@ -1584,97 +1588,116 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3150" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DBED554" w14:textId="0CEAA3ED" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600824" w:rsidRPr="00600824" w14:paraId="0D0E2242" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="00600824" w:rsidRPr="00600824" w14:paraId="0D0E2242" w14:textId="77777777" w:rsidTr="000B3584">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="11" w:type="dxa"/>
           <w:trHeight w:val="245"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:tcW w:w="1269" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6EB8D3A6" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Child’s DOB:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="10" w:name="Text61"/>
+        <w:bookmarkStart w:id="9" w:name="Text61"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3831" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="439C7287" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text61"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
@@ -1735,116 +1758,114 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
-[...5 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:bookmarkEnd w:id="9"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="63E27C2F" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of Service Coordinator: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3151" w:type="dxa"/>
+            <w:tcW w:w="3150" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="02C2FA6F" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text75"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Text75"/>
+            <w:bookmarkStart w:id="10" w:name="Text75"/>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
@@ -1877,131 +1898,130 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600824" w:rsidRPr="00600824" w14:paraId="5BECA0EA" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="00600824" w:rsidRPr="00600824" w14:paraId="5BECA0EA" w14:textId="77777777" w:rsidTr="000B3584">
         <w:trPr>
           <w:trHeight w:val="245"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10786" w:type="dxa"/>
-            <w:gridSpan w:val="21"/>
+            <w:tcW w:w="10796" w:type="dxa"/>
+            <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7244FEB7" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>IFSP Outcomes Utilized: [Indicate IFSP Goal/Outcome number and brief description beside each.]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600824" w:rsidRPr="00600824" w14:paraId="67B489CD" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="00600824" w:rsidRPr="00600824" w14:paraId="67B489CD" w14:textId="77777777" w:rsidTr="000B3584">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="11" w:type="dxa"/>
           <w:trHeight w:val="245"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="345" w:type="dxa"/>
+            <w:tcW w:w="255" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1FE61809" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4821" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5934E1BE" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824" w:rsidP="00600824">
             <w:pPr>
               <w:ind w:right="-28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
@@ -2066,88 +2086,86 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="373" w:type="dxa"/>
+            <w:tcW w:w="309" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5CC51302" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5247" w:type="dxa"/>
+            <w:tcW w:w="5400" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0F771D87" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F771D87" w14:textId="30C06B92" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="000B3584">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00600824">
@@ -2207,120 +2225,120 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600824" w:rsidRPr="00600824" w14:paraId="6A120C4E" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="00600824" w:rsidRPr="00600824" w14:paraId="6A120C4E" w14:textId="77777777" w:rsidTr="000B3584">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="11" w:type="dxa"/>
           <w:trHeight w:val="245"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="345" w:type="dxa"/>
+            <w:tcW w:w="255" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="14175B70" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4821" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5F1B829F" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="text64"/>
+            <w:bookmarkStart w:id="11" w:name="text64"/>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
@@ -2353,90 +2371,88 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
-[...4 lines deleted...]
-            <w:tcW w:w="373" w:type="dxa"/>
+            <w:bookmarkEnd w:id="11"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="309" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3D6EEAAC" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5247" w:type="dxa"/>
+            <w:tcW w:w="5400" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="632DAB50" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
@@ -2499,93 +2515,93 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600824" w:rsidRPr="00600824" w14:paraId="1A0464E3" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="00600824" w:rsidRPr="00600824" w14:paraId="1A0464E3" w14:textId="77777777" w:rsidTr="000B3584">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="11" w:type="dxa"/>
           <w:trHeight w:val="245"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="345" w:type="dxa"/>
+            <w:tcW w:w="255" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="516EE9EC" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4821" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2710D78E" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
@@ -2649,87 +2665,85 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="373" w:type="dxa"/>
+            <w:tcW w:w="309" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4C2A2DBD" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5247" w:type="dxa"/>
+            <w:tcW w:w="5400" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="09298C9F" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
@@ -2792,196 +2806,453 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00600824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600824" w:rsidRPr="00600824" w14:paraId="361A9A5D" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="000B3584" w:rsidRPr="00600824" w14:paraId="5336E018" w14:textId="77777777" w:rsidTr="000B3584">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="11" w:type="dxa"/>
+          <w:trHeight w:val="245"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="773179C7" w14:textId="5D4C963A" w:rsidR="000B3584" w:rsidRPr="00600824" w:rsidRDefault="000B3584" w:rsidP="000B3584">
+            <w:pPr>
+              <w:ind w:right="-1560"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4821" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4019BA9C" w14:textId="77777777" w:rsidR="000B3584" w:rsidRPr="00600824" w:rsidRDefault="000B3584" w:rsidP="000B3584">
+            <w:pPr>
+              <w:ind w:left="871"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="309" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3618BB21" w14:textId="77777777" w:rsidR="000B3584" w:rsidRPr="00600824" w:rsidRDefault="000B3584">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5400" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DCFAD43" w14:textId="7077C4F8" w:rsidR="000B3584" w:rsidRPr="00600824" w:rsidRDefault="000B3584">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diagnosis </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00600824">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="text64"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:maxLength w:val="70"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00600824">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00600824">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00600824">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00600824">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00600824">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00600824">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00600824">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00600824">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00600824">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00600824" w:rsidRPr="00600824" w14:paraId="361A9A5D" w14:textId="77777777" w:rsidTr="000B3584">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="780"/>
+          <w:trHeight w:val="645"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10786" w:type="dxa"/>
-            <w:gridSpan w:val="21"/>
+            <w:tcW w:w="10796" w:type="dxa"/>
+            <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="359F29FD" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00600824" w:rsidRDefault="00600824" w:rsidP="00600824">
+          </w:tcPr>
+          <w:p w14:paraId="359F29FD" w14:textId="225510A7" w:rsidR="00600824" w:rsidRPr="000B3584" w:rsidRDefault="00600824" w:rsidP="00600824">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:spacing w:before="40"/>
               <w:ind w:right="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00600824">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B3584">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Legend for Place of Service [</w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
-              <w:r w:rsidRPr="00600824">
+              <w:r w:rsidRPr="000B3584">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:b/>
                   <w:spacing w:val="-10"/>
-                  <w:sz w:val="19"/>
-                  <w:szCs w:val="19"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>POS</w:t>
               </w:r>
             </w:smartTag>
-            <w:r w:rsidRPr="00600824">
+            <w:r w:rsidRPr="000B3584">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="19"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00600824">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>]:   Home or other community setting = 12   Office = 11   Health Dept. = 71   Rural Health Dept. = 72</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B3584">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   [</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B3584">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>See DMA website for additional codes.]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B3584">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00600824">
+            <w:r w:rsidRPr="000B3584">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i/>
-                <w:sz w:val="19"/>
-[...2 lines deleted...]
-              <w:t>NOTE:  Each summary must include a description of provider’s interventions, and the effectiveness of the interventions, including achievements or measurable progress toward IFSP Goals/Outcomes listed. Please list any difficulties encountered in the provision of service delivery, if any.</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NOTE</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B3584">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:  Each</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B3584">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> summary must include a description of provider’s interventions, and the effectiveness of the interventions, including achievements or measurable progress toward IFSP Goals/Outcomes listed. Please list any difficulties encountered in the provision of </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B3584">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>service delivery</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B3584">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, if any.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600824" w:rsidRPr="00986BEF" w14:paraId="50A27A2F" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="00600824" w:rsidRPr="00986BEF" w14:paraId="50A27A2F" w14:textId="77777777" w:rsidTr="000B3584">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="11" w:type="dxa"/>
           <w:trHeight w:val="303"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcW w:w="1089" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="35A0B841" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Svc Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="13" w:name="Text80"/>
+        <w:bookmarkStart w:id="12" w:name="Text80"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="819" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="71C9609D" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -3054,51 +3325,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="558C606B" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
@@ -3191,84 +3462,84 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2DC500B8" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Svc Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="79B96556" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -3323,51 +3594,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="dxa"/>
+            <w:tcW w:w="1227" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="587193EB" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
@@ -3504,51 +3775,51 @@
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="18BB5F26" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Svc Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="991" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="673E0068" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="-22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -3620,69 +3891,71 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600824" w:rsidRPr="00986BEF" w14:paraId="768D873C" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="00600824" w:rsidRPr="00986BEF" w14:paraId="768D873C" w14:textId="77777777" w:rsidTr="000B3584">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="11" w:type="dxa"/>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcW w:w="1089" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="04364634" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Proc. Code: </w:t>
             </w:r>
           </w:p>
@@ -3927,82 +4200,82 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6B1AE902" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Proc. Code: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0269F48E" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -4072,51 +4345,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="dxa"/>
+            <w:tcW w:w="1227" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="35D7A4C2" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Proc. Code: </w:t>
             </w:r>
@@ -4247,51 +4520,51 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0666C722" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Proc. Code: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="991" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2FF21E9F" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:ind w:left="-22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -4361,69 +4634,71 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600824" w:rsidRPr="00986BEF" w14:paraId="637235E1" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="00600824" w:rsidRPr="00986BEF" w14:paraId="637235E1" w14:textId="77777777" w:rsidTr="000B3584">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="11" w:type="dxa"/>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcW w:w="1089" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2E8A01F5" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"># Units: </w:t>
             </w:r>
@@ -4673,82 +4948,82 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5CE1E337" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"># Units: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="60D6A72B" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -4819,51 +5094,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="dxa"/>
+            <w:tcW w:w="1227" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="25D815EF" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"># Units: </w:t>
             </w:r>
@@ -4995,51 +5270,51 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="18E9E79A" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"># Units: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="991" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6066D124" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:ind w:left="-22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -5110,69 +5385,71 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600824" w:rsidRPr="00986BEF" w14:paraId="20016C84" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="00600824" w:rsidRPr="00986BEF" w14:paraId="20016C84" w14:textId="77777777" w:rsidTr="000B3584">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="11" w:type="dxa"/>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcW w:w="1089" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2F89F6D8" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"># Minutes: </w:t>
             </w:r>
@@ -5422,82 +5699,82 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6829F41E" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"># Minutes: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2C8716BD" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -5568,51 +5845,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="dxa"/>
+            <w:tcW w:w="1227" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="55802374" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"># Minutes: </w:t>
             </w:r>
@@ -5744,51 +6021,51 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4E7B89A7" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"># Minutes: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="991" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="745C9D0A" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:ind w:left="-22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -5859,69 +6136,71 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600824" w:rsidRPr="00986BEF" w14:paraId="1524E35D" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="00600824" w:rsidRPr="00986BEF" w14:paraId="1524E35D" w14:textId="77777777" w:rsidTr="000B3584">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="11" w:type="dxa"/>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcW w:w="1089" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="71ACBC5F" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r w:rsidRPr="00986BEF">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>POS</w:t>
@@ -6177,85 +6456,85 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="165AD7DC" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:ind w:left="-25"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r w:rsidRPr="00986BEF">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>POS</w:t>
               </w:r>
             </w:smartTag>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3617CDAB" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -6327,51 +6606,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="dxa"/>
+            <w:tcW w:w="1227" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4A39DC2E" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:ind w:left="-25"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r w:rsidRPr="00986BEF">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
@@ -6509,51 +6788,51 @@
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="05A02F44" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r w:rsidRPr="00986BEF">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>POS</w:t>
               </w:r>
             </w:smartTag>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="991" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6D41ECC3" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:ind w:left="-22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -6625,69 +6904,71 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600824" w:rsidRPr="00986BEF" w14:paraId="4B48C112" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="00600824" w:rsidRPr="00986BEF" w14:paraId="4B48C112" w14:textId="77777777" w:rsidTr="000B3584">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="11" w:type="dxa"/>
           <w:trHeight w:val="303"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcW w:w="1089" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="43331744" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
@@ -6925,84 +7206,84 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="355C0DA3" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Svc Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="278404C7" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -7057,51 +7338,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="dxa"/>
+            <w:tcW w:w="1227" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0EB8029D" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
@@ -7238,51 +7519,51 @@
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3F1DE8A6" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Svc Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="991" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7972FC5F" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="-22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -7354,69 +7635,71 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600824" w:rsidRPr="00986BEF" w14:paraId="19F469E2" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="00600824" w:rsidRPr="00986BEF" w14:paraId="19F469E2" w14:textId="77777777" w:rsidTr="000B3584">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="11" w:type="dxa"/>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcW w:w="1089" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4123B36B" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Proc. Code: </w:t>
             </w:r>
           </w:p>
@@ -7661,82 +7944,82 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="14685956" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Proc. Code: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="02380546" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -7806,51 +8089,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="dxa"/>
+            <w:tcW w:w="1227" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3A2EF76B" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Proc. Code: </w:t>
             </w:r>
@@ -7981,51 +8264,51 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5EBB8257" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Proc. Code: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="991" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5A84210A" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:ind w:left="-22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -8095,69 +8378,71 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600824" w:rsidRPr="00986BEF" w14:paraId="43A796CB" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="00600824" w:rsidRPr="00986BEF" w14:paraId="43A796CB" w14:textId="77777777" w:rsidTr="000B3584">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="11" w:type="dxa"/>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcW w:w="1089" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="508EB022" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"># Units: </w:t>
             </w:r>
@@ -8407,82 +8692,82 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="12C48FCC" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"># Units: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="19CD3212" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -8553,51 +8838,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="dxa"/>
+            <w:tcW w:w="1227" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="70068F6A" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"># Units: </w:t>
             </w:r>
@@ -8729,51 +9014,51 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3817450A" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"># Units: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="991" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6FC069CB" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:ind w:left="-22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -8844,69 +9129,71 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600824" w:rsidRPr="00986BEF" w14:paraId="4B113F39" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="00600824" w:rsidRPr="00986BEF" w14:paraId="4B113F39" w14:textId="77777777" w:rsidTr="000B3584">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="11" w:type="dxa"/>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcW w:w="1089" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0F50C1F1" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"># Minutes: </w:t>
             </w:r>
@@ -9156,82 +9443,82 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5BE2D40A" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"># Minutes: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="27ED6EEF" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -9302,51 +9589,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="dxa"/>
+            <w:tcW w:w="1227" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5AC57E7F" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"># Minutes: </w:t>
             </w:r>
@@ -9478,51 +9765,51 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="46069635" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"># Minutes: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="991" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="05BD5276" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:ind w:left="-22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -9593,69 +9880,71 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600824" w:rsidRPr="00986BEF" w14:paraId="742615B0" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="00600824" w:rsidRPr="00986BEF" w14:paraId="742615B0" w14:textId="77777777" w:rsidTr="000B3584">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="11" w:type="dxa"/>
           <w:trHeight w:val="259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcW w:w="1089" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6FB35D0C" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r w:rsidRPr="00986BEF">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>POS</w:t>
@@ -9911,85 +10200,85 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1144" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2792E8CA" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:ind w:left="-25"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r w:rsidRPr="00986BEF">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>POS</w:t>
               </w:r>
             </w:smartTag>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="49F953F7" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -10061,51 +10350,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="dxa"/>
+            <w:tcW w:w="1227" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7D17089D" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:ind w:left="-25"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r w:rsidRPr="00986BEF">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
@@ -10243,51 +10532,51 @@
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="110F439B" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r w:rsidRPr="00986BEF">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>POS</w:t>
               </w:r>
             </w:smartTag>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="991" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="11A14D7B" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00986BEF" w:rsidRDefault="00600824">
             <w:pPr>
               <w:ind w:left="-22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -10359,103 +10648,103 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600824" w:rsidRPr="00CF2061" w14:paraId="484FF31F" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="00600824" w:rsidRPr="00CF2061" w14:paraId="484FF31F" w14:textId="77777777" w:rsidTr="000B3584">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="5472"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10786" w:type="dxa"/>
-            <w:gridSpan w:val="21"/>
+            <w:tcW w:w="10796" w:type="dxa"/>
+            <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="741AEF01" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00CF2061" w:rsidRDefault="005E0C51">
             <w:pPr>
               <w:ind w:left="-22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text82"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="3300"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Text82"/>
+            <w:bookmarkStart w:id="13" w:name="Text82"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10488,67 +10777,69 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00600824" w:rsidRPr="00CF2061" w14:paraId="0BDCDBE3" w14:textId="77777777" w:rsidTr="00170364">
+      <w:tr w:rsidR="00600824" w:rsidRPr="00CF2061" w14:paraId="0BDCDBE3" w14:textId="77777777" w:rsidTr="000B3584">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="11" w:type="dxa"/>
           <w:trHeight w:val="389"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7635" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3E2ECC8C" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00CF2061" w:rsidRDefault="00600824">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="-22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -10561,51 +10852,51 @@
               <w:t>Signature &amp; Title:</w:t>
             </w:r>
             <w:r w:rsidR="00683CD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00683CD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text83"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Text83"/>
+            <w:bookmarkStart w:id="14" w:name="Text83"/>
             <w:r w:rsidR="00683CD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00683CD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00683CD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00683CD9">
               <w:rPr>
@@ -10638,107 +10929,107 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00683CD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00683CD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
-[...4 lines deleted...]
-            <w:tcW w:w="3151" w:type="dxa"/>
+            <w:bookmarkEnd w:id="14"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3150" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2469D9FF" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00CF2061" w:rsidRDefault="00600824">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="-22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF2061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date of Signature:</w:t>
             </w:r>
             <w:r w:rsidR="00683CD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00683CD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text84"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Text84"/>
+            <w:bookmarkStart w:id="15" w:name="Text84"/>
             <w:r w:rsidR="00683CD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00683CD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00683CD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00683CD9">
               <w:rPr>
@@ -10771,101 +11062,101 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00683CD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00683CD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="32EC5B8C" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="008520D5" w:rsidRDefault="00600824" w:rsidP="001C0D6C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00600824" w:rsidRPr="008520D5" w:rsidSect="00170364">
-      <w:headerReference w:type="default" r:id="rId7"/>
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="720" w:bottom="864" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1AF2F2D4" w14:textId="77777777" w:rsidR="00680357" w:rsidRDefault="00680357">
+    <w:p w14:paraId="3B719919" w14:textId="77777777" w:rsidR="00860C6E" w:rsidRDefault="00860C6E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2A1C2F71" w14:textId="77777777" w:rsidR="00680357" w:rsidRDefault="00680357">
+    <w:p w14:paraId="1677D939" w14:textId="77777777" w:rsidR="00860C6E" w:rsidRDefault="00860C6E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Bright">
     <w:panose1 w:val="02040602050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AGaramond">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -10884,65 +11175,65 @@
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5581353C" w14:textId="77777777" w:rsidR="00600824" w:rsidRPr="00CF2061" w:rsidRDefault="00600824" w:rsidP="00170364">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5581353C" w14:textId="1F232527" w:rsidR="00600824" w:rsidRPr="00CF2061" w:rsidRDefault="00600824" w:rsidP="00170364">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="11040"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CF2061">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">NC </w:t>
     </w:r>
     <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
       <w:r w:rsidRPr="00CF2061">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -10961,50 +11252,58 @@
       <w:t xml:space="preserve"> Monthly Summary Note (</w:t>
     </w:r>
     <w:r w:rsidR="00170364">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">8/04, </w:t>
     </w:r>
     <w:r w:rsidR="001D5341">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>updated 7/20</w:t>
     </w:r>
     <w:r w:rsidR="00F8378C">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>, 3/22</w:t>
+    </w:r>
+    <w:r w:rsidR="000B3584">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>, 12/25</w:t>
     </w:r>
     <w:r w:rsidRPr="00CF2061">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
     <w:r w:rsidRPr="00CF2061">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00CF2061">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
@@ -11048,70 +11347,70 @@
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00CF2061">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r w:rsidR="001C0D6C">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B9B304A" w14:textId="77777777" w:rsidR="00680357" w:rsidRDefault="00680357">
+    <w:p w14:paraId="09F35EBF" w14:textId="77777777" w:rsidR="00860C6E" w:rsidRDefault="00860C6E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F870D98" w14:textId="77777777" w:rsidR="00680357" w:rsidRDefault="00680357">
+    <w:p w14:paraId="3D02237D" w14:textId="77777777" w:rsidR="00860C6E" w:rsidRDefault="00860C6E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="44D3B717" w14:textId="77777777" w:rsidR="00600824" w:rsidRDefault="00600824">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="10042"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CF2061">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>North Carolina Departme</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
@@ -11135,51 +11434,51 @@
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Division of Child and Family Well-Being</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3C0B016F" w14:textId="77777777" w:rsidR="00600824" w:rsidRDefault="00600824">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="10042"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63422081"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="04966F02"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="163EB454">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2376"/>
         </w:tabs>
@@ -11259,142 +11558,151 @@
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7560"/>
         </w:tabs>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2084063264">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="WpTunLQJ8QekNtqqeue1VeK8bVk4qK53HL+xrApOQgslhwyFwQjyTR1bFkbQmE9JlgiDfksA6jcIQGL5uaDraw==" w:salt="7KnRvyqcZdaX3TQJ24S6YQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="XnZS5l6KTgmvWdictM1H+y/uqQ5i46d6NbkHAgPowDc8v2fImBUo5b0UOEW1cOH8u5xs5OtRSKe60mQ0Qt5w1Q==" w:salt="BvL4BVUqDw7ggxUK5QXyNw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00841AF5"/>
+    <w:rsid w:val="000B3584"/>
     <w:rsid w:val="00137EC4"/>
     <w:rsid w:val="00170364"/>
     <w:rsid w:val="001C0D6C"/>
+    <w:rsid w:val="001D335E"/>
     <w:rsid w:val="001D5341"/>
     <w:rsid w:val="00287DEF"/>
     <w:rsid w:val="00340B4A"/>
     <w:rsid w:val="00387036"/>
     <w:rsid w:val="00392981"/>
     <w:rsid w:val="003B4FDB"/>
     <w:rsid w:val="003E3D2F"/>
     <w:rsid w:val="005E0C51"/>
     <w:rsid w:val="00600824"/>
     <w:rsid w:val="00621ACC"/>
     <w:rsid w:val="00663ED9"/>
     <w:rsid w:val="00680357"/>
     <w:rsid w:val="00683CD9"/>
+    <w:rsid w:val="00693715"/>
+    <w:rsid w:val="006D353E"/>
+    <w:rsid w:val="006D628B"/>
     <w:rsid w:val="00841AF5"/>
+    <w:rsid w:val="00860C6E"/>
     <w:rsid w:val="00871E56"/>
     <w:rsid w:val="008A4642"/>
     <w:rsid w:val="009E2922"/>
     <w:rsid w:val="00B568C1"/>
+    <w:rsid w:val="00C06356"/>
+    <w:rsid w:val="00D317C4"/>
     <w:rsid w:val="00E17103"/>
     <w:rsid w:val="00F376FF"/>
     <w:rsid w:val="00F45081"/>
     <w:rsid w:val="00F8378C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="stockticker"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4B387F6E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{83BD4792-836F-4001-929F-0EF1FAC29797}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -11799,57 +12107,57 @@
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F8378C"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\abbailey\Desktop\ITP%20Website%20Transition%20Workgroup%203\Current%20Docs\DRAFT%20PAGES\4.%20DRAFT%20Staff\C%20NC%20ITP%20Forms\A%20English%20Forms%20%23's%201-%20%2387\54%20Monthly%20Summary%20Note.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -12297,111 +12605,137 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="3c095afb-e4be-4faf-96cd-0f879a88bd33" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="156dcef4-3956-40fb-8035-47aafddd599b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4F6BF32-2885-491D-880D-AA9700F56FF5}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4F6BF32-2885-491D-880D-AA9700F56FF5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="156dcef4-3956-40fb-8035-47aafddd599b"/>
+    <ds:schemaRef ds:uri="3c095afb-e4be-4faf-96cd-0f879a88bd33"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6BA180FB-0D2E-426A-9961-2F3008AC4D69}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3A702D5-7351-4F6E-8977-E251CF1AB8D8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3c095afb-e4be-4faf-96cd-0f879a88bd33"/>
+    <ds:schemaRef ds:uri="156dcef4-3956-40fb-8035-47aafddd599b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3A702D5-7351-4F6E-8977-E251CF1AB8D8}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6BA180FB-0D2E-426A-9961-2F3008AC4D69}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>54 Monthly Summary Note.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>427</Words>
-  <Characters>2436</Characters>
+  <Words>474</Words>
+  <Characters>2401</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>240</Lines>
+  <Paragraphs>261</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Monthly Summary Note</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DHHS DPH Early Intervention</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2858</CharactersWithSpaces>
+  <CharactersWithSpaces>2614</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Monthly Summary Note</dc:title>
   <dc:subject>Provider's Monthly Summary Notes</dc:subject>
   <dc:creator>Bailey, Andrea B.</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Service Providers;Fees, Billing, Reimbursement</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">