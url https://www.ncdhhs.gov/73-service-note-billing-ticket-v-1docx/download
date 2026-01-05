--- v0 (2025-10-16)
+++ v1 (2026-01-05)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="90" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9169"/>
         <w:gridCol w:w="1536"/>
       </w:tblGrid>
       <w:tr w:rsidR="00781897" w:rsidRPr="00781897" w14:paraId="0935AEE3" w14:textId="77777777" w:rsidTr="00781897">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9216" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="272F4050" w14:textId="77777777" w:rsidR="00781897" w:rsidRPr="00781897" w:rsidRDefault="00781897" w:rsidP="00B71E0A">
             <w:pPr>
               <w:pStyle w:val="Header"/>
@@ -211,155 +211,153 @@
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Provider Service Note </w:t>
       </w:r>
       <w:r w:rsidR="00554E86">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:i/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00554E86" w:rsidRPr="00C453AA">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:i/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>nd Billing Ticket</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="4868" w:type="pct"/>
+        <w:tblW w:w="4861" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0020" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="11"/>
-        <w:gridCol w:w="494"/>
+        <w:gridCol w:w="492"/>
         <w:gridCol w:w="569"/>
         <w:gridCol w:w="254"/>
         <w:gridCol w:w="443"/>
         <w:gridCol w:w="159"/>
         <w:gridCol w:w="207"/>
         <w:gridCol w:w="434"/>
         <w:gridCol w:w="320"/>
         <w:gridCol w:w="1058"/>
         <w:gridCol w:w="11"/>
         <w:gridCol w:w="1318"/>
         <w:gridCol w:w="227"/>
         <w:gridCol w:w="125"/>
         <w:gridCol w:w="141"/>
         <w:gridCol w:w="969"/>
         <w:gridCol w:w="639"/>
         <w:gridCol w:w="81"/>
         <w:gridCol w:w="61"/>
-        <w:gridCol w:w="483"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1099"/>
+        <w:gridCol w:w="485"/>
+        <w:gridCol w:w="1353"/>
+        <w:gridCol w:w="1101"/>
+        <w:gridCol w:w="15"/>
         <w:gridCol w:w="17"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00554E86" w:rsidRPr="00554E86" w14:paraId="0A83F646" w14:textId="77777777" w:rsidTr="00913DB7">
+      <w:tr w:rsidR="00554E86" w:rsidRPr="00554E86" w14:paraId="0A83F646" w14:textId="77777777" w:rsidTr="004C40F1">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="14" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="32" w:type="dxa"/>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2574" w:type="dxa"/>
+            <w:tcW w:w="2570" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="194B0416" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r w:rsidRPr="00554E86">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 </w:rPr>
                 <w:t>ITP</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve"> Provider Agency:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3200" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6DE888BF" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text53"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Text53"/>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
@@ -408,86 +406,84 @@
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0CD2EF8A" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:ind w:right="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r w:rsidRPr="00554E86">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 </w:rPr>
                 <w:t>ITP</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve"> Provider’s Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3109" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="133C4732" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text52"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Text52"/>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
@@ -529,97 +525,97 @@
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00554E86" w:rsidRPr="00554E86" w14:paraId="589911EF" w14:textId="77777777" w:rsidTr="00913DB7">
+      <w:tr w:rsidR="00554E86" w:rsidRPr="00554E86" w14:paraId="589911EF" w14:textId="77777777" w:rsidTr="004C40F1">
         <w:trPr>
           <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
           <w:wBefore w:w="11" w:type="dxa"/>
+          <w:wAfter w:w="16" w:type="dxa"/>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2129" w:type="dxa"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="038B9C3F" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Provider Vendor Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1DF5D4EF" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text81"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="20"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text81"/>
@@ -670,82 +666,80 @@
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1681" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7AF6A991" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:right="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Provider Discipline:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4872" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="4845" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="63D40A39" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text54"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Text54"/>
@@ -789,111 +783,109 @@
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00554E86" w:rsidRPr="00554E86" w14:paraId="12A215A8" w14:textId="77777777" w:rsidTr="00913DB7">
+      <w:tr w:rsidR="00554E86" w:rsidRPr="00554E86" w14:paraId="12A215A8" w14:textId="77777777" w:rsidTr="004C40F1">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="14" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="32" w:type="dxa"/>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2894" w:type="dxa"/>
+            <w:tcW w:w="2890" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0351E6E1" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>V-Code Assignment [PT/OT/</w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r w:rsidRPr="00554E86">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 </w:rPr>
                 <w:t>SLT</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>]:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1069" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7812EC2C" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:left="-115" w:right="-121"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
@@ -949,82 +941,80 @@
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2780" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="08FB5B29" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:left="-29" w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Service Order Date [if applicable]:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="781" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2DE4F229" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:ind w:left="-22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:statusText w:type="text" w:val="Please enter the Service Order Date in the following format: MM/dd/yy"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="12"/>
                     <w:format w:val="M/d/yy"/>
                   </w:textInput>
                 </w:ffData>
@@ -1072,84 +1062,82 @@
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="432AE690" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:ind w:left="-25" w:right="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Scheduled Frequency:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5FDBE9B8" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text79"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Text79"/>
@@ -1193,91 +1181,89 @@
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00554E86" w:rsidRPr="00554E86" w14:paraId="700D85D6" w14:textId="77777777" w:rsidTr="00913DB7">
+      <w:tr w:rsidR="00554E86" w:rsidRPr="00554E86" w14:paraId="700D85D6" w14:textId="77777777" w:rsidTr="004C40F1">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="14" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="31" w:type="dxa"/>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcW w:w="1327" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6F259164" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Child’s Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4177" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0F478E7C" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="75"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Text59"/>
             <w:r w:rsidRPr="00554E86">
@@ -1321,107 +1307,98 @@
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2529" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2501" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4731E6EA" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
+          <w:p w14:paraId="4731E6EA" w14:textId="61764D1D" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="004C40F1" w:rsidP="00554E86">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00554E86">
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>CNDS</w:t>
+            </w:r>
+            <w:r w:rsidR="00554E86" w:rsidRPr="00554E86">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text60"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="14"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Text60"/>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
@@ -1436,95 +1413,109 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2454" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="60747DDE" w14:textId="7981BAEE" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="004C40F1">
+            <w:pPr>
+              <w:ind w:left="-60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00554E86" w:rsidRPr="00554E86" w14:paraId="248E6FCA" w14:textId="77777777" w:rsidTr="00913DB7">
+      <w:tr w:rsidR="00554E86" w:rsidRPr="00554E86" w14:paraId="248E6FCA" w14:textId="77777777" w:rsidTr="004C40F1">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="14" w:type="dxa"/>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1774" w:type="dxa"/>
+            <w:tcW w:w="1770" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="51D45AED" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Child’s Date of Birth:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="11" w:name="Text61"/>
+        <w:bookmarkStart w:id="10" w:name="Text61"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3734" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5AB11D6C" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text61"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00554E86">
@@ -1563,109 +1554,107 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
-[...4 lines deleted...]
-            <w:tcW w:w="2499" w:type="dxa"/>
+            <w:bookmarkEnd w:id="10"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2501" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="57C2A494" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of Service Coordinator: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2484" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2485" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6130B4A1" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text75"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Text75"/>
+            <w:bookmarkStart w:id="11" w:name="Text75"/>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
@@ -1680,132 +1669,129 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00554E86" w:rsidRPr="00554E86" w14:paraId="0803015B" w14:textId="77777777" w:rsidTr="00913DB7">
+      <w:tr w:rsidR="00554E86" w:rsidRPr="00554E86" w14:paraId="0803015B" w14:textId="77777777" w:rsidTr="004C40F1">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="14" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="32" w:type="dxa"/>
           <w:trHeight w:val="305"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10491" w:type="dxa"/>
-            <w:gridSpan w:val="23"/>
+            <w:tcW w:w="10458" w:type="dxa"/>
+            <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0763500F" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>IFSP Outcomes Utilized: [Indicate IFSP Goal/Outcome number and brief description beside each.]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00554E86" w:rsidRPr="00554E86" w14:paraId="37FE3961" w14:textId="77777777" w:rsidTr="00913DB7">
+      <w:tr w:rsidR="00554E86" w:rsidRPr="00554E86" w14:paraId="37FE3961" w14:textId="77777777" w:rsidTr="004C40F1">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="14" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="32" w:type="dxa"/>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:right w:w="29" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7657B27B" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4775" w:type="dxa"/>
+            <w:tcW w:w="4773" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1D672241" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:ind w:right="-28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00554E86">
@@ -1853,80 +1839,78 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="352" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:right w:w="29" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1899DDF9" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4858" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="4829" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="61E5626F" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
@@ -1967,119 +1951,117 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00554E86" w:rsidRPr="00554E86" w14:paraId="722827E9" w14:textId="77777777" w:rsidTr="00913DB7">
+      <w:tr w:rsidR="00554E86" w:rsidRPr="00554E86" w14:paraId="722827E9" w14:textId="77777777" w:rsidTr="004C40F1">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="14" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="32" w:type="dxa"/>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:right w:w="29" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2EEC1E26" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4775" w:type="dxa"/>
+            <w:tcW w:w="4773" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="334D5E77" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="text64"/>
+            <w:bookmarkStart w:id="12" w:name="text64"/>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
@@ -2094,90 +2076,88 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="352" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:right w:w="29" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3A2DB9B9" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4858" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="4829" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="073AB46B" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
@@ -2218,94 +2198,92 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00554E86" w:rsidRPr="00554E86" w14:paraId="2D6BB8E5" w14:textId="77777777" w:rsidTr="00913DB7">
+      <w:tr w:rsidR="00554E86" w:rsidRPr="00554E86" w14:paraId="2D6BB8E5" w14:textId="77777777" w:rsidTr="004C40F1">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="14" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="32" w:type="dxa"/>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:right w:w="29" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="09901AF2" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4775" w:type="dxa"/>
+            <w:tcW w:w="4773" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="78666EC8" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
@@ -2352,80 +2330,78 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="352" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:right w:w="29" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0CB4E9B1" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4858" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="4829" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1375E8AC" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
@@ -2466,96 +2442,94 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00554E86" w:rsidRPr="00554E86" w14:paraId="1F706DF1" w14:textId="77777777" w:rsidTr="00913DB7">
+      <w:tr w:rsidR="00554E86" w:rsidRPr="00554E86" w14:paraId="1F706DF1" w14:textId="77777777" w:rsidTr="004C40F1">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="14" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="32" w:type="dxa"/>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="506" w:type="dxa"/>
+            <w:tcW w:w="504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:right w:w="29" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="18A0FBB1" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4775" w:type="dxa"/>
+            <w:tcW w:w="4773" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="72E46840" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
@@ -2603,81 +2577,79 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="352" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:right w:w="29" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3F804CDF" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86" w:rsidP="00554E86">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4858" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="4829" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3811D6F6" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
@@ -2718,221 +2690,255 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00554E86">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00554E86" w:rsidRPr="00EB31B8" w14:paraId="3E859518" w14:textId="77777777" w:rsidTr="00913DB7">
+      <w:tr w:rsidR="00554E86" w:rsidRPr="00EB31B8" w14:paraId="3E859518" w14:textId="77777777" w:rsidTr="004C40F1">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:right w:w="14" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="17" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="32" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="317"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10488" w:type="dxa"/>
-            <w:gridSpan w:val="23"/>
+            <w:tcW w:w="10458" w:type="dxa"/>
+            <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="37367079" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00EB31B8" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:ind w:left="-29"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB31B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:spacing w:val="-12"/>
               </w:rPr>
               <w:t>Legend for Place of Service [</w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r w:rsidRPr="00EB31B8">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:b/>
                   <w:spacing w:val="-12"/>
                 </w:rPr>
                 <w:t>POS</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="00EB31B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:spacing w:val="-12"/>
               </w:rPr>
-              <w:t>]:    Home or other community setting = 12    Office = 11    Health Dept. = 71    Rural Health Dept. = 72     [See DMA website for additional codes.]</w:t>
-            </w:r>
+              <w:t xml:space="preserve">]:    Home or other community setting = 12    Office = 11    Health Dept. = 71    Rural Health Dept. = 72  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00EB31B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   [</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EB31B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t>See DMA website for additional codes.]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB31B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB31B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i/>
               </w:rPr>
-              <w:t>NOTE:  Each encounter must include [1] date of service, [2</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>NOTE</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EB31B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i/>
               </w:rPr>
+              <w:t>:  Each</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EB31B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> encounter must include [1] date of service, [2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:i/>
+              </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB31B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> purpose of contact, [3] description of provider’s interventions, and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i/>
               </w:rPr>
               <w:br w:type="textWrapping" w:clear="all"/>
             </w:r>
             <w:r w:rsidRPr="00EB31B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i/>
               </w:rPr>
               <w:t>[4] the effectiveness of the interventions, including achievements or measurable progress. The duration of the service [in minutes] must also be included in each service note.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00554E86" w:rsidRPr="00EB31B8" w14:paraId="1AB5BB71" w14:textId="77777777" w:rsidTr="00913DB7">
+      <w:tr w:rsidR="00554E86" w:rsidRPr="00EB31B8" w14:paraId="1AB5BB71" w14:textId="77777777" w:rsidTr="004C40F1">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:right w:w="14" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="17" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="32" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="317"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1076" w:type="dxa"/>
+            <w:tcW w:w="1073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="25B589F8" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00EB31B8" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB31B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Svc Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="14" w:name="Text80"/>
-[...2 lines deleted...]
-            <w:tcW w:w="857" w:type="dxa"/>
+        <w:bookmarkStart w:id="13" w:name="Text80"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="856" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="407AB72D" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00EB31B8" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB31B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text80"/>
                   <w:enabled/>
@@ -2980,58 +2986,58 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB31B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB31B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB31B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
-[...6 lines deleted...]
-            <w:gridSpan w:val="17"/>
+            <w:bookmarkEnd w:id="13"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="14" w:name="Text82"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8529" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3ED20926" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00EB31B8" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB31B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text82"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
@@ -3077,112 +3083,114 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB31B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB31B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB31B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00554E86" w14:paraId="2107F2FB" w14:textId="77777777" w:rsidTr="00913DB7">
+      <w:tr w:rsidR="00554E86" w14:paraId="2107F2FB" w14:textId="77777777" w:rsidTr="004C40F1">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:right w:w="14" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="17" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="32" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="317"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1076" w:type="dxa"/>
+            <w:tcW w:w="1073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="48E4A036" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00282D48" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Goal #(</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00282D48">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>s):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
+            <w:tcW w:w="856" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="05E3205F" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -3232,119 +3240,119 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8555" w:type="dxa"/>
-            <w:gridSpan w:val="17"/>
+            <w:tcW w:w="8529" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="755D8D70" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00554E86" w14:paraId="38192B69" w14:textId="77777777" w:rsidTr="00913DB7">
+      <w:tr w:rsidR="00554E86" w14:paraId="38192B69" w14:textId="77777777" w:rsidTr="004C40F1">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:right w:w="14" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="17" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="32" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="317"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1076" w:type="dxa"/>
+            <w:tcW w:w="1073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4901533C" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve">Proc. Code: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
+            <w:tcW w:w="856" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="52E30CA6" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
@@ -3393,120 +3401,120 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8555" w:type="dxa"/>
-            <w:gridSpan w:val="17"/>
+            <w:tcW w:w="8529" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6B690CB3" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00554E86" w14:paraId="49B9B30C" w14:textId="77777777" w:rsidTr="00913DB7">
+      <w:tr w:rsidR="00554E86" w14:paraId="49B9B30C" w14:textId="77777777" w:rsidTr="004C40F1">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:right w:w="14" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="17" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="32" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="317"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1076" w:type="dxa"/>
+            <w:tcW w:w="1073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="38A322B4" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve"># Units: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
+            <w:tcW w:w="856" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="657718C6" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -3558,127 +3566,127 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8555" w:type="dxa"/>
-            <w:gridSpan w:val="17"/>
+            <w:tcW w:w="8529" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="24FE456A" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00554E86" w14:paraId="2BC23895" w14:textId="77777777" w:rsidTr="00913DB7">
+      <w:tr w:rsidR="00554E86" w14:paraId="2BC23895" w14:textId="77777777" w:rsidTr="004C40F1">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:right w:w="14" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="17" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="32" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="317"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1076" w:type="dxa"/>
+            <w:tcW w:w="1073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7416AE65" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t># Minutes:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
+            <w:tcW w:w="856" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="252D4D22" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
@@ -3731,120 +3739,120 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8555" w:type="dxa"/>
-            <w:gridSpan w:val="17"/>
+            <w:tcW w:w="8529" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="55F4CF51" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00554E86" w14:paraId="6586742C" w14:textId="77777777" w:rsidTr="00913DB7">
+      <w:tr w:rsidR="00554E86" w14:paraId="6586742C" w14:textId="77777777" w:rsidTr="004C40F1">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:right w:w="14" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="17" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="32" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="317"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1076" w:type="dxa"/>
+            <w:tcW w:w="1073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="55018405" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve">DIAG. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
+            <w:tcW w:w="856" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="36329021" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -3894,122 +3902,122 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8555" w:type="dxa"/>
-            <w:gridSpan w:val="17"/>
+            <w:tcW w:w="8529" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4CD0136F" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00554E86" w14:paraId="5FD022BF" w14:textId="77777777" w:rsidTr="00913DB7">
+      <w:tr w:rsidR="00554E86" w14:paraId="5FD022BF" w14:textId="77777777" w:rsidTr="004C40F1">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:right w:w="14" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="17" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="32" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="317"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1076" w:type="dxa"/>
+            <w:tcW w:w="1073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="72239692" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 </w:rPr>
                 <w:t>POS</w:t>
               </w:r>
             </w:smartTag>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
+            <w:tcW w:w="856" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5A545008" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -4061,205 +4069,205 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8555" w:type="dxa"/>
-            <w:gridSpan w:val="17"/>
+            <w:tcW w:w="8529" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6F8F1972" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00554E86" w14:paraId="5BCCF65A" w14:textId="77777777" w:rsidTr="00913DB7">
+      <w:tr w:rsidR="00554E86" w14:paraId="5BCCF65A" w14:textId="77777777" w:rsidTr="004C40F1">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:right w:w="14" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="17" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="32" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="5259"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1076" w:type="dxa"/>
+            <w:tcW w:w="1073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4ED1EECC" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00282D48" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
+            <w:tcW w:w="856" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="66C2FA26" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8555" w:type="dxa"/>
-            <w:gridSpan w:val="17"/>
+            <w:tcW w:w="8529" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="61036F2D" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00554E86" w14:paraId="04EDE181" w14:textId="77777777" w:rsidTr="00913DB7">
+      <w:tr w:rsidR="00554E86" w14:paraId="04EDE181" w14:textId="77777777" w:rsidTr="004C40F1">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:right w:w="14" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="17" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="32" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="390"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1076" w:type="dxa"/>
+            <w:tcW w:w="1073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6113AED7" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="857" w:type="dxa"/>
+            <w:tcW w:w="856" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4B274745" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5530" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -4271,51 +4279,51 @@
           <w:p w14:paraId="3CE601C0" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Signature &amp; Title:</w:t>
             </w:r>
             <w:r w:rsidR="00781897">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text83"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Text83"/>
+            <w:bookmarkStart w:id="15" w:name="Text83"/>
             <w:r w:rsidR="00781897">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00781897">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00781897">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00781897">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00781897">
@@ -4330,91 +4338,91 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00781897">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00781897">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00781897">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
-[...5 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:bookmarkEnd w:id="15"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2999" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5EDDFADD" w14:textId="77777777" w:rsidR="00554E86" w:rsidRDefault="00554E86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Date of Signature:</w:t>
             </w:r>
             <w:r w:rsidR="00781897">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text84"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Text84"/>
+            <w:bookmarkStart w:id="16" w:name="Text84"/>
             <w:r w:rsidR="00781897">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00781897">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00781897">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00781897">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00781897">
@@ -4429,169 +4437,169 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00781897">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00781897">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00781897">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="34F0D6F3" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00D55334" w:rsidRDefault="00554E86" w:rsidP="00D55334">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="10042"/>
         </w:tabs>
         <w:ind w:left="86"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00554E86" w:rsidRPr="00D55334">
-      <w:headerReference w:type="default" r:id="rId7"/>
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0A583589" w14:textId="77777777" w:rsidR="000D4635" w:rsidRDefault="000D4635">
+    <w:p w14:paraId="00EF460C" w14:textId="77777777" w:rsidR="000E2903" w:rsidRDefault="000E2903">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D059D4E" w14:textId="77777777" w:rsidR="000D4635" w:rsidRDefault="000D4635">
+    <w:p w14:paraId="33443780" w14:textId="77777777" w:rsidR="000E2903" w:rsidRDefault="000E2903">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A62814B" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00894B7F" w:rsidRDefault="00554E86">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="10710"/>
       </w:tabs>
       <w:ind w:left="90"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00894B7F">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">ITP </w:t>
     </w:r>
     <w:r w:rsidR="00781897">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -4741,114 +4749,114 @@
     </w:r>
     <w:r w:rsidR="00E3756D">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00894B7F">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27EB8988" w14:textId="77777777" w:rsidR="000D4635" w:rsidRDefault="000D4635">
+    <w:p w14:paraId="171E06C9" w14:textId="77777777" w:rsidR="000E2903" w:rsidRDefault="000E2903">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52B73F57" w14:textId="77777777" w:rsidR="000D4635" w:rsidRDefault="000D4635">
+    <w:p w14:paraId="20C0CF77" w14:textId="77777777" w:rsidR="000E2903" w:rsidRDefault="000E2903">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="429C0BE1" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00894B7F" w:rsidRDefault="00554E86">
     <w:pPr>
       <w:ind w:left="1440" w:right="90" w:hanging="1440"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00894B7F">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve"> North Carolina Department of Health and Human Services</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7780906D" w14:textId="77777777" w:rsidR="00554E86" w:rsidRPr="00894B7F" w:rsidRDefault="005B70BD" w:rsidP="005B70BD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Division of Child and Family Well-Being</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53C14B8A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E6F034A4"/>
     <w:lvl w:ilvl="0" w:tplc="F8D47C9C">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5395,138 +5403,147 @@
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1712336984">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="14961722">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="819931758">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="550576551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1852721893">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="2KDNN+gVwT1oagWUIFhJQ3eX5HL3UKo6hng4Cmp4xLLuOgaHtn+77hJFOS5YFnIbcJgndys0sjl1MsiVk1c/fQ==" w:salt="umcu+1wk883UGBhPUn7K/A=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="G71mL3ph35LRhdLH2VAHE6bqo7D5iNkrwkrLGjBQ0ZBcJs/Sy62knyo2efPkkzx08Q3gNu/nBkh8LYHyB3R7tA==" w:salt="ix+fGoKHM7PdU7wxi71Dgg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002404C2"/>
     <w:rsid w:val="00004AD8"/>
+    <w:rsid w:val="00011C36"/>
     <w:rsid w:val="000D4635"/>
+    <w:rsid w:val="000E2903"/>
     <w:rsid w:val="00157D1F"/>
     <w:rsid w:val="00165188"/>
     <w:rsid w:val="002404C2"/>
     <w:rsid w:val="00252284"/>
     <w:rsid w:val="00280DE7"/>
     <w:rsid w:val="002D29F6"/>
     <w:rsid w:val="003363CE"/>
     <w:rsid w:val="003841C1"/>
+    <w:rsid w:val="00405C47"/>
+    <w:rsid w:val="004C40F1"/>
     <w:rsid w:val="00554E86"/>
     <w:rsid w:val="00593FA7"/>
     <w:rsid w:val="005B70BD"/>
     <w:rsid w:val="0067541A"/>
     <w:rsid w:val="006E4E2F"/>
     <w:rsid w:val="00781897"/>
+    <w:rsid w:val="007E1810"/>
     <w:rsid w:val="00913DB7"/>
     <w:rsid w:val="00982533"/>
+    <w:rsid w:val="00C06356"/>
     <w:rsid w:val="00D55334"/>
     <w:rsid w:val="00E3756D"/>
     <w:rsid w:val="00E56BC1"/>
+    <w:rsid w:val="00E87931"/>
+    <w:rsid w:val="00EF7099"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="stockticker"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4020BA2C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{49772898-C475-407E-91A1-47ABEAFC655A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -5866,72 +5883,72 @@
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005B70BD"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2055079916">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\abbailey\Desktop\ITP%20Website%20Transition%20Workgroup%203\Current%20Docs\DRAFT%20PAGES\4.%20DRAFT%20Staff\C%20NC%20ITP%20Forms\A%20English%20Forms%20%23's%201-%20%2387\73%20Service%20Note%20&amp;%20Billing%20Ticket_v.1.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -6379,111 +6396,137 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="3c095afb-e4be-4faf-96cd-0f879a88bd33" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="156dcef4-3956-40fb-8035-47aafddd599b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F11CE2D7-5B4A-4A81-ADEF-F33827DE96A5}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F11CE2D7-5B4A-4A81-ADEF-F33827DE96A5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="156dcef4-3956-40fb-8035-47aafddd599b"/>
+    <ds:schemaRef ds:uri="3c095afb-e4be-4faf-96cd-0f879a88bd33"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4FC3DFD-F7BB-43C0-B2DC-BEE81C4CA4EE}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEC7A835-D64E-4FA3-8FF8-B3D49FA114C7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3c095afb-e4be-4faf-96cd-0f879a88bd33"/>
+    <ds:schemaRef ds:uri="156dcef4-3956-40fb-8035-47aafddd599b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEC7A835-D64E-4FA3-8FF8-B3D49FA114C7}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4FC3DFD-F7BB-43C0-B2DC-BEE81C4CA4EE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>73 Service Note &amp; Billing Ticket_v.1.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>252</Words>
-  <Characters>1440</Characters>
+  <Words>275</Words>
+  <Characters>1396</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>139</Lines>
+  <Paragraphs>151</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Service Note &amp; Billling Ticket v.1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DEC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1689</CharactersWithSpaces>
+  <CharactersWithSpaces>1520</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Service Note &amp; Billling Ticket v.1</dc:title>
   <dc:subject>1 service note</dc:subject>
   <dc:creator>Bailey, Andrea B.</dc:creator>
   <cp:keywords/>
   <dc:description>Last Revised July 2007</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Service Providers;Fees, Billing, Reimbursement</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">