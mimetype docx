--- v0 (2025-10-16)
+++ v1 (2026-01-05)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="90" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9169"/>
         <w:gridCol w:w="1536"/>
       </w:tblGrid>
       <w:tr w:rsidR="004C59FA" w:rsidRPr="00781897" w14:paraId="12379015" w14:textId="77777777" w:rsidTr="00781BE7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9216" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1AEA9659" w14:textId="77777777" w:rsidR="004C59FA" w:rsidRPr="00781897" w:rsidRDefault="004C59FA" w:rsidP="00781BE7">
             <w:pPr>
               <w:pStyle w:val="Header"/>
@@ -255,98 +255,96 @@
         <w:gridCol w:w="159"/>
         <w:gridCol w:w="129"/>
         <w:gridCol w:w="719"/>
         <w:gridCol w:w="614"/>
         <w:gridCol w:w="343"/>
         <w:gridCol w:w="156"/>
         <w:gridCol w:w="656"/>
         <w:gridCol w:w="1047"/>
         <w:gridCol w:w="1412"/>
       </w:tblGrid>
       <w:tr w:rsidR="00510A7B" w:rsidRPr="00510A7B" w14:paraId="129191FD" w14:textId="77777777" w:rsidTr="004C59FA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2397" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="109938B6" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:right="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r w:rsidRPr="00510A7B">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 </w:rPr>
                 <w:t>ITP</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve"> Provider Agency:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2608" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="61215CD5" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text53"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Text53"/>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
@@ -397,87 +395,85 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1816" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="57F3327E" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:ind w:right="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r w:rsidRPr="00510A7B">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 </w:rPr>
                 <w:t>ITP</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve"> Provider’s Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3614" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="27E4E0D2" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text52"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Text52"/>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
@@ -534,83 +530,81 @@
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00510A7B" w:rsidRPr="00510A7B" w14:paraId="2D1DFAB2" w14:textId="77777777" w:rsidTr="004C59FA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2032" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="759A4523" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:right="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Provider Vendor Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3A5B52B1" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text81"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="20"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text81"/>
@@ -662,83 +656,81 @@
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1722" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5C801742" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:right="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Provider Discipline:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5076" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="39091957" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text54"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Text54"/>
@@ -796,96 +788,94 @@
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00510A7B" w:rsidRPr="00510A7B" w14:paraId="1A87D7D2" w14:textId="77777777" w:rsidTr="004C59FA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2607" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="72273B34" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:right="-121"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>V-Code Assignment [PT/OT/</w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r w:rsidRPr="00510A7B">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 </w:rPr>
                 <w:t>SLT</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>]:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1030" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="66173119" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:left="-115" w:right="-121"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
@@ -942,84 +932,82 @@
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2570" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="22C38BFD" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:left="-25" w:right="-121"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Service Order Date [if applicable]:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="7" w:name="Text56"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="957" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="42DE1EB5" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:ind w:left="-22"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="8"/>
                     <w:format w:val="M/d/yy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -1072,77 +1060,75 @@
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1859" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5E4CEFA0" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:ind w:left="-25" w:right="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Scheduled Frequency:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4891C037" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:ind w:left="-115"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text79"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Text79"/>
@@ -1201,78 +1187,76 @@
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00510A7B" w:rsidRPr="00510A7B" w14:paraId="3258FA6B" w14:textId="77777777" w:rsidTr="004C59FA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1347" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="686F64F5" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Child’s Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3658" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="14810AC2" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="75"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Text59"/>
             <w:r w:rsidRPr="00510A7B">
@@ -1324,102 +1308,91 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2315" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...34 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="358682B4" w14:textId="3A649E5F" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="001F0775">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>CNDS</w:t>
+            </w:r>
+            <w:r w:rsidR="00510A7B" w:rsidRPr="00510A7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00510A7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text60"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="14"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Text60"/>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
@@ -1434,99 +1407,116 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3115" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0450FF26" w14:textId="6E30948C" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00510A7B" w:rsidRPr="00510A7B" w14:paraId="72EA05D6" w14:textId="77777777" w:rsidTr="004C59FA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1683" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1A8BBBC2" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Child’s Date of Birth:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="11" w:name="Text61"/>
+        <w:bookmarkStart w:id="10" w:name="Text61"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3322" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7DAEAFA1" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text61"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
@@ -1565,114 +1555,112 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2315" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3194AF7F" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of Service Coordinator: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3115" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="301D664B" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text75"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Text75"/>
+            <w:bookmarkStart w:id="11" w:name="Text75"/>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
@@ -1687,129 +1675,126 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00510A7B" w:rsidRPr="00510A7B" w14:paraId="65C46CD0" w14:textId="77777777" w:rsidTr="004C59FA">
         <w:trPr>
           <w:trHeight w:val="305"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10435" w:type="dxa"/>
             <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="16EEE499" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>IFSP Outcomes Utilized: [Indicate IFSP Goal/Outcome number and brief description beside each.]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00510A7B" w:rsidRPr="00510A7B" w14:paraId="1D74982F" w14:textId="77777777" w:rsidTr="004C59FA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3B8F6059" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4945" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="067008AF" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:ind w:right="-28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
@@ -1859,78 +1844,76 @@
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1309C698" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="79145E5A" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
@@ -1983,102 +1966,100 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00510A7B" w:rsidRPr="00510A7B" w14:paraId="772C57C6" w14:textId="77777777" w:rsidTr="004C59FA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1CFF15B9" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4945" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="00F11B19" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="text64"/>
+            <w:bookmarkStart w:id="12" w:name="text64"/>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
@@ -2093,88 +2074,86 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3CA94D19" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="45FF88B5" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
@@ -2227,77 +2206,75 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00510A7B" w:rsidRPr="00510A7B" w14:paraId="1BAC6C13" w14:textId="77777777" w:rsidTr="004C59FA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7B3046D4" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4945" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="061A359F" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
@@ -2345,77 +2322,75 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3687B8F4" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0FCF3838" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
@@ -2469,78 +2444,76 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00510A7B" w:rsidRPr="00510A7B" w14:paraId="4CE0A12C" w14:textId="77777777" w:rsidTr="004C59FA">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="40BAE36D" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4945" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5CB3B439" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
@@ -2589,78 +2562,76 @@
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7515D08F" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="00510A7B">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="60EF06B1" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00510A7B" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00510A7B">
               <w:rPr>
@@ -2756,108 +2727,150 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Legend for Place of Service [</w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r w:rsidRPr="005600EA">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:b/>
                   <w:spacing w:val="-12"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>POS</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="005600EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>]:     Home or other community setting = 12     Office = 11     Health Dept. = 71     Rural Health Dept. = 72       [See DMA website for additional codes.]</w:t>
+              <w:t xml:space="preserve">]:     Home or other community setting = 12     Office = 11     Health Dept. = 71     Rural Health Dept. = 72    </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005600EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   [</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005600EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>See DMA website for additional codes.]</w:t>
             </w:r>
             <w:r w:rsidRPr="005600EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005600EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>NOTE:  Each encounter must include [1] date of service, [2] purpose of contact, [3] description of provider’s interventions, and [4] the effectiveness of the interventions, including achievements or measurable progress. The duration of the service [in minutes] must also be included in each service note.</w:t>
+              <w:t>NOTE</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005600EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:  Each</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005600EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> encounter must include [1] date of service, [2] purpose of contact, [3] description of provider’s interventions, and [4] the effectiveness of the interventions, including achievements or measurable progress. The duration of the service [in minutes] must also be included in each service note.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00510A7B" w:rsidRPr="005600EA" w14:paraId="4888D0FE" w14:textId="77777777" w:rsidTr="004C59FA">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1043" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="62FFB5CE" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="005600EA" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005600EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Svc Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="14" w:name="Text80"/>
+        <w:bookmarkStart w:id="13" w:name="Text80"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="06EE85D1" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="005600EA" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005600EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text80"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yy"/>
@@ -2901,54 +2914,54 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005600EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005600EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005600EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
-[...2 lines deleted...]
-        <w:bookmarkStart w:id="15" w:name="Text82"/>
+            <w:bookmarkEnd w:id="13"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="14" w:name="Text82"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8441" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar>
               <w:top w:w="14" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="07905E93" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="005600EA" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text82"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
@@ -2993,81 +3006,89 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00510A7B" w:rsidRPr="005600EA" w14:paraId="11FC132A" w14:textId="77777777" w:rsidTr="004C59FA">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1043" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="43C684D4" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="005600EA" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005600EA">
-[...3 lines deleted...]
-              <w:t>Goal #(s):</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005600EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>Goal #(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005600EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>s):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="31E289B7" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="005600EA" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005600EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -3911,51 +3932,51 @@
             <w:r w:rsidRPr="005600EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Signature &amp; Title:</w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text86"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Text86"/>
+            <w:bookmarkStart w:id="15" w:name="Text86"/>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
@@ -3970,91 +3991,91 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2459" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="64063BD4" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="005600EA" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005600EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Date of Signature:</w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text87"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Text87"/>
+            <w:bookmarkStart w:id="16" w:name="Text87"/>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
@@ -4069,51 +4090,51 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00510A7B" w:rsidRPr="005600EA" w14:paraId="581973EF" w14:textId="77777777" w:rsidTr="004C59FA">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1043" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="45D687DA" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="005600EA" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:right="-144"/>
@@ -4196,51 +4217,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005600EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005600EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005600EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="18" w:name="Text83"/>
+        <w:bookmarkStart w:id="17" w:name="Text83"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8441" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="2F367B00" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="005600EA" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text83"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="1950"/>
                   </w:textInput>
                 </w:ffData>
@@ -4282,81 +4303,89 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00510A7B" w:rsidRPr="005600EA" w14:paraId="4850CF5A" w14:textId="77777777" w:rsidTr="004C59FA">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1043" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="638175DB" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="005600EA" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005600EA">
-[...3 lines deleted...]
-              <w:t>Goal #(s):</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005600EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>Goal #(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005600EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>s):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7893512F" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="005600EA" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005600EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -5200,51 +5229,51 @@
             <w:r w:rsidRPr="005600EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Signature &amp; Title:</w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text88"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Text88"/>
+            <w:bookmarkStart w:id="18" w:name="Text88"/>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
@@ -5259,91 +5288,91 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2459" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="74FCBE1A" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="005600EA" w:rsidRDefault="00510A7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005600EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Date of Signature:</w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text89"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text89"/>
+            <w:bookmarkStart w:id="19" w:name="Text89"/>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
@@ -5358,105 +5387,105 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006A53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="254EE474" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="00BB5DAB" w:rsidRDefault="00510A7B" w:rsidP="00BB5DAB">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:ind w:left="90"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00510A7B" w:rsidRPr="00BB5DAB">
-      <w:headerReference w:type="default" r:id="rId7"/>
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7CB0308A" w14:textId="77777777" w:rsidR="00BB7C3A" w:rsidRDefault="00BB7C3A">
+    <w:p w14:paraId="26CE8BE2" w14:textId="77777777" w:rsidR="009A127D" w:rsidRDefault="009A127D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4156EAC0" w14:textId="77777777" w:rsidR="00BB7C3A" w:rsidRDefault="00BB7C3A">
+    <w:p w14:paraId="138DD3B1" w14:textId="77777777" w:rsidR="009A127D" w:rsidRDefault="009A127D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AGaramond">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -5476,64 +5505,64 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
     <w:altName w:val="맑은 고딕"/>
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="068AC058" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRPr="005229E8" w:rsidRDefault="005229E8" w:rsidP="005229E8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="10710"/>
       </w:tabs>
       <w:ind w:left="90"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00894B7F">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">ITP </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -5657,70 +5686,70 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00894B7F">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2342739F" w14:textId="77777777" w:rsidR="00BB7C3A" w:rsidRDefault="00BB7C3A">
+    <w:p w14:paraId="0912F4E8" w14:textId="77777777" w:rsidR="009A127D" w:rsidRDefault="009A127D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6EC8C835" w14:textId="77777777" w:rsidR="00BB7C3A" w:rsidRDefault="00BB7C3A">
+    <w:p w14:paraId="32486571" w14:textId="77777777" w:rsidR="009A127D" w:rsidRDefault="009A127D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2BA5297A" w14:textId="77777777" w:rsidR="00510A7B" w:rsidRDefault="00510A7B" w:rsidP="004C59FA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="10440"/>
       </w:tabs>
       <w:ind w:right="72"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D21A2C">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">North Carolina </w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -5737,51 +5766,51 @@
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="10440"/>
       </w:tabs>
       <w:ind w:right="72"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Division of Public Health</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53C14B8A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E6F034A4"/>
     <w:lvl w:ilvl="0" w:tplc="F8D47C9C">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6328,134 +6357,143 @@
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="212236524">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="287470907">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="322662294">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1883902900">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="713120776">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="zqgRsgkUuKG2ehj0y7Im20XCWVm2y94JRNcazjQj1P7uHMiZ0OEDXockfuv6qUqw8JfZFLHIlDydDc/6UCOxVg==" w:salt="bkC5eGkEPNkA4zmqdQoPHQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="C3CSUTWEaWemBsvrCZIT7oUyPKyPzDsXSdpYcbSF1HKBWcRM7X6sn6ZSEdM2I9E6rmCDE/HhyLkPIwBesqF4Ww==" w:salt="ir0U3Rq2Xws1tTO6488Ljw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00904E70"/>
     <w:rsid w:val="000131FF"/>
     <w:rsid w:val="00031FAD"/>
     <w:rsid w:val="001700AE"/>
+    <w:rsid w:val="001F0775"/>
     <w:rsid w:val="002171C5"/>
     <w:rsid w:val="002E027F"/>
+    <w:rsid w:val="003E2F40"/>
     <w:rsid w:val="00462CEB"/>
     <w:rsid w:val="00477EDE"/>
     <w:rsid w:val="004C59FA"/>
     <w:rsid w:val="00510A7B"/>
     <w:rsid w:val="005229E8"/>
+    <w:rsid w:val="00575744"/>
     <w:rsid w:val="006A53B1"/>
+    <w:rsid w:val="006F22E9"/>
     <w:rsid w:val="007461BF"/>
     <w:rsid w:val="00904E70"/>
+    <w:rsid w:val="009A127D"/>
     <w:rsid w:val="00B159F7"/>
     <w:rsid w:val="00BB5DAB"/>
     <w:rsid w:val="00BB7C3A"/>
+    <w:rsid w:val="00C06356"/>
     <w:rsid w:val="00D17E66"/>
+    <w:rsid w:val="00D50857"/>
+    <w:rsid w:val="00DE39C0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="stockticker"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7B06BB38"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8CDC4376-8C91-4147-9C10-E7CF0BC02DC3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -6809,57 +6847,57 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodynoIndent">
     <w:name w:val="Body no Indent"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="262" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="AGaramond" w:hAnsi="AGaramond" w:cs="AGaramond"/>
       <w:sz w:val="19"/>
       <w:szCs w:val="19"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00477EDE"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\abbailey\Desktop\ITP%20Website%20Transition%20Workgroup%203\Current%20Docs\DRAFT%20PAGES\4.%20DRAFT%20Staff\C%20NC%20ITP%20Forms\A%20English%20Forms%20%23's%201-%20%2387\75%20Service%20Note%20&amp;%20Billing%20Ticket_v.2.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -7307,111 +7345,137 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="3c095afb-e4be-4faf-96cd-0f879a88bd33" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="156dcef4-3956-40fb-8035-47aafddd599b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC535AF4-3331-4F62-88FE-CC32E6F9A311}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC535AF4-3331-4F62-88FE-CC32E6F9A311}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="156dcef4-3956-40fb-8035-47aafddd599b"/>
+    <ds:schemaRef ds:uri="3c095afb-e4be-4faf-96cd-0f879a88bd33"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4D6A1F8-8415-405C-B7CC-47B6B2D1738A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DFAD220C-1488-4C8D-8809-284C8CE4167F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3c095afb-e4be-4faf-96cd-0f879a88bd33"/>
+    <ds:schemaRef ds:uri="156dcef4-3956-40fb-8035-47aafddd599b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DFAD220C-1488-4C8D-8809-284C8CE4167F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4D6A1F8-8415-405C-B7CC-47B6B2D1738A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>75 Service Note &amp; Billing Ticket_v.2.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>301</Words>
-  <Characters>1719</Characters>
+  <Words>329</Words>
+  <Characters>1670</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>167</Lines>
+  <Paragraphs>181</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>7004-2 SvcNote &amp; BT</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DEC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2016</CharactersWithSpaces>
+  <CharactersWithSpaces>1818</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Service Note &amp; Billing Ticket_v.2</dc:title>
   <dc:subject>2 service notes</dc:subject>
   <dc:creator>Bailey, Andrea B.</dc:creator>
   <cp:keywords/>
   <dc:description>Last Revised July 2007</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Service Providers;Fees, Billing, Reimbursement</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">