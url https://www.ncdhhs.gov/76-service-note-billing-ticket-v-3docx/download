--- v0 (2025-10-16)
+++ v1 (2026-01-05)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="90" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9169"/>
         <w:gridCol w:w="1536"/>
       </w:tblGrid>
       <w:tr w:rsidR="00440758" w:rsidRPr="00781897" w14:paraId="08636C4E" w14:textId="77777777" w:rsidTr="005A6D6C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9216" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4674EB36" w14:textId="77777777" w:rsidR="00440758" w:rsidRPr="00781897" w:rsidRDefault="00440758" w:rsidP="005A6D6C">
             <w:pPr>
               <w:pStyle w:val="Header"/>
@@ -254,96 +254,94 @@
         <w:gridCol w:w="43"/>
         <w:gridCol w:w="102"/>
         <w:gridCol w:w="875"/>
         <w:gridCol w:w="432"/>
         <w:gridCol w:w="648"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="62"/>
         <w:gridCol w:w="1468"/>
         <w:gridCol w:w="1260"/>
       </w:tblGrid>
       <w:tr w:rsidR="00402DDC" w:rsidRPr="00402DDC" w14:paraId="649FEB3D" w14:textId="77777777" w:rsidTr="00440758">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2325" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="238594BA" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r w:rsidRPr="00402DDC">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 </w:rPr>
                 <w:t>ITP</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve"> Provider Agency:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2789" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="56A76774" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text53"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="50"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Text53"/>
@@ -394,86 +392,84 @@
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1703" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6F38BCB5" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r w:rsidRPr="00402DDC">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 </w:rPr>
                 <w:t>ITP</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve"> Provider’s Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3708" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6EAC5759" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text52"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="50"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Text52"/>
@@ -531,81 +527,79 @@
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00402DDC" w:rsidRPr="00402DDC" w14:paraId="34001011" w14:textId="77777777" w:rsidTr="00440758">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2061" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="66107161" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Provider Vendor Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1775" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1FDA777F" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text81"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="20"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Text81"/>
@@ -656,82 +650,80 @@
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1572" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1B271423" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Provider Discipline:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5117" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="453C43C1" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text54"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="35"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text54"/>
@@ -788,96 +780,94 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00402DDC" w:rsidRPr="00402DDC" w14:paraId="18672AC1" w14:textId="77777777" w:rsidTr="00440758">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="01752490" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>V-Code Assignment [PT/OT/</w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r w:rsidRPr="00402DDC">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 </w:rPr>
                 <w:t>SLT</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>]:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1252" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="06084743" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
@@ -933,82 +923,80 @@
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2542" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="06A2897F" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Service Order Date [if applicable]:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="248175EF" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="8"/>
                     <w:format w:val="M/d/yy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -1062,77 +1050,75 @@
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="15960D26" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Scheduled Frequency:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3883191C" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text79"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text79"/>
@@ -1189,76 +1175,74 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00402DDC" w:rsidRPr="00402DDC" w14:paraId="280BB29F" w14:textId="77777777" w:rsidTr="00440758">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1183" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="48DFF0F3" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Child’s Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4182" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="522B7504" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="75"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Text59"/>
@@ -1309,102 +1293,92 @@
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2370" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...34 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6834F304" w14:textId="3843F0B2" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00DA1908" w:rsidP="00402DDC">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>CNDS</w:t>
+            </w:r>
+            <w:r w:rsidR="00402DDC" w:rsidRPr="00402DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00402DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text60"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="14"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text60"/>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
@@ -1419,94 +1393,110 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="525BD51E" w14:textId="2175A306" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00402DDC" w:rsidRPr="00402DDC" w14:paraId="6A20E0DD" w14:textId="77777777" w:rsidTr="00440758">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="63D0459E" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Child’s Date of Birth:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="10" w:name="Text61"/>
+        <w:bookmarkStart w:id="9" w:name="Text61"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3655" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="480B9FA8" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text61"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:maxLength w:val="8"/>
                     <w:format w:val="M/d/yy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -1547,112 +1537,110 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2370" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="00F8C108" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of Service Coordinator: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="621210F1" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text75"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="25"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Text75"/>
+            <w:bookmarkStart w:id="10" w:name="Text75"/>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
@@ -1667,129 +1655,126 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00402DDC" w:rsidRPr="00402DDC" w14:paraId="0B9E5D6E" w14:textId="77777777" w:rsidTr="00440758">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10525" w:type="dxa"/>
             <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0A5F787F" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>IFSP Outcomes Utilized: [Indicate IFSP Goal/Outcome number and brief description beside each.]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00402DDC" w:rsidRPr="00402DDC" w14:paraId="2260E619" w14:textId="77777777" w:rsidTr="008F78F1">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="254" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="55730EC4" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4956" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3A0A4BD2" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
@@ -1858,81 +1843,79 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="380B903B" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2EA8F237" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
@@ -2007,109 +1990,107 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00402DDC" w:rsidRPr="00402DDC" w14:paraId="47B692ED" w14:textId="77777777" w:rsidTr="008F78F1">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="254" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7A6816CF" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4956" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="063FF937" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="text64"/>
+            <w:bookmarkStart w:id="11" w:name="text64"/>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
@@ -2142,91 +2123,89 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5F4869C0" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="780DE27B" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
@@ -2301,80 +2280,78 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00402DDC" w:rsidRPr="00402DDC" w14:paraId="67514023" w14:textId="77777777" w:rsidTr="008F78F1">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="254" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="422F6CE2" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4956" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3070EB53" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
@@ -2443,81 +2420,79 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7700A518" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6ECA70AB" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
@@ -2593,81 +2568,79 @@
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00402DDC" w:rsidRPr="00402DDC" w14:paraId="5665894B" w14:textId="77777777" w:rsidTr="008F78F1">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="254" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="33166DD6" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4956" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7E806C87" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
@@ -2737,82 +2710,80 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1FD06351" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC" w:rsidP="00402DDC">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="187EE009" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00402DDC" w:rsidRDefault="00402DDC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="70"/>
                   </w:textInput>
                 </w:ffData>
@@ -2942,69 +2913,111 @@
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Legend for Place of Service [</w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:b/>
                   <w:spacing w:val="-12"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
                 <w:t>POS</w:t>
               </w:r>
             </w:smartTag>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>]:    Home or other community setting = 12    Office = 11    Health Dept. = 71    Rural Health Dept. = 72     [See DMA website for additional codes.]</w:t>
+              <w:t xml:space="preserve">]:    Home or other community setting = 12    Office = 11    Health Dept. = 71    Rural Health Dept. = 72  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   [</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>See DMA website for additional codes.]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>NOTE:  Each encounter must include [1] date of service, [2] purpose of contact, [3] description of provider’s interventions, and [4] the effectiveness of the interventions, including achievements or measurable progress. The duration of the service [in minutes] must also be included in each service note.</w:t>
+              <w:t>NOTE</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:i/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>:  Each</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:i/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> encounter must include [1] date of service, [2] purpose of contact, [3] description of provider’s interventions, and [4] the effectiveness of the interventions, including achievements or measurable progress. The duration of the service [in minutes] must also be included in each service note.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00402DDC" w14:paraId="6532D1BE" w14:textId="77777777" w:rsidTr="00440758">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="929" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -3018,51 +3031,51 @@
               <w:left w:w="43" w:type="dxa"/>
               <w:right w:w="29" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="411DF096" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRDefault="00402DDC">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Svc Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="13" w:name="Text80"/>
+        <w:bookmarkStart w:id="12" w:name="Text80"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="903" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="34A37738" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRDefault="00402DDC">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -3112,54 +3125,54 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
-[...2 lines deleted...]
-        <w:bookmarkStart w:id="14" w:name="Text83"/>
+            <w:bookmarkEnd w:id="12"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="13" w:name="Text83"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8693" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7E21792E" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRDefault="00402DDC">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text83"/>
@@ -3207,100 +3220,108 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00402DDC" w14:paraId="0AE249ED" w14:textId="77777777" w:rsidTr="00440758">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="929" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="43" w:type="dxa"/>
               <w:right w:w="29" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="69A565EC" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRDefault="00402DDC">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Goal #(s):</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>Goal #(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>s):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="903" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="09441143" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRDefault="00402DDC">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -4230,51 +4251,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t>Signature &amp; Title:</w:t>
             </w:r>
             <w:r w:rsidR="00AE4378">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AE4378">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text84"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Text84"/>
+            <w:bookmarkStart w:id="14" w:name="Text84"/>
             <w:r w:rsidR="00AE4378">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00AE4378">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00AE4378">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AE4378">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AE4378">
@@ -4289,51 +4310,51 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AE4378">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AE4378">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AE4378">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2728" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="53F893C9" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRDefault="00402DDC">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
@@ -4680,55 +4701,63 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="929" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="43" w:type="dxa"/>
               <w:right w:w="29" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="03ED2C6B" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRDefault="00402DDC">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Goal #(s):</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>Goal #(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>s):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="903" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3CCDC875" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRDefault="00402DDC">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -6106,55 +6135,63 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="929" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="43" w:type="dxa"/>
               <w:right w:w="29" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7DF4CBEB" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRDefault="00402DDC">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Goal #(s):</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>Goal #(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>s):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="903" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="333FF1C7" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRDefault="00402DDC">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -7532,55 +7569,63 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="929" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="43" w:type="dxa"/>
               <w:right w:w="29" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="61A34917" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRDefault="00402DDC">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Goal #(s):</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>Goal #(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>s):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="903" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5037F2B0" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRDefault="00402DDC">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -8688,87 +8733,87 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AE4378">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5638DCF3" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="00CB5F07" w:rsidRDefault="00402DDC" w:rsidP="00CB5F07">
       <w:pPr>
         <w:ind w:left="-1714" w:firstLine="1714"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00402DDC" w:rsidRPr="00CB5F07">
-      <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0014E018" w14:textId="77777777" w:rsidR="002036F2" w:rsidRDefault="002036F2">
+    <w:p w14:paraId="343D7241" w14:textId="77777777" w:rsidR="0039667E" w:rsidRDefault="0039667E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="72A1C7A4" w14:textId="77777777" w:rsidR="002036F2" w:rsidRDefault="002036F2">
+    <w:p w14:paraId="3D36A487" w14:textId="77777777" w:rsidR="0039667E" w:rsidRDefault="0039667E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -8780,64 +8825,64 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
     <w:altName w:val="맑은 고딕"/>
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3D039F12" w14:textId="77777777" w:rsidR="00402DDC" w:rsidRPr="008F78F1" w:rsidRDefault="008F78F1" w:rsidP="008F78F1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="10710"/>
       </w:tabs>
       <w:ind w:left="90"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00894B7F">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">ITP </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -8977,113 +9022,113 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00894B7F">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22F94662" w14:textId="77777777" w:rsidR="002036F2" w:rsidRDefault="002036F2">
+    <w:p w14:paraId="39178C95" w14:textId="77777777" w:rsidR="0039667E" w:rsidRDefault="0039667E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="425EE149" w14:textId="77777777" w:rsidR="002036F2" w:rsidRDefault="002036F2">
+    <w:p w14:paraId="571BFC50" w14:textId="77777777" w:rsidR="0039667E" w:rsidRDefault="0039667E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="029CA585" w14:textId="77777777" w:rsidR="008F78F1" w:rsidRDefault="008F78F1" w:rsidP="008F78F1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>North Carolina Department of Health and Human Services</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4E8685E7" w14:textId="77777777" w:rsidR="008F78F1" w:rsidRPr="008F78F1" w:rsidRDefault="00F51905" w:rsidP="00F51905">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Division of Child and Family Well-Being</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53C14B8A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E6F034A4"/>
     <w:lvl w:ilvl="0" w:tplc="F8D47C9C">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9630,137 +9675,144 @@
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1946962327">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="164781751">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="889878137">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1230535952">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1418747705">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="nm7viUzN/dp6edqsEmyE7XH0Yyv2zrraQV03iUE/pBvjoAz8xjU3po0c+gDz0QJ7UaZRejL0gR3HN+U4ceEEZQ==" w:salt="p+A2BmEyyaKGaMVQ20VTQQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="rfpd696IfNYY7v7gODXMCzcyQeZxldl72j64pOCrHwF0vBuz2hM63KFfqYzzD1UCGWgEdOU7le1RLypHBUBSDw==" w:salt="+Ma37Sj2SMxxxGlL6ZcTew=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00970E64"/>
     <w:rsid w:val="002036F2"/>
     <w:rsid w:val="00220596"/>
     <w:rsid w:val="002A44E9"/>
     <w:rsid w:val="002C4509"/>
+    <w:rsid w:val="0039667E"/>
     <w:rsid w:val="00402DDC"/>
     <w:rsid w:val="00440758"/>
     <w:rsid w:val="0049784F"/>
+    <w:rsid w:val="00681CB7"/>
     <w:rsid w:val="008A7CDC"/>
     <w:rsid w:val="008E76A8"/>
     <w:rsid w:val="008F78F1"/>
     <w:rsid w:val="00970E64"/>
+    <w:rsid w:val="009C4DF6"/>
+    <w:rsid w:val="009F59F1"/>
     <w:rsid w:val="00A51EBF"/>
     <w:rsid w:val="00AE4378"/>
     <w:rsid w:val="00B21341"/>
     <w:rsid w:val="00B925B7"/>
+    <w:rsid w:val="00C06356"/>
     <w:rsid w:val="00CB5F07"/>
     <w:rsid w:val="00D93E30"/>
+    <w:rsid w:val="00DA1908"/>
     <w:rsid w:val="00E74A27"/>
     <w:rsid w:val="00ED6D89"/>
     <w:rsid w:val="00F51905"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="stockticker"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="76A479DB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{99DE61AC-F83D-4105-8B48-C92F0ABB6920}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -10100,57 +10152,57 @@
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F51905"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\abbailey\Desktop\ITP%20Website%20Transition%20Workgroup%203\Current%20Docs\DRAFT%20PAGES\4.%20DRAFT%20Staff\C%20NC%20ITP%20Forms\A%20English%20Forms%20%23's%201-%20%2387\76%20Service%20Note%20&amp;%20Billing%20Ticket_v.3.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -10425,54 +10477,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100199EBDCB8CDD6447A2CDD64A9A9A9DB9" ma:contentTypeVersion="8" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="90361c00f15bcbbf7d11835bc527ef5d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="156dcef4-3956-40fb-8035-47aafddd599b" xmlns:ns3="3c095afb-e4be-4faf-96cd-0f879a88bd33" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4592986bb9014a8539b90a36ee69f522" ns2:_="" ns3:_="">
     <xsd:import namespace="156dcef4-3956-40fb-8035-47aafddd599b"/>
     <xsd:import namespace="3c095afb-e4be-4faf-96cd-0f879a88bd33"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="156dcef4-3956-40fb-8035-47aafddd599b" elementFormDefault="qualified">
@@ -10605,120 +10653,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="3c095afb-e4be-4faf-96cd-0f879a88bd33" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="156dcef4-3956-40fb-8035-47aafddd599b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97DBB633-C43F-4CB5-85B4-E8A7816DED3E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="156dcef4-3956-40fb-8035-47aafddd599b"/>
+    <ds:schemaRef ds:uri="3c095afb-e4be-4faf-96cd-0f879a88bd33"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DF3869E-22D7-4416-B158-36A38ABB35BA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6AFF222-3ECB-4FB5-84AA-BF33D0A42729}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3c095afb-e4be-4faf-96cd-0f879a88bd33"/>
+    <ds:schemaRef ds:uri="156dcef4-3956-40fb-8035-47aafddd599b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14FEE193-815F-496B-AA1C-D75110DEB50D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>76 Service Note &amp; Billing Ticket_v.3.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>393</Words>
-  <Characters>2244</Characters>
+  <Words>423</Words>
+  <Characters>2193</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>219</Lines>
+  <Paragraphs>201</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>7004-3 SvcNote &amp; BT</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DEC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2632</CharactersWithSpaces>
+  <CharactersWithSpaces>2415</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Service Note &amp; Billing Ticket_v.3</dc:title>
   <dc:subject>3 service notes</dc:subject>
   <dc:creator>Bailey, Andrea B.</dc:creator>
   <cp:keywords/>
   <dc:description>Last Revised July 2007</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Service Providers;Fees, Billing, Reimbursement</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">