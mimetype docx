--- v0 (2026-01-14)
+++ v1 (2026-03-01)
@@ -159,111 +159,111 @@
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7BAC9DD2" w14:textId="50F42138" w:rsidR="000E3E70" w:rsidRDefault="000E3E70">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Consent for Video of </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E1635D8" w14:textId="00D4068D" w:rsidR="000E3E70" w:rsidRPr="000E3E70" w:rsidRDefault="000E3E70" w:rsidP="000E3E70">
+    <w:p w14:paraId="3E1635D8" w14:textId="0CB096E5" w:rsidR="000E3E70" w:rsidRPr="000E3E70" w:rsidRDefault="000E3E70" w:rsidP="000E3E70">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Evidenced-Based Practices</w:t>
+        <w:t>Evidence-Based Practices</w:t>
       </w:r>
       <w:r w:rsidR="003C25E0" w:rsidRPr="006C3A40">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4763ED21" w14:textId="77777777" w:rsidR="000E3E70" w:rsidRDefault="000E3E70" w:rsidP="00ED4379">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E61252F" w14:textId="430B2EB9" w:rsidR="000E3E70" w:rsidRDefault="00FE7A0C" w:rsidP="00ED4379">
+    <w:p w14:paraId="0E61252F" w14:textId="6D9992B3" w:rsidR="000E3E70" w:rsidRDefault="00FE7A0C" w:rsidP="00ED4379">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C3A40">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
       <w:r w:rsidR="003C25E0" w:rsidRPr="006C3A40">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>ou are being included in training</w:t>
       </w:r>
       <w:r w:rsidR="0023672A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of the following evidenced-based practice(s)</w:t>
+        <w:t xml:space="preserve"> of the following evidence-based practice(s)</w:t>
       </w:r>
       <w:r w:rsidR="000E3E70">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E378E60" w14:textId="77777777" w:rsidR="000E3E70" w:rsidRDefault="000E3E70" w:rsidP="000E3E70">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -458,100 +458,104 @@
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0023672A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Circle of Security Parenting (COSP)</w:t>
       </w:r>
       <w:r w:rsidR="78ECECBD" w:rsidRPr="0023672A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Facilitator Training</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EB03D49" w14:textId="7DD4133A" w:rsidR="00D86901" w:rsidRPr="000E3E70" w:rsidRDefault="003C25E0" w:rsidP="000E3E70">
+    <w:p w14:paraId="1EB03D49" w14:textId="3C45E8BD" w:rsidR="00D86901" w:rsidRPr="000E3E70" w:rsidRDefault="003C25E0" w:rsidP="000E3E70">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C3A40">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">We are asking you to grant permission to have the sessions </w:t>
       </w:r>
       <w:r w:rsidR="000E3E70" w:rsidRPr="006C3A40">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>video recorded</w:t>
       </w:r>
       <w:r w:rsidRPr="006C3A40">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D86901" w:rsidRPr="006C3A40">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> The video</w:t>
+      </w:r>
+      <w:r w:rsidR="007F6610">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00D86901" w:rsidRPr="006C3A40">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
-        <w:t>videorecording</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> will be used for the following purpose</w:t>
+        <w:t>recording will be used for the following purpose</w:t>
       </w:r>
       <w:r w:rsidR="000E3E70">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="007F6610">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A2BEA5D" w14:textId="77777777" w:rsidR="00D86901" w:rsidRDefault="00D86901" w:rsidP="00ED4379">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="547"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C3A40">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>Provide supervision for effectively implementing the intervention.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32AC1F7E" w14:textId="74197790" w:rsidR="000E3E70" w:rsidRPr="006C3A40" w:rsidRDefault="000E3E70" w:rsidP="00ED4379">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -606,76 +610,86 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C3A40">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">I hereby </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006C3A40">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>give</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006C3A40">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve"> the right and permission to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51A3E93A" w14:textId="562D568B" w:rsidR="003C25E0" w:rsidRPr="006C3A40" w:rsidRDefault="003C25E0" w:rsidP="00ED4379">
+    <w:p w14:paraId="51A3E93A" w14:textId="415030F7" w:rsidR="003C25E0" w:rsidRPr="006C3A40" w:rsidRDefault="003C25E0" w:rsidP="00ED4379">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="547"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C3A40">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
-        <w:t xml:space="preserve">Share the </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Share the video</w:t>
+      </w:r>
+      <w:r w:rsidR="007F6610">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006C3A40">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
-        <w:t>videorecorded</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>record</w:t>
+      </w:r>
+      <w:r w:rsidR="007F6610">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
       <w:r w:rsidRPr="006C3A40">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve"> sessions with</w:t>
       </w:r>
       <w:r w:rsidR="007B2136" w:rsidRPr="006C3A40">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidRPr="006C3A40">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000E3E70">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text112"/>
@@ -2818,58 +2832,58 @@
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004466CE" w:rsidRPr="004466CE" w:rsidSect="00ED4379">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1296" w:bottom="720" w:left="1296" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="24" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22E0F1D2" w14:textId="77777777" w:rsidR="00A228AC" w:rsidRDefault="00A228AC">
+    <w:p w14:paraId="70D5B6B7" w14:textId="77777777" w:rsidR="00FA5CF7" w:rsidRDefault="00FA5CF7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4D8398F8" w14:textId="77777777" w:rsidR="00A228AC" w:rsidRDefault="00A228AC">
+    <w:p w14:paraId="1F7EA17B" w14:textId="77777777" w:rsidR="00FA5CF7" w:rsidRDefault="00FA5CF7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2926,51 +2940,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
     <w:altName w:val="맑은 고딕"/>
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2730EC02" w14:textId="700669DC" w:rsidR="003C25E0" w:rsidRPr="00C75DC4" w:rsidRDefault="004C7A4B" w:rsidP="003E67FE">
+  <w:p w14:paraId="2730EC02" w14:textId="435B9AB4" w:rsidR="003C25E0" w:rsidRPr="00C75DC4" w:rsidRDefault="004C7A4B" w:rsidP="003E67FE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="9630"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">NC ITP </w:t>
     </w:r>
     <w:r w:rsidR="004466CE">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="20"/>
@@ -2995,50 +3009,58 @@
       <w:t xml:space="preserve">Video </w:t>
     </w:r>
     <w:r w:rsidR="003E67FE" w:rsidRPr="000659C2">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Release (</w:t>
     </w:r>
     <w:r w:rsidR="004466CE">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>12/25</w:t>
     </w:r>
     <w:r w:rsidR="003E67FE" w:rsidRPr="000659C2">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">) </w:t>
+    </w:r>
+    <w:r w:rsidR="00231248">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>R (2/26)</w:t>
     </w:r>
     <w:r w:rsidR="003E67FE" w:rsidRPr="000659C2">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="003E67FE" w:rsidRPr="00C75DC4">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidR="003E67FE" w:rsidRPr="00C75DC4">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -3107,58 +3129,58 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="003E67FE" w:rsidRPr="00C75DC4">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="003E67FE" w:rsidRPr="00C75DC4">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E7DB596" w14:textId="77777777" w:rsidR="00A228AC" w:rsidRDefault="00A228AC">
+    <w:p w14:paraId="3728B9F5" w14:textId="77777777" w:rsidR="00FA5CF7" w:rsidRDefault="00FA5CF7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B7F804E" w14:textId="77777777" w:rsidR="00A228AC" w:rsidRDefault="00A228AC">
+    <w:p w14:paraId="3A73AB4D" w14:textId="77777777" w:rsidR="00FA5CF7" w:rsidRDefault="00FA5CF7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2C933E07" w14:textId="77777777" w:rsidR="00037D3B" w:rsidRPr="00E43005" w:rsidRDefault="00037D3B" w:rsidP="00037D3B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:right="54"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E43005">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="20"/>
@@ -4929,156 +4951,161 @@
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1368867503">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="856390892">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="701177324">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="863834739">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="486093422">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="rHE4H7X/Sj7EsuAzRHdJzDl+0dsRV2d/qtAGeHI1/VPMPJvQeuULPKJ/Mo+UTEdbs3eU5mLuRkoHcCBnxgZpQw==" w:salt="8fsDiMGMyeHTChc1CowqdA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="zIsWr//mAGTD34+ml3c5s6LbbAAK7+KBBMJ3GWFYu87Xhp92/EzBf4mrUGQ3eoPbxMac4zJziISFlILBkvI8Bg==" w:salt="aL+hBlZjhRyDrFTYCzc9Kw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000E3E70"/>
     <w:rsid w:val="0000290F"/>
     <w:rsid w:val="00037D3B"/>
     <w:rsid w:val="000547C5"/>
     <w:rsid w:val="000659C2"/>
     <w:rsid w:val="000817DE"/>
     <w:rsid w:val="000E06C3"/>
     <w:rsid w:val="000E3A84"/>
     <w:rsid w:val="000E3E70"/>
     <w:rsid w:val="00135B78"/>
     <w:rsid w:val="0015757D"/>
     <w:rsid w:val="001E77C1"/>
     <w:rsid w:val="002034F1"/>
     <w:rsid w:val="00217B87"/>
     <w:rsid w:val="00221D18"/>
+    <w:rsid w:val="00231248"/>
     <w:rsid w:val="0023672A"/>
     <w:rsid w:val="0028659D"/>
     <w:rsid w:val="00291282"/>
+    <w:rsid w:val="002A0353"/>
     <w:rsid w:val="002B387E"/>
     <w:rsid w:val="002B7B84"/>
     <w:rsid w:val="00327D8E"/>
     <w:rsid w:val="00366DAE"/>
     <w:rsid w:val="003B5B2A"/>
     <w:rsid w:val="003C25E0"/>
     <w:rsid w:val="003D5F1C"/>
     <w:rsid w:val="003E67FE"/>
     <w:rsid w:val="004466CE"/>
     <w:rsid w:val="004501FC"/>
     <w:rsid w:val="00492A4B"/>
     <w:rsid w:val="004C20E8"/>
     <w:rsid w:val="004C7A4B"/>
     <w:rsid w:val="00500CC3"/>
     <w:rsid w:val="00513B9E"/>
     <w:rsid w:val="00514720"/>
     <w:rsid w:val="00544485"/>
     <w:rsid w:val="0054464F"/>
     <w:rsid w:val="005C40B1"/>
     <w:rsid w:val="005E4ABC"/>
     <w:rsid w:val="005F4CC2"/>
     <w:rsid w:val="00603FD7"/>
     <w:rsid w:val="00611AC7"/>
+    <w:rsid w:val="006424D9"/>
     <w:rsid w:val="00691B74"/>
     <w:rsid w:val="006C3A40"/>
     <w:rsid w:val="006E7938"/>
     <w:rsid w:val="006F7AE2"/>
     <w:rsid w:val="00742FF8"/>
     <w:rsid w:val="00761E0F"/>
     <w:rsid w:val="007B2136"/>
     <w:rsid w:val="007B4B35"/>
     <w:rsid w:val="007E7B8A"/>
+    <w:rsid w:val="007F6610"/>
     <w:rsid w:val="00850637"/>
     <w:rsid w:val="00860024"/>
     <w:rsid w:val="008C4E2E"/>
     <w:rsid w:val="008D3DC0"/>
     <w:rsid w:val="00981509"/>
     <w:rsid w:val="009A5D70"/>
     <w:rsid w:val="009E2478"/>
     <w:rsid w:val="009E5B5B"/>
     <w:rsid w:val="009E626A"/>
     <w:rsid w:val="00A04553"/>
     <w:rsid w:val="00A11096"/>
     <w:rsid w:val="00A228AC"/>
     <w:rsid w:val="00A803B3"/>
     <w:rsid w:val="00AD3247"/>
     <w:rsid w:val="00BF236F"/>
     <w:rsid w:val="00C17219"/>
     <w:rsid w:val="00C326DF"/>
     <w:rsid w:val="00C75DC4"/>
     <w:rsid w:val="00C85D1A"/>
     <w:rsid w:val="00CD5718"/>
     <w:rsid w:val="00D04B2F"/>
     <w:rsid w:val="00D20156"/>
     <w:rsid w:val="00D246D0"/>
     <w:rsid w:val="00D255BA"/>
     <w:rsid w:val="00D53A36"/>
     <w:rsid w:val="00D86901"/>
     <w:rsid w:val="00D93485"/>
     <w:rsid w:val="00D959EA"/>
     <w:rsid w:val="00DB43A1"/>
     <w:rsid w:val="00DD3C8A"/>
     <w:rsid w:val="00E675C2"/>
     <w:rsid w:val="00EC46C9"/>
     <w:rsid w:val="00ED4379"/>
     <w:rsid w:val="00F30A28"/>
     <w:rsid w:val="00F372BE"/>
     <w:rsid w:val="00F567EB"/>
+    <w:rsid w:val="00FA5CF7"/>
     <w:rsid w:val="00FA604B"/>
     <w:rsid w:val="00FB2051"/>
     <w:rsid w:val="00FC5C41"/>
     <w:rsid w:val="00FE7A0C"/>
     <w:rsid w:val="00FF5450"/>
     <w:rsid w:val="5CD6766F"/>
     <w:rsid w:val="78ECECBD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
@@ -6001,50 +6028,65 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A7BCFC6B22AD6442A8AC2D52DC4BEA65" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0e3cd88e14dfff0a29fa031c0fdf2c38">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="570fe431-bf55-4064-a205-612032e3e71e" xmlns:ns3="c3d8ea7b-983a-413c-b71d-cb776c5e2e9a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="417cb9a564aec14997fa22f0ebcdaad1" ns2:_="" ns3:_="">
     <xsd:import namespace="570fe431-bf55-4064-a205-612032e3e71e"/>
     <xsd:import namespace="c3d8ea7b-983a-413c-b71d-cb776c5e2e9a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="570fe431-bf55-4064-a205-612032e3e71e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -6177,116 +6219,101 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC68B962-382F-4105-8C40-4B229D4DBAED}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB07FE7B-6334-4672-8C20-ABAA06FB5D86}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F44BE69A-8075-4BBC-9D72-D25A4C3EA299}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="570fe431-bf55-4064-a205-612032e3e71e"/>
     <ds:schemaRef ds:uri="c3d8ea7b-983a-413c-b71d-cb776c5e2e9a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Consent for Infant Caregiver Project English.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>299</Words>
-  <Characters>1411</Characters>
+  <Words>259</Words>
+  <Characters>1452</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>90</Lines>
+  <Paragraphs>55</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>University of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1679</CharactersWithSpaces>
+  <CharactersWithSpaces>1656</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Infant Caregiver Project Video Release</dc:title>
   <dc:subject/>
   <dc:creator>Bailey, Andrea B</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A7BCFC6B22AD6442A8AC2D52DC4BEA65</vt:lpwstr>
   </property>