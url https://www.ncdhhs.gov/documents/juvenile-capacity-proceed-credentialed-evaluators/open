--- v0 (2025-10-08)
+++ v1 (2025-11-11)
@@ -1,83 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ncconnect-my.sharepoint.com/personal/robert_cochrane_dhhs_nc_gov/Documents/Bob.C/Forensic Manual and website/Website documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="100" documentId="13_ncr:1_{2A66056A-315D-4C29-8B82-2E8D42BCC0B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6E608173-1D82-479D-A4A4-696CEF765856}"/>
+  <xr:revisionPtr revIDLastSave="108" documentId="13_ncr:1_{2A66056A-315D-4C29-8B82-2E8D42BCC0B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9FCE0B59-7DE3-4D3B-A852-7EEF6457E731}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{EDB89FD9-E847-4FFF-B716-C1C4B6310A05}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{EDB89FD9-E847-4FFF-B716-C1C4B6310A05}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="185" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="140">
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Business Phone</t>
   </si>
   <si>
     <t>Business Name and Address</t>
   </si>
   <si>
     <t>Radson</t>
   </si>
   <si>
     <t>Robert</t>
   </si>
   <si>
     <t>Strzelecki</t>
   </si>
   <si>
@@ -360,53 +364,50 @@
   <si>
     <t>David</t>
   </si>
   <si>
     <t>david.bartholomew@dhhs.nc.gov</t>
   </si>
   <si>
     <t>828-608-4332</t>
   </si>
   <si>
     <t>Burke</t>
   </si>
   <si>
     <t>Broughton Hospital, 1000 South Sterling Street, Morganton, NC, 28655</t>
   </si>
   <si>
     <t>dr.z.psy@gmail.com</t>
   </si>
   <si>
     <t>704-951-4170</t>
   </si>
   <si>
     <t>mina.ratkalkar@dhhs.nc.gov</t>
   </si>
   <si>
-    <t xml:space="preserve"> </t>
-[...1 lines deleted...]
-  <si>
     <t>Central Regional Hospital 300 Veazey Road, Butner, NC 27509</t>
   </si>
   <si>
     <t>Williams</t>
   </si>
   <si>
     <t>Hugh</t>
   </si>
   <si>
     <t>Bennett</t>
   </si>
   <si>
     <t>Carol</t>
   </si>
   <si>
     <t>Lewis</t>
   </si>
   <si>
     <t>Douglas</t>
   </si>
   <si>
     <t>gwilliams@cccommunicare.org</t>
   </si>
   <si>
     <t>clay.psychservices@gmail.com</t>
@@ -475,50 +476,66 @@
   <si>
     <t>Positive Life Changes
 2424 Commerce Road
 Jacksonville, NC 28546-7505</t>
   </si>
   <si>
     <t>Onslow</t>
   </si>
   <si>
     <t>Cochran</t>
   </si>
   <si>
     <t>Andrea</t>
   </si>
   <si>
     <t>andrea.cochran@mecklenburgcountync.gov</t>
   </si>
   <si>
     <t>980-314-1759</t>
   </si>
   <si>
     <t>Mecklenburg County 
 Criminal Justice Services, Forensic Evaluations Unit
 715 East 4th Street
 Charlotte, NC 28202</t>
+  </si>
+  <si>
+    <t>Ohler</t>
+  </si>
+  <si>
+    <t>Lindsey</t>
+  </si>
+  <si>
+    <t>lohler@lepageassociates.com</t>
+  </si>
+  <si>
+    <t>919-572-0000</t>
+  </si>
+  <si>
+    <t>5842 Fayetteville Rd, Suite 106
+Durham, NC 27713</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
@@ -628,51 +645,51 @@
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -935,51 +952,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clay.psychservices@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gwilliams@cccommunicare.org" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4A1F9831-0811-42DF-A64E-90C2BDAC0FE6}">
   <dimension ref="A1:BX24"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" zoomScalePageLayoutView="140" workbookViewId="0">
-      <selection activeCell="I23" sqref="I23"/>
+      <selection activeCell="G28" sqref="G28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.77734375" style="4" customWidth="1"/>
     <col min="2" max="2" width="11.44140625" style="4" customWidth="1"/>
     <col min="3" max="3" width="6.88671875" style="4" customWidth="1"/>
     <col min="4" max="4" width="33.44140625" style="4" customWidth="1"/>
     <col min="5" max="5" width="16.44140625" style="7" customWidth="1"/>
     <col min="6" max="6" width="15.109375" style="6" customWidth="1"/>
     <col min="7" max="7" width="89.88671875" style="4" customWidth="1"/>
     <col min="8" max="8" width="13.77734375" style="7" customWidth="1"/>
     <col min="9" max="16384" width="8.88671875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:76" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>37</v>
       </c>
@@ -1169,51 +1186,51 @@
       </c>
       <c r="H5" s="12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:76" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="11" t="s">
         <v>39</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>100</v>
       </c>
       <c r="E6" s="12" t="s">
         <v>28</v>
       </c>
       <c r="F6" s="10" t="s">
         <v>67</v>
       </c>
       <c r="G6" s="13" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="H6" s="12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:76" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="11" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="11" t="s">
         <v>41</v>
       </c>
       <c r="D7" s="11" t="s">
         <v>29</v>
       </c>
       <c r="E7" s="12" t="s">
         <v>58</v>
       </c>
       <c r="F7" s="10" t="s">
         <v>65</v>
       </c>
       <c r="G7" s="11" t="s">
@@ -1273,51 +1290,51 @@
       </c>
       <c r="H9" s="12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:76" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
         <v>43</v>
       </c>
       <c r="B10" s="11" t="s">
         <v>44</v>
       </c>
       <c r="C10" s="11" t="s">
         <v>39</v>
       </c>
       <c r="D10" s="11" t="s">
         <v>49</v>
       </c>
       <c r="E10" s="12" t="s">
         <v>50</v>
       </c>
       <c r="F10" s="10" t="s">
         <v>67</v>
       </c>
       <c r="G10" s="13" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="H10" s="12" t="s">
         <v>36</v>
       </c>
       <c r="I10" s="11"/>
     </row>
     <row r="11" spans="1:76" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
         <v>45</v>
       </c>
       <c r="B11" s="11" t="s">
         <v>46</v>
       </c>
       <c r="C11" s="11" t="s">
         <v>39</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>52</v>
       </c>
       <c r="E11" s="12" t="s">
         <v>57</v>
       </c>
       <c r="F11" s="10" t="s">
         <v>65</v>
       </c>
@@ -1466,243 +1483,543 @@
       </c>
       <c r="B17" s="11" t="s">
         <v>93</v>
       </c>
       <c r="C17" s="11" t="s">
         <v>91</v>
       </c>
       <c r="D17" s="11" t="s">
         <v>94</v>
       </c>
       <c r="E17" s="12" t="s">
         <v>95</v>
       </c>
       <c r="F17" s="6" t="s">
         <v>96</v>
       </c>
       <c r="G17" s="11" t="s">
         <v>97</v>
       </c>
       <c r="H17" s="7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
+        <v>102</v>
+      </c>
+      <c r="B18" s="11" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="C18" s="11" t="s">
         <v>42</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E18" s="12" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F18" s="10" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="G18" s="11" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="H18" s="12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
+        <v>104</v>
+      </c>
+      <c r="B19" s="11" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="C19" s="11" t="s">
         <v>38</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E19" s="12" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F19" s="10" t="s">
         <v>69</v>
       </c>
       <c r="G19" s="11" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="H19" s="12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="B20" s="11" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="C20" s="11" t="s">
         <v>38</v>
       </c>
       <c r="D20" s="11" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E20" s="12" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F20" s="10" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="G20" s="14" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="H20" s="12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="B21" s="11" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>39</v>
       </c>
       <c r="D21" s="11" t="s">
+        <v>121</v>
+      </c>
+      <c r="E21" s="12" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="F21" s="6" t="s">
         <v>65</v>
       </c>
       <c r="G21" s="14" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H21" s="7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="10" t="s">
+        <v>124</v>
+      </c>
+      <c r="B22" s="11" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>39</v>
       </c>
       <c r="D22" s="11" t="s">
+        <v>126</v>
+      </c>
+      <c r="E22" s="12" t="s">
         <v>127</v>
       </c>
-      <c r="E22" s="12" t="s">
+      <c r="F22" s="11" t="s">
+        <v>129</v>
+      </c>
+      <c r="G22" s="11" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
       <c r="H22" s="12" t="s">
         <v>35</v>
       </c>
       <c r="I22" s="11"/>
     </row>
     <row r="23" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="B23" s="11" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>39</v>
       </c>
       <c r="D23" s="11" t="s">
+        <v>132</v>
+      </c>
+      <c r="E23" s="12" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>65</v>
       </c>
       <c r="G23" s="11" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="D24" s="4" t="s">
-        <v>101</v>
+      <c r="A24" s="10" t="s">
+        <v>135</v>
+      </c>
+      <c r="B24" s="11" t="s">
+        <v>136</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D24" s="11" t="s">
+        <v>137</v>
+      </c>
+      <c r="E24" s="11" t="s">
+        <v>138</v>
+      </c>
+      <c r="F24" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="G24" s="11" t="s">
+        <v>139</v>
+      </c>
+      <c r="H24" s="7" t="s">
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D18" r:id="rId1" xr:uid="{EC74FB75-8F62-436D-ACD0-08B37C5C280D}"/>
     <hyperlink ref="D19" r:id="rId2" xr:uid="{B313A722-65BE-45A5-A20E-DCA2533B79C1}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId3"/>
   <headerFooter>
     <oddHeader>&amp;CJuvenile Capacity to Proceed Credentialed Evaluators</oddHeader>
   </headerFooter>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100454527D77DFD494B81E2086D4B0FC91F" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6733cc1f4815cf84879d1d516140e83a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b59aa524-9bca-401a-99e1-f63b590d5967" xmlns:ns3="7ea1eb0f-30f9-4787-8a0e-cc426ce41eb9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e81235d7cbfccc049c086b93b6b01279" ns2:_="" ns3:_="">
+    <xsd:import namespace="b59aa524-9bca-401a-99e1-f63b590d5967"/>
+    <xsd:import namespace="7ea1eb0f-30f9-4787-8a0e-cc426ce41eb9"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b59aa524-9bca-401a-99e1-f63b590d5967" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="12" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="19" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="20" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="21" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7ea1eb0f-30f9-4787-8a0e-cc426ce41eb9" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{39f50fe7-dda0-42e8-a22f-f6a4a2475ab1}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="7ea1eb0f-30f9-4787-8a0e-cc426ce41eb9">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="1" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="7ea1eb0f-30f9-4787-8a0e-cc426ce41eb9" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b59aa524-9bca-401a-99e1-f63b590d5967">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC0671C6-44CC-419B-9AF7-E038AD98840A}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C698B74E-BB77-4B2A-8247-2330F5B5FB07}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2CB47892-EB93-4B79-B00E-2C91A8AA2A6F}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Cochrane, Robert</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100454527D77DFD494B81E2086D4B0FC91F</vt:lpwstr>
+  </property>
+</Properties>
+</file>