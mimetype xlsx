--- v1 (2025-11-11)
+++ v2 (2026-02-07)
@@ -1,87 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ncconnect-my.sharepoint.com/personal/robert_cochrane_dhhs_nc_gov/Documents/Bob.C/Forensic Manual and website/Website documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="108" documentId="13_ncr:1_{2A66056A-315D-4C29-8B82-2E8D42BCC0B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9FCE0B59-7DE3-4D3B-A852-7EEF6457E731}"/>
+  <xr:revisionPtr revIDLastSave="131" documentId="13_ncr:1_{2A66056A-315D-4C29-8B82-2E8D42BCC0B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9ABB1C66-F1E7-4121-B444-6739FCB542E1}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{EDB89FD9-E847-4FFF-B716-C1C4B6310A05}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{EDB89FD9-E847-4FFF-B716-C1C4B6310A05}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="216" uniqueCount="156">
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Business Phone</t>
   </si>
   <si>
     <t>Business Name and Address</t>
   </si>
   <si>
     <t>Radson</t>
   </si>
   <si>
     <t>Robert</t>
   </si>
   <si>
     <t>Strzelecki</t>
   </si>
   <si>
@@ -492,50 +493,104 @@
   </si>
   <si>
     <t>980-314-1759</t>
   </si>
   <si>
     <t>Mecklenburg County 
 Criminal Justice Services, Forensic Evaluations Unit
 715 East 4th Street
 Charlotte, NC 28202</t>
   </si>
   <si>
     <t>Ohler</t>
   </si>
   <si>
     <t>Lindsey</t>
   </si>
   <si>
     <t>lohler@lepageassociates.com</t>
   </si>
   <si>
     <t>919-572-0000</t>
   </si>
   <si>
     <t>5842 Fayetteville Rd, Suite 106
 Durham, NC 27713</t>
+  </si>
+  <si>
+    <t>Krembuszewski</t>
+  </si>
+  <si>
+    <t>Beata</t>
+  </si>
+  <si>
+    <t>Gallimore</t>
+  </si>
+  <si>
+    <t>Madison</t>
+  </si>
+  <si>
+    <t>drbeata@beboldpsychnc.com</t>
+  </si>
+  <si>
+    <t>919-525-1873</t>
+  </si>
+  <si>
+    <t>Be BOLD Psychology and Consulting
+1710 E. Franklin St #1003
+Chapel Hill, NC 27514</t>
+  </si>
+  <si>
+    <t>mgallimore8@gmail.com</t>
+  </si>
+  <si>
+    <t>336-862-6561</t>
+  </si>
+  <si>
+    <t>Central Regional Hospital
+300 Veazey Road, Butner, NC 27509</t>
+  </si>
+  <si>
+    <t>Davidson</t>
+  </si>
+  <si>
+    <t>Cook</t>
+  </si>
+  <si>
+    <t>Emily</t>
+  </si>
+  <si>
+    <t>emily.cook@mecklenburgcountync.gov</t>
+  </si>
+  <si>
+    <t>704-519-7338</t>
+  </si>
+  <si>
+    <t>Mecklenburg County-Criminal Justice Services
+Forensic Evaluation Unit
+715 East 4th Street
+Charlotte, NC 28202-2801</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
@@ -645,51 +700,55 @@
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -949,54 +1008,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clay.psychservices@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gwilliams@cccommunicare.org" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4A1F9831-0811-42DF-A64E-90C2BDAC0FE6}">
-  <dimension ref="A1:BX24"/>
+  <dimension ref="A1:BX27"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" zoomScalePageLayoutView="140" workbookViewId="0">
-      <selection activeCell="G28" sqref="G28"/>
+    <sheetView tabSelected="1" topLeftCell="A13" zoomScaleNormal="100" zoomScalePageLayoutView="140" workbookViewId="0">
+      <selection activeCell="G21" sqref="G21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.77734375" style="4" customWidth="1"/>
     <col min="2" max="2" width="11.44140625" style="4" customWidth="1"/>
     <col min="3" max="3" width="6.88671875" style="4" customWidth="1"/>
     <col min="4" max="4" width="33.44140625" style="4" customWidth="1"/>
     <col min="5" max="5" width="16.44140625" style="7" customWidth="1"/>
     <col min="6" max="6" width="15.109375" style="6" customWidth="1"/>
     <col min="7" max="7" width="89.88671875" style="4" customWidth="1"/>
     <col min="8" max="8" width="13.77734375" style="7" customWidth="1"/>
     <col min="9" max="16384" width="8.88671875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:76" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>37</v>
       </c>
@@ -1651,91 +1710,169 @@
         <v>133</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>65</v>
       </c>
       <c r="G23" s="11" t="s">
         <v>134</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
         <v>135</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>136</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>38</v>
       </c>
       <c r="D24" s="11" t="s">
         <v>137</v>
       </c>
-      <c r="E24" s="11" t="s">
+      <c r="E24" s="12" t="s">
         <v>138</v>
       </c>
       <c r="F24" s="6" t="s">
         <v>67</v>
       </c>
       <c r="G24" s="11" t="s">
         <v>139</v>
       </c>
       <c r="H24" s="7" t="s">
         <v>35</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="10" t="s">
+        <v>140</v>
+      </c>
+      <c r="B25" s="11" t="s">
+        <v>141</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D25" s="11" t="s">
+        <v>144</v>
+      </c>
+      <c r="E25" s="12" t="s">
+        <v>145</v>
+      </c>
+      <c r="F25" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="G25" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="H25" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="10" t="s">
+        <v>142</v>
+      </c>
+      <c r="B26" s="11" t="s">
+        <v>143</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D26" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="E26" s="12" t="s">
+        <v>148</v>
+      </c>
+      <c r="F26" s="11" t="s">
+        <v>150</v>
+      </c>
+      <c r="G26" s="11" t="s">
+        <v>149</v>
+      </c>
+      <c r="H26" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="B27" s="11" t="s">
+        <v>152</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D27" s="11" t="s">
+        <v>153</v>
+      </c>
+      <c r="E27" s="12" t="s">
+        <v>154</v>
+      </c>
+      <c r="F27" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="G27" s="11" t="s">
+        <v>155</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D18" r:id="rId1" xr:uid="{EC74FB75-8F62-436D-ACD0-08B37C5C280D}"/>
     <hyperlink ref="D19" r:id="rId2" xr:uid="{B313A722-65BE-45A5-A20E-DCA2533B79C1}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId3"/>
   <headerFooter>
     <oddHeader>&amp;CJuvenile Capacity to Proceed Credentialed Evaluators</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100454527D77DFD494B81E2086D4B0FC91F" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6733cc1f4815cf84879d1d516140e83a">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b59aa524-9bca-401a-99e1-f63b590d5967" xmlns:ns3="7ea1eb0f-30f9-4787-8a0e-cc426ce41eb9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e81235d7cbfccc049c086b93b6b01279" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100454527D77DFD494B81E2086D4B0FC91F" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6c24f24d01f7f122c6791016c4572a2d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b59aa524-9bca-401a-99e1-f63b590d5967" xmlns:ns3="7ea1eb0f-30f9-4787-8a0e-cc426ce41eb9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7e6638f1f93df67ef0e0ef40c532ddb9" ns2:_="" ns3:_="">
     <xsd:import namespace="b59aa524-9bca-401a-99e1-f63b590d5967"/>
     <xsd:import namespace="7ea1eb0f-30f9-4787-8a0e-cc426ce41eb9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -1937,59 +2074,59 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="7ea1eb0f-30f9-4787-8a0e-cc426ce41eb9" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="b59aa524-9bca-401a-99e1-f63b590d5967">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC0671C6-44CC-419B-9AF7-E038AD98840A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7B9C2B4-17BC-4951-9D32-52E71D0309A0}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C698B74E-BB77-4B2A-8247-2330F5B5FB07}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08AF39E5-3871-4096-AB7C-BF23E9537AAF}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2CB47892-EB93-4B79-B00E-2C91A8AA2A6F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{443F2C80-6686-4F0A-B031-D8BDB9901E4B}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>