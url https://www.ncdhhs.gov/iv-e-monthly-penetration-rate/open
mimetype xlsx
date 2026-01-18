--- v0 (2025-10-26)
+++ v1 (2026-01-18)
@@ -11,60 +11,60 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24326"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Cost\COST\DivSocSv\DSS SFY 2026\SFY 26 Title IV-E Penetration Rates\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{11374BED-FE43-41EE-9E42-861344FB1E29}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EB8A9CC2-4971-4133-A68B-18C9A9F1F736}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="11" activeTab="11" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" firstSheet="11" activeTab="11" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="SFY 2010-2011" sheetId="13" state="hidden" r:id="rId1"/>
     <sheet name="SFY 2011-2012" sheetId="14" state="hidden" r:id="rId2"/>
     <sheet name="SFY 2012-2013" sheetId="12" state="hidden" r:id="rId3"/>
     <sheet name="SFY 2013-2014" sheetId="15" state="hidden" r:id="rId4"/>
     <sheet name="SFY 2014-2015" sheetId="16" state="hidden" r:id="rId5"/>
     <sheet name="SFY 2015-2016" sheetId="17" state="hidden" r:id="rId6"/>
     <sheet name="SFY 2016-2017" sheetId="18" state="hidden" r:id="rId7"/>
     <sheet name="SFY 2017-2018" sheetId="20" state="hidden" r:id="rId8"/>
     <sheet name="SFY 2018-2019" sheetId="19" state="hidden" r:id="rId9"/>
     <sheet name="SFY 2019-2020" sheetId="21" state="hidden" r:id="rId10"/>
     <sheet name="SFY 2021-2022" sheetId="23" state="hidden" r:id="rId11"/>
     <sheet name="SFY 2025-2026" sheetId="24" r:id="rId12"/>
     <sheet name="SFY 2020-2021" sheetId="22" state="hidden" r:id="rId13"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'SFY 2016-2017'!$A$1:$D$27</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'SFY 2018-2019'!$A$1:$D$27</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="9">'SFY 2019-2020'!$A$1:$D$27</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="12">'SFY 2020-2021'!$A$1:$D$27</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="10">'SFY 2021-2022'!$A$1:$D$27</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="11">'SFY 2025-2026'!$A$1:$D$27</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
@@ -2107,51 +2107,51 @@
     <row r="25" spans="1:4" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A25" s="9"/>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A26" s="20" t="s">
         <v>65</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:D3"/>
   </mergeCells>
   <pageMargins left="0.38" right="0.32" top="0.78" bottom="0.76" header="0.5" footer="0.5"/>
   <pageSetup scale="95" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B1F77DA7-E46F-4E35-A61B-6543EF9687AA}">
   <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="94" zoomScaleNormal="94" workbookViewId="0">
-      <selection activeCell="D11" sqref="D11"/>
+      <selection activeCell="D14" sqref="D14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="30" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="23" style="1" customWidth="1"/>
     <col min="2" max="2" width="30" style="1" customWidth="1"/>
     <col min="3" max="3" width="23.5546875" style="2" customWidth="1"/>
     <col min="4" max="4" width="23.6640625" style="2" customWidth="1"/>
     <col min="5" max="16384" width="9.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A1" s="25" t="s">
         <v>31</v>
       </c>
       <c r="B1" s="26"/>
       <c r="C1" s="26"/>
       <c r="D1" s="27"/>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A2" s="25" t="s">
         <v>27</v>
       </c>
       <c r="B2" s="26"/>
       <c r="C2" s="26"/>
@@ -2240,72 +2240,84 @@
       <c r="D9" s="18">
         <v>0.82489999999999997</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A10" s="21">
         <v>45901</v>
       </c>
       <c r="B10" s="21">
         <v>45931</v>
       </c>
       <c r="C10" s="17">
         <v>0.40439999999999998</v>
       </c>
       <c r="D10" s="18">
         <v>0.82579999999999998</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A11" s="21">
         <v>45931</v>
       </c>
       <c r="B11" s="21">
         <v>45962</v>
       </c>
-      <c r="C11" s="17"/>
-      <c r="D11" s="18"/>
+      <c r="C11" s="17">
+        <v>0.40510000000000002</v>
+      </c>
+      <c r="D11" s="18">
+        <v>0.82640000000000002</v>
+      </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A12" s="21">
         <v>45962</v>
       </c>
       <c r="B12" s="21">
         <v>45992</v>
       </c>
-      <c r="C12" s="17"/>
-      <c r="D12" s="18"/>
+      <c r="C12" s="17">
+        <v>0.40739999999999998</v>
+      </c>
+      <c r="D12" s="18">
+        <v>0.82830000000000004</v>
+      </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A13" s="21">
         <v>45992</v>
       </c>
       <c r="B13" s="21">
         <v>46023</v>
       </c>
-      <c r="C13" s="17"/>
-      <c r="D13" s="18"/>
+      <c r="C13" s="17">
+        <v>0.40550000000000003</v>
+      </c>
+      <c r="D13" s="18">
+        <v>0.82689999999999997</v>
+      </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A14" s="21">
         <v>46023</v>
       </c>
       <c r="B14" s="21">
         <v>46054</v>
       </c>
       <c r="C14" s="17"/>
       <c r="D14" s="18"/>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A15" s="21">
         <v>46054</v>
       </c>
       <c r="B15" s="21">
         <v>46082</v>
       </c>
       <c r="C15" s="17"/>
       <c r="D15" s="18"/>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A16" s="21">
         <v>46082</v>
       </c>