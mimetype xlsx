--- v1 (2026-01-18)
+++ v2 (2026-02-11)
@@ -18,51 +18,51 @@
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Cost\COST\DivSocSv\DSS SFY 2026\SFY 26 Title IV-E Penetration Rates\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EB8A9CC2-4971-4133-A68B-18C9A9F1F736}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6DA99136-0C8F-4D55-A819-D14CE7D9640B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" firstSheet="11" activeTab="11" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="SFY 2010-2011" sheetId="13" state="hidden" r:id="rId1"/>
     <sheet name="SFY 2011-2012" sheetId="14" state="hidden" r:id="rId2"/>
     <sheet name="SFY 2012-2013" sheetId="12" state="hidden" r:id="rId3"/>
     <sheet name="SFY 2013-2014" sheetId="15" state="hidden" r:id="rId4"/>
     <sheet name="SFY 2014-2015" sheetId="16" state="hidden" r:id="rId5"/>
     <sheet name="SFY 2015-2016" sheetId="17" state="hidden" r:id="rId6"/>
     <sheet name="SFY 2016-2017" sheetId="18" state="hidden" r:id="rId7"/>
     <sheet name="SFY 2017-2018" sheetId="20" state="hidden" r:id="rId8"/>
     <sheet name="SFY 2018-2019" sheetId="19" state="hidden" r:id="rId9"/>
     <sheet name="SFY 2019-2020" sheetId="21" state="hidden" r:id="rId10"/>
     <sheet name="SFY 2021-2022" sheetId="23" state="hidden" r:id="rId11"/>
     <sheet name="SFY 2025-2026" sheetId="24" r:id="rId12"/>
     <sheet name="SFY 2020-2021" sheetId="22" state="hidden" r:id="rId13"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'SFY 2016-2017'!$A$1:$D$27</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'SFY 2018-2019'!$A$1:$D$27</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="9">'SFY 2019-2020'!$A$1:$D$27</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="12">'SFY 2020-2021'!$A$1:$D$27</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="10">'SFY 2021-2022'!$A$1:$D$27</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="11">'SFY 2025-2026'!$A$1:$D$27</definedName>
@@ -2107,51 +2107,51 @@
     <row r="25" spans="1:4" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A25" s="9"/>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A26" s="20" t="s">
         <v>65</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:D3"/>
   </mergeCells>
   <pageMargins left="0.38" right="0.32" top="0.78" bottom="0.76" header="0.5" footer="0.5"/>
   <pageSetup scale="95" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B1F77DA7-E46F-4E35-A61B-6543EF9687AA}">
   <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="94" zoomScaleNormal="94" workbookViewId="0">
-      <selection activeCell="D14" sqref="D14"/>
+      <selection activeCell="D15" sqref="D15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="30" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="23" style="1" customWidth="1"/>
     <col min="2" max="2" width="30" style="1" customWidth="1"/>
     <col min="3" max="3" width="23.5546875" style="2" customWidth="1"/>
     <col min="4" max="4" width="23.6640625" style="2" customWidth="1"/>
     <col min="5" max="16384" width="9.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A1" s="25" t="s">
         <v>31</v>
       </c>
       <c r="B1" s="26"/>
       <c r="C1" s="26"/>
       <c r="D1" s="27"/>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A2" s="25" t="s">
         <v>27</v>
       </c>
       <c r="B2" s="26"/>
       <c r="C2" s="26"/>
@@ -2282,52 +2282,56 @@
       <c r="D12" s="18">
         <v>0.82830000000000004</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A13" s="21">
         <v>45992</v>
       </c>
       <c r="B13" s="21">
         <v>46023</v>
       </c>
       <c r="C13" s="17">
         <v>0.40550000000000003</v>
       </c>
       <c r="D13" s="18">
         <v>0.82689999999999997</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A14" s="21">
         <v>46023</v>
       </c>
       <c r="B14" s="21">
         <v>46054</v>
       </c>
-      <c r="C14" s="17"/>
-      <c r="D14" s="18"/>
+      <c r="C14" s="17">
+        <v>0.40250000000000002</v>
+      </c>
+      <c r="D14" s="18">
+        <v>0.82730000000000004</v>
+      </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A15" s="21">
         <v>46054</v>
       </c>
       <c r="B15" s="21">
         <v>46082</v>
       </c>
       <c r="C15" s="17"/>
       <c r="D15" s="18"/>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A16" s="21">
         <v>46082</v>
       </c>
       <c r="B16" s="21">
         <v>46113</v>
       </c>
       <c r="C16" s="17"/>
       <c r="D16" s="18"/>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A17" s="21">
         <v>46113</v>
       </c>