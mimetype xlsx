--- v2 (2026-02-11)
+++ v3 (2026-03-14)
@@ -18,53 +18,53 @@
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Cost\COST\DivSocSv\DSS SFY 2026\SFY 26 Title IV-E Penetration Rates\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6DA99136-0C8F-4D55-A819-D14CE7D9640B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{749EE58E-D775-4D45-9277-CA19BC10847E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" firstSheet="11" activeTab="11" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="11" activeTab="11" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="SFY 2010-2011" sheetId="13" state="hidden" r:id="rId1"/>
     <sheet name="SFY 2011-2012" sheetId="14" state="hidden" r:id="rId2"/>
     <sheet name="SFY 2012-2013" sheetId="12" state="hidden" r:id="rId3"/>
     <sheet name="SFY 2013-2014" sheetId="15" state="hidden" r:id="rId4"/>
     <sheet name="SFY 2014-2015" sheetId="16" state="hidden" r:id="rId5"/>
     <sheet name="SFY 2015-2016" sheetId="17" state="hidden" r:id="rId6"/>
     <sheet name="SFY 2016-2017" sheetId="18" state="hidden" r:id="rId7"/>
     <sheet name="SFY 2017-2018" sheetId="20" state="hidden" r:id="rId8"/>
     <sheet name="SFY 2018-2019" sheetId="19" state="hidden" r:id="rId9"/>
     <sheet name="SFY 2019-2020" sheetId="21" state="hidden" r:id="rId10"/>
     <sheet name="SFY 2021-2022" sheetId="23" state="hidden" r:id="rId11"/>
     <sheet name="SFY 2025-2026" sheetId="24" r:id="rId12"/>
     <sheet name="SFY 2020-2021" sheetId="22" state="hidden" r:id="rId13"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'SFY 2016-2017'!$A$1:$D$27</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'SFY 2018-2019'!$A$1:$D$27</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="9">'SFY 2019-2020'!$A$1:$D$27</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="12">'SFY 2020-2021'!$A$1:$D$27</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="10">'SFY 2021-2022'!$A$1:$D$27</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="11">'SFY 2025-2026'!$A$1:$D$27</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
@@ -2107,51 +2107,51 @@
     <row r="25" spans="1:4" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A25" s="9"/>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A26" s="20" t="s">
         <v>65</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A3:D3"/>
   </mergeCells>
   <pageMargins left="0.38" right="0.32" top="0.78" bottom="0.76" header="0.5" footer="0.5"/>
   <pageSetup scale="95" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B1F77DA7-E46F-4E35-A61B-6543EF9687AA}">
   <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="94" zoomScaleNormal="94" workbookViewId="0">
-      <selection activeCell="D15" sqref="D15"/>
+      <selection activeCell="G16" sqref="G16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="30" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="23" style="1" customWidth="1"/>
     <col min="2" max="2" width="30" style="1" customWidth="1"/>
     <col min="3" max="3" width="23.5546875" style="2" customWidth="1"/>
     <col min="4" max="4" width="23.6640625" style="2" customWidth="1"/>
     <col min="5" max="16384" width="9.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A1" s="25" t="s">
         <v>31</v>
       </c>
       <c r="B1" s="26"/>
       <c r="C1" s="26"/>
       <c r="D1" s="27"/>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A2" s="25" t="s">
         <v>27</v>
       </c>
       <c r="B2" s="26"/>
       <c r="C2" s="26"/>
@@ -2296,52 +2296,56 @@
       <c r="D13" s="18">
         <v>0.82689999999999997</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A14" s="21">
         <v>46023</v>
       </c>
       <c r="B14" s="21">
         <v>46054</v>
       </c>
       <c r="C14" s="17">
         <v>0.40250000000000002</v>
       </c>
       <c r="D14" s="18">
         <v>0.82730000000000004</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A15" s="21">
         <v>46054</v>
       </c>
       <c r="B15" s="21">
         <v>46082</v>
       </c>
-      <c r="C15" s="17"/>
-      <c r="D15" s="18"/>
+      <c r="C15" s="17">
+        <v>0.39710000000000001</v>
+      </c>
+      <c r="D15" s="18">
+        <v>0.82799999999999996</v>
+      </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A16" s="21">
         <v>46082</v>
       </c>
       <c r="B16" s="21">
         <v>46113</v>
       </c>
       <c r="C16" s="17"/>
       <c r="D16" s="18"/>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A17" s="21">
         <v>46113</v>
       </c>
       <c r="B17" s="21">
         <v>46143</v>
       </c>
       <c r="C17" s="17"/>
       <c r="D17" s="18"/>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.5">
       <c r="A18" s="21">
         <v>46143</v>
       </c>