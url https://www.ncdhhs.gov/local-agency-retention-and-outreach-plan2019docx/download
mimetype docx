--- v0 (2025-10-08)
+++ v1 (2026-02-26)
@@ -1,7843 +1,6646 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:bookmarkStart w:id="0" w:name="_Hlk22897902"/>
-    <w:p w14:paraId="09F09B58" w14:textId="77777777" w:rsidR="008F4D37" w:rsidRPr="008F4D37" w:rsidRDefault="006545A8" w:rsidP="008F4D37">
+    <w:p w14:paraId="09F09B58" w14:textId="77777777" w:rsidR="008F4D37" w:rsidRPr="008F4D37" w:rsidRDefault="00053E6E" w:rsidP="63E1EDE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:id w:val="1453895541"/>
           <w:placeholder>
             <w:docPart w:val="D16A47B4B11148FBA09953AF3D3895B1"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="008F4D37" w:rsidRPr="008F4D37">
+          <w:r w:rsidR="008F4D37" w:rsidRPr="63E1EDE4">
             <w:rPr>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
             <w:t xml:space="preserve">Agency Name </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="6E8431EB" w14:textId="77777777" w:rsidR="008F4D37" w:rsidRPr="008F4D37" w:rsidRDefault="008F4D37" w:rsidP="008F4D37">
+    <w:p w14:paraId="6E8431EB" w14:textId="46D3E31E" w:rsidR="008F4D37" w:rsidRPr="008F4D37" w:rsidRDefault="00016B62" w:rsidP="63E1EDE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="32"/>
-[...8 lines deleted...]
-        <w:t>Local Agency Retention and Outreach Plan</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6F217869">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Annual </w:t>
+      </w:r>
+      <w:r w:rsidR="008F4D37" w:rsidRPr="6F217869">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Local Agency</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6F217869">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B548D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">WIC Program Outreach, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6F217869">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Recruitment</w:t>
+      </w:r>
+      <w:r w:rsidR="008E027C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="47BDBC0B" w:rsidRPr="406096C8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B548D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="008F4D37" w:rsidRPr="6F217869">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Retention Plan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2595CF10" w14:textId="03120A56" w:rsidR="008F4D37" w:rsidRPr="008F4D37" w:rsidRDefault="006545A8" w:rsidP="006F5D31">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="2F4AA3EA" w14:textId="30FE2469" w:rsidR="3E373AE1" w:rsidRDefault="3E373AE1" w:rsidP="6F217869">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="32"/>
-[...48 lines deleted...]
-      </w:sdt>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="753F4557" w14:textId="6623314C" w:rsidR="00122EC7" w:rsidRPr="008F4D37" w:rsidRDefault="00DA3FEF" w:rsidP="008F4D37">
+    <w:p w14:paraId="0FE531B7" w14:textId="71D4FF38" w:rsidR="00016B62" w:rsidRPr="00F76F6F" w:rsidRDefault="71F4D902" w:rsidP="15C3E8D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F76F6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Completion </w:t>
+      </w:r>
+      <w:r w:rsidR="000674A9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and submission </w:t>
+      </w:r>
+      <w:r w:rsidR="009B7BB4" w:rsidRPr="00F76F6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of this resource </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F76F6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fulfills </w:t>
+      </w:r>
+      <w:r w:rsidR="009B7BB4" w:rsidRPr="00F76F6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Division of Child and Family Well-Being WIC Program Agreement Addendum, III, h. and i. (Deliverable </w:t>
+      </w:r>
+      <w:r w:rsidR="000E0531">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>#</w:t>
+      </w:r>
+      <w:r w:rsidR="009B7BB4" w:rsidRPr="00F76F6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0531">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1D63">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Local Agency </w:t>
+      </w:r>
+      <w:r w:rsidR="000E0531">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">WIC Program </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1D63">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Outreach, </w:t>
+      </w:r>
+      <w:r w:rsidR="000E0531">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Recruitment</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1D63">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0531">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Retention Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="009B7BB4" w:rsidRPr="00F76F6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E0531" w:rsidRPr="00F76F6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0531">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deliverable #</w:t>
+      </w:r>
+      <w:r w:rsidR="009B7BB4" w:rsidRPr="00F76F6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0531">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Evaluation of </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1D63">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0531">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rior </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1D63">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0531">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ear</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1D63">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Local Agency WIC Program Outreach,</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0531">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Recruitment</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1D63">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0531">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Retention Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="009B7BB4" w:rsidRPr="00F76F6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) and </w:t>
+      </w:r>
+      <w:r w:rsidR="0068366D" w:rsidRPr="00F76F6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1D63">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">required annual </w:t>
+      </w:r>
+      <w:r w:rsidR="0068366D" w:rsidRPr="00F76F6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Local Agency </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1D63">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">WIC Program Outreach, Recruitment, and </w:t>
+      </w:r>
+      <w:r w:rsidR="0068366D" w:rsidRPr="00F76F6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Retention Plan </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1D63">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F76F6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NC WIC Program Manual, Chapter 10</w:t>
+      </w:r>
+      <w:r w:rsidR="00442E71">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: Caseload Management</w:t>
+      </w:r>
+      <w:r w:rsidR="0068366D" w:rsidRPr="00F76F6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F76F6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08B9F378" w14:textId="201C7966" w:rsidR="00016B62" w:rsidRPr="0074499D" w:rsidRDefault="00016B62" w:rsidP="63E1EDE4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F4D37">
+    </w:p>
+    <w:p w14:paraId="753F4557" w14:textId="55BF1613" w:rsidR="00122EC7" w:rsidRPr="008F4D37" w:rsidRDefault="733AFB65" w:rsidP="63E1EDE4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Assessment of Caseload</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="31895DC3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Assessment of C</w:t>
+      </w:r>
+      <w:r w:rsidR="6BB88AF4" w:rsidRPr="31895DC3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="31895DC3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>seload</w:t>
+      </w:r>
+      <w:r w:rsidR="006D7DE0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="5F79B1A2" w:rsidRPr="31895DC3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Participation Trends</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="625429C1" w14:textId="77777777" w:rsidR="008F4D37" w:rsidRPr="008F4D37" w:rsidRDefault="008F4D37" w:rsidP="008F4D37">
+    <w:p w14:paraId="625429C1" w14:textId="78655DE9" w:rsidR="008F4D37" w:rsidRPr="008F4D37" w:rsidRDefault="008F4D37" w:rsidP="63E1EDE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="729AD201" w14:textId="77777777" w:rsidR="00FD1A4F" w:rsidRPr="008F4D37" w:rsidRDefault="00FD1A4F" w:rsidP="00122EC7">
+    <w:p w14:paraId="729AD201" w14:textId="77777777" w:rsidR="00FD1A4F" w:rsidRPr="008F4D37" w:rsidRDefault="00FD1A4F" w:rsidP="63E1EDE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="10"/>
+          <w:bCs/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="7735" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4297"/>
-        <w:gridCol w:w="3438"/>
+        <w:gridCol w:w="4620"/>
+        <w:gridCol w:w="3115"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F5D31" w:rsidRPr="00122EC7" w14:paraId="660EC8EA" w14:textId="77777777" w:rsidTr="006F5D31">
+      <w:tr w:rsidR="006F5D31" w:rsidRPr="00122EC7" w14:paraId="660EC8EA" w14:textId="77777777" w:rsidTr="23FF3ACA">
+        <w:trPr>
+          <w:trHeight w:val="413"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7735" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78F4E554" w14:textId="63AFED07" w:rsidR="006F5D31" w:rsidRPr="00327845" w:rsidRDefault="006F5D31" w:rsidP="00C3446F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="63E1EDE4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Trends in Overall Participation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE2FBB" w:rsidRPr="00122EC7" w14:paraId="256EA9EE" w14:textId="77777777" w:rsidTr="23FF3ACA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="48D7E66C" w14:textId="1DAFA8D6" w:rsidR="006F5D31" w:rsidRPr="008F4D37" w:rsidRDefault="006F5D31" w:rsidP="006F5D31">
-[...19 lines deleted...]
-                <w:sz w:val="6"/>
+          <w:p w14:paraId="7661BDA3" w14:textId="24B7792F" w:rsidR="00FD1A4F" w:rsidRPr="00122EC7" w:rsidRDefault="00CE2FBB" w:rsidP="63E1EDE4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="63E1EDE4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Participation 12</w:t>
+            </w:r>
+            <w:r w:rsidR="00C61213" w:rsidRPr="63E1EDE4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="63E1EDE4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>months ago</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3115" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EB51EE3" w14:textId="77777777" w:rsidR="00CE2FBB" w:rsidRPr="00122EC7" w:rsidRDefault="00CE2FBB" w:rsidP="63E1EDE4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE2FBB" w:rsidRPr="00122EC7" w14:paraId="5D71EB6E" w14:textId="77777777" w:rsidTr="006F5D31">
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00CE2FBB" w:rsidRPr="00122EC7" w14:paraId="060FB9C1" w14:textId="77777777" w:rsidTr="23FF3ACA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2B227435" w14:textId="2DB0D724" w:rsidR="00FD1A4F" w:rsidRPr="00122EC7" w:rsidRDefault="00CE2FBB" w:rsidP="00122EC7">
-[...13 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="2179E388" w14:textId="0EC7FD7C" w:rsidR="00CE2FBB" w:rsidRPr="00122EC7" w:rsidRDefault="00CE2FBB" w:rsidP="63E1EDE4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="63E1EDE4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Participation 6</w:t>
+            </w:r>
+            <w:r w:rsidR="00C61213" w:rsidRPr="63E1EDE4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00122EC7">
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="63E1EDE4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>months ago</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3438" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3115" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="63D0D46B" w14:textId="77777777" w:rsidR="00CE2FBB" w:rsidRPr="00122EC7" w:rsidRDefault="00CE2FBB" w:rsidP="00122EC7">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="5C1AAA9A" w14:textId="77777777" w:rsidR="00CE2FBB" w:rsidRPr="00122EC7" w:rsidRDefault="00CE2FBB" w:rsidP="63E1EDE4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE2FBB" w:rsidRPr="00122EC7" w14:paraId="256EA9EE" w14:textId="77777777" w:rsidTr="006F5D31">
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:tr w:rsidR="00CE2FBB" w:rsidRPr="00122EC7" w14:paraId="3B215D7F" w14:textId="77777777" w:rsidTr="23FF3ACA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7661BDA3" w14:textId="24B7792F" w:rsidR="00FD1A4F" w:rsidRPr="00122EC7" w:rsidRDefault="00CE2FBB" w:rsidP="00122EC7">
-[...13 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="2455D27E" w14:textId="77777777" w:rsidR="00CE2FBB" w:rsidRPr="00122EC7" w:rsidRDefault="00CE2FBB" w:rsidP="63E1EDE4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="63E1EDE4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Current Participation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3115" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B78FA27" w14:textId="77777777" w:rsidR="00CE2FBB" w:rsidRPr="00122EC7" w:rsidRDefault="00CE2FBB" w:rsidP="63E1EDE4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE2FBB" w:rsidRPr="00122EC7" w14:paraId="7363576A" w14:textId="77777777" w:rsidTr="23FF3ACA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A0C94E0" w14:textId="77777777" w:rsidR="00CE2FBB" w:rsidRPr="00122EC7" w:rsidRDefault="00CE2FBB" w:rsidP="63E1EDE4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="63E1EDE4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>% of Base Caseload Currently Serving</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3115" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FB810A5" w14:textId="77777777" w:rsidR="00CE2FBB" w:rsidRPr="00122EC7" w:rsidRDefault="00CE2FBB" w:rsidP="63E1EDE4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE2FBB" w:rsidRPr="00122EC7" w14:paraId="3ABD9CEC" w14:textId="77777777" w:rsidTr="23FF3ACA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4620" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="451D76AB" w14:textId="43389455" w:rsidR="00CE2FBB" w:rsidRPr="00122EC7" w:rsidRDefault="00CE2FBB" w:rsidP="63E1EDE4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="63E1EDE4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">% of Population </w:t>
+            </w:r>
+            <w:r w:rsidR="00B23B70" w:rsidRPr="63E1EDE4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="63E1EDE4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00122EC7" w:rsidRPr="63E1EDE4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00122EC7">
-[...10 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:r w:rsidRPr="63E1EDE4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Risk Currently Serving</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3115" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1EB51EE3" w14:textId="77777777" w:rsidR="00CE2FBB" w:rsidRPr="00122EC7" w:rsidRDefault="00CE2FBB" w:rsidP="00122EC7">
-[...182 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="165E4D06" w14:textId="77777777" w:rsidR="00CE2FBB" w:rsidRPr="00122EC7" w:rsidRDefault="00CE2FBB" w:rsidP="63E1EDE4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1739D6FD" w14:textId="77777777" w:rsidR="00CE2FBB" w:rsidRPr="00F74FF4" w:rsidRDefault="00CE2FBB" w:rsidP="00122EC7">
+    <w:p w14:paraId="1739D6FD" w14:textId="77777777" w:rsidR="00CE2FBB" w:rsidRPr="00F74FF4" w:rsidRDefault="00CE2FBB" w:rsidP="63E1EDE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36178F71" w14:textId="77777777" w:rsidR="00FD1A4F" w:rsidRPr="008F4D37" w:rsidRDefault="00FD1A4F" w:rsidP="00122EC7">
+    <w:p w14:paraId="36178F71" w14:textId="77777777" w:rsidR="00FD1A4F" w:rsidRPr="008F4D37" w:rsidRDefault="00FD1A4F" w:rsidP="63E1EDE4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="10"/>
+          <w:bCs/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="14310" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblW w:w="14395" w:type="dxa"/>
+        <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1711"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3150"/>
+        <w:gridCol w:w="1620"/>
+        <w:gridCol w:w="1518"/>
+        <w:gridCol w:w="1608"/>
+        <w:gridCol w:w="1608"/>
+        <w:gridCol w:w="1608"/>
+        <w:gridCol w:w="1608"/>
+        <w:gridCol w:w="1608"/>
+        <w:gridCol w:w="1608"/>
+        <w:gridCol w:w="1609"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F5D31" w:rsidRPr="00122EC7" w14:paraId="6971A3C0" w14:textId="77777777" w:rsidTr="00A328A2">
+      <w:tr w:rsidR="0074532A" w:rsidRPr="00122EC7" w14:paraId="6971A3C0" w14:textId="3755AADB" w:rsidTr="23FF3ACA">
         <w:trPr>
           <w:trHeight w:val="467"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14310" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="14395" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0313AAFF" w14:textId="77777777" w:rsidR="006F5D31" w:rsidRDefault="006F5D31" w:rsidP="006F5D31">
+          <w:p w14:paraId="6C88550B" w14:textId="38F22079" w:rsidR="0074532A" w:rsidRPr="63E1EDE4" w:rsidRDefault="0074532A" w:rsidP="00C3446F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00122EC7">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="63E1EDE4">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="28"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Trends in Participation by Category</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EF789E3" w14:textId="77777777" w:rsidR="006F5D31" w:rsidRPr="00327845" w:rsidRDefault="006F5D31" w:rsidP="006F5D31">
-[...6 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F5D31" w:rsidRPr="00122EC7" w14:paraId="3120BA62" w14:textId="77777777" w:rsidTr="00D95D61">
+      <w:tr w:rsidR="00441234" w:rsidRPr="00122EC7" w14:paraId="3120BA62" w14:textId="4D821C90" w:rsidTr="23FF3ACA">
         <w:trPr>
           <w:trHeight w:val="467"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AC344AA" w14:textId="77777777" w:rsidR="00F74FF4" w:rsidRPr="00122EC7" w:rsidRDefault="00F74FF4" w:rsidP="00122EC7">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="1AC344AA" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="007E6540">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk8296867"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2969" w:type="dxa"/>
+            <w:tcW w:w="1518" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="502DE368" w14:textId="77777777" w:rsidR="00F74FF4" w:rsidRPr="00FD1A4F" w:rsidRDefault="00F74FF4" w:rsidP="00C61213">
+          <w:p w14:paraId="502DE368" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00FD1A4F" w:rsidRDefault="007E6540" w:rsidP="007E6540">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="63E1EDE4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Pregnant Women</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3150" w:type="dxa"/>
+            <w:tcW w:w="1608" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B79E8B9" w14:textId="77777777" w:rsidR="00F74FF4" w:rsidRPr="00FD1A4F" w:rsidRDefault="00F74FF4" w:rsidP="00C61213">
+          <w:p w14:paraId="0B79E8B9" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00FD1A4F" w:rsidRDefault="007E6540" w:rsidP="007E6540">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="63E1EDE4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Fully Breastfeeding Women</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3330" w:type="dxa"/>
+            <w:tcW w:w="1608" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EE1AFD0" w14:textId="77777777" w:rsidR="00F74FF4" w:rsidRPr="00FD1A4F" w:rsidRDefault="00F74FF4" w:rsidP="00C61213">
+          <w:p w14:paraId="5EE1AFD0" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00FD1A4F" w:rsidRDefault="007E6540" w:rsidP="007E6540">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-                <w:sz w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="63E1EDE4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Partially Breastfeeding Women</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3150" w:type="dxa"/>
+            <w:tcW w:w="1608" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="132297A8" w14:textId="77777777" w:rsidR="00F74FF4" w:rsidRPr="00FD1A4F" w:rsidRDefault="00F74FF4" w:rsidP="00C61213">
+          <w:p w14:paraId="132297A8" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00FD1A4F" w:rsidRDefault="007E6540" w:rsidP="007E6540">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...18 lines deleted...]
-              <w:t>artum Women</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="63E1EDE4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Postpartum Women</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EF8412D" w14:textId="6D2F9001" w:rsidR="007E6540" w:rsidRPr="63E1EDE4" w:rsidRDefault="007E6540" w:rsidP="007E6540">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00713EEA">
+              <w:t>Fully Breastfed Infants</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FE622B7" w14:textId="54B46688" w:rsidR="007E6540" w:rsidRPr="63E1EDE4" w:rsidRDefault="007E6540" w:rsidP="007E6540">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00713EEA">
+              <w:t>Partially Breastfed Infants</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30F35B77" w14:textId="27CE461A" w:rsidR="007E6540" w:rsidRPr="63E1EDE4" w:rsidRDefault="007E6540" w:rsidP="007E6540">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00713EEA">
+              <w:t>Fully Formula-Fed Infants</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1609" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="138EA7F1" w14:textId="2F640CFE" w:rsidR="007E6540" w:rsidRPr="63E1EDE4" w:rsidRDefault="007E6540" w:rsidP="007E6540">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00713EEA">
+              <w:t>Children</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A328A2" w:rsidRPr="00122EC7" w14:paraId="5CB1B59F" w14:textId="77777777" w:rsidTr="00D95D61">
+      <w:tr w:rsidR="007E6540" w:rsidRPr="00122EC7" w14:paraId="76C2B1B9" w14:textId="61635BAB" w:rsidTr="23FF3ACA">
         <w:trPr>
           <w:trHeight w:val="255"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F9B1DD6" w14:textId="58284979" w:rsidR="00F74FF4" w:rsidRPr="00FD1A4F" w:rsidRDefault="00F74FF4" w:rsidP="00122EC7">
-[...27 lines deleted...]
-            <w:tcW w:w="2969" w:type="dxa"/>
+          <w:p w14:paraId="28918B3A" w14:textId="7B8DFFC5" w:rsidR="007E6540" w:rsidRPr="00FD1A4F" w:rsidRDefault="007E6540" w:rsidP="63E1EDE4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="63E1EDE4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12-months ago</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CD48B96" w14:textId="77777777" w:rsidR="00F74FF4" w:rsidRPr="00122EC7" w:rsidRDefault="00F74FF4" w:rsidP="00122EC7">
-[...9 lines deleted...]
-            <w:tcW w:w="3150" w:type="dxa"/>
+          <w:p w14:paraId="7296EA36" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50FBC219" w14:textId="77777777" w:rsidR="00F74FF4" w:rsidRPr="00122EC7" w:rsidRDefault="00F74FF4" w:rsidP="00122EC7">
-[...9 lines deleted...]
-            <w:tcW w:w="3330" w:type="dxa"/>
+          <w:p w14:paraId="22A41806" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6552134B" w14:textId="77777777" w:rsidR="00F74FF4" w:rsidRPr="00122EC7" w:rsidRDefault="00F74FF4" w:rsidP="00122EC7">
-[...9 lines deleted...]
-            <w:tcW w:w="3150" w:type="dxa"/>
+          <w:p w14:paraId="0C3A6225" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18BB18C3" w14:textId="77777777" w:rsidR="00F74FF4" w:rsidRPr="00122EC7" w:rsidRDefault="00F74FF4" w:rsidP="00122EC7">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="36D3CF41" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="492CD395" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A024C1" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="109876E5" w14:textId="0892C51A" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1609" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BC0A56F" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A328A2" w:rsidRPr="00122EC7" w14:paraId="76C2B1B9" w14:textId="77777777" w:rsidTr="00D95D61">
-[...87 lines deleted...]
-      <w:tr w:rsidR="00A328A2" w:rsidRPr="00122EC7" w14:paraId="7EDB5A99" w14:textId="77777777" w:rsidTr="00D95D61">
+      <w:tr w:rsidR="007E6540" w:rsidRPr="00122EC7" w14:paraId="7EDB5A99" w14:textId="240E6EBB" w:rsidTr="23FF3ACA">
         <w:trPr>
           <w:trHeight w:val="267"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2629007E" w14:textId="6023D5DE" w:rsidR="00F74FF4" w:rsidRPr="00FD1A4F" w:rsidRDefault="00F74FF4" w:rsidP="00122EC7">
-[...27 lines deleted...]
-            <w:tcW w:w="2969" w:type="dxa"/>
+          <w:p w14:paraId="2629007E" w14:textId="6023D5DE" w:rsidR="007E6540" w:rsidRPr="00FD1A4F" w:rsidRDefault="007E6540" w:rsidP="63E1EDE4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="63E1EDE4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6-months ago</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E04A609" w14:textId="77777777" w:rsidR="00F74FF4" w:rsidRPr="00122EC7" w:rsidRDefault="00F74FF4" w:rsidP="00122EC7">
-[...9 lines deleted...]
-            <w:tcW w:w="3150" w:type="dxa"/>
+          <w:p w14:paraId="0E04A609" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63626CF3" w14:textId="77777777" w:rsidR="00F74FF4" w:rsidRPr="00122EC7" w:rsidRDefault="00F74FF4" w:rsidP="00122EC7">
-[...9 lines deleted...]
-            <w:tcW w:w="3330" w:type="dxa"/>
+          <w:p w14:paraId="63626CF3" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51FAA3A2" w14:textId="77777777" w:rsidR="00F74FF4" w:rsidRPr="00122EC7" w:rsidRDefault="00F74FF4" w:rsidP="00122EC7">
-[...9 lines deleted...]
-            <w:tcW w:w="3150" w:type="dxa"/>
+          <w:p w14:paraId="51FAA3A2" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17645346" w14:textId="77777777" w:rsidR="00F74FF4" w:rsidRPr="00122EC7" w:rsidRDefault="00F74FF4" w:rsidP="00122EC7">
-[...14 lines deleted...]
-            <w:tcW w:w="1711" w:type="dxa"/>
+          <w:p w14:paraId="17645346" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="402FAC4C" w14:textId="77777777" w:rsidR="00F74FF4" w:rsidRPr="00FD1A4F" w:rsidRDefault="00F74FF4" w:rsidP="00122EC7">
-[...15 lines deleted...]
-            <w:tcW w:w="2969" w:type="dxa"/>
+          <w:p w14:paraId="555488F1" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FF1BE3D" w14:textId="77777777" w:rsidR="00F74FF4" w:rsidRPr="00122EC7" w:rsidRDefault="00F74FF4" w:rsidP="00122EC7">
-[...9 lines deleted...]
-            <w:tcW w:w="3150" w:type="dxa"/>
+          <w:p w14:paraId="70D51BFD" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="781C3A2B" w14:textId="77777777" w:rsidR="00F74FF4" w:rsidRPr="00122EC7" w:rsidRDefault="00F74FF4" w:rsidP="00122EC7">
-[...9 lines deleted...]
-            <w:tcW w:w="3330" w:type="dxa"/>
+          <w:p w14:paraId="6B346E48" w14:textId="3900DAC2" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1609" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DF08851" w14:textId="77777777" w:rsidR="00F74FF4" w:rsidRPr="00122EC7" w:rsidRDefault="00F74FF4" w:rsidP="00122EC7">
-[...9 lines deleted...]
-            <w:tcW w:w="3150" w:type="dxa"/>
+          <w:p w14:paraId="58BAB8C6" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E6540" w:rsidRPr="00122EC7" w14:paraId="0AEF85EE" w14:textId="06AADA00" w:rsidTr="23FF3ACA">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FAA7FA4" w14:textId="77777777" w:rsidR="00F74FF4" w:rsidRPr="00122EC7" w:rsidRDefault="00F74FF4" w:rsidP="00122EC7">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="402FAC4C" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00FD1A4F" w:rsidRDefault="007E6540" w:rsidP="63E1EDE4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="63E1EDE4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Current</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FF1BE3D" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="781C3A2B" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF08851" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FAA7FA4" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C40C3E9" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28F0FB48" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD2CF8C" w14:textId="6C8E44C4" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1609" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6379EB8B" w14:textId="77777777" w:rsidR="007E6540" w:rsidRPr="00122EC7" w:rsidRDefault="007E6540" w:rsidP="0074532A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
-      <w:tr w:rsidR="006F5D31" w:rsidRPr="00FD1A4F" w14:paraId="748A8107" w14:textId="77777777" w:rsidTr="00D95D61">
-[...425 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p w14:paraId="21F1BCA7" w14:textId="77777777" w:rsidR="00F74FF4" w:rsidRDefault="00F74FF4" w:rsidP="00122EC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3539586B" w14:textId="4DBF89C6" w:rsidR="006F5D31" w:rsidRDefault="00F74FF4" w:rsidP="006F5D31">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="09F47E68" w14:textId="144200DE" w:rsidR="00016B62" w:rsidRDefault="5F010668" w:rsidP="0074499D">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="63016AFF">
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:u w:val="single"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008F4D37">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>List</w:t>
+      </w:r>
+      <w:r w:rsidR="00F74FF4" w:rsidRPr="63016AFF">
         <w:rPr>
           <w:sz w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Note any factors that may have contributed to the trends seen in participation: </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> factors that may have contributed to trends seen in participation: </w:t>
       </w:r>
-      <w:r w:rsidR="006F5D31">
+      <w:r w:rsidR="7B38717C" w:rsidRPr="63016AFF">
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:u w:val="single"/>
-[...1 lines deleted...]
-        <w:tab/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
-      <w:r w:rsidR="006F5D31">
+      <w:r w:rsidR="55C11E8E" w:rsidRPr="63016AFF">
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:u w:val="single"/>
-[...1 lines deleted...]
-        <w:tab/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________</w:t>
       </w:r>
-      <w:r w:rsidR="006F5D31">
+      <w:r w:rsidR="7B38717C" w:rsidRPr="63016AFF">
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:u w:val="single"/>
-[...610 lines deleted...]
-        <w:tab/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48155A34" w14:textId="4109064D" w:rsidR="00327845" w:rsidRPr="006F5D31" w:rsidRDefault="00327845" w:rsidP="006F5D31">
+    <w:p w14:paraId="17B0BF4C" w14:textId="53935804" w:rsidR="00016B62" w:rsidRDefault="7B38717C" w:rsidP="0074499D">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C8560B1" w14:textId="51B41ED6" w:rsidR="00016B62" w:rsidRDefault="7B38717C" w:rsidP="0074499D">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="60" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35DC409C" w14:textId="65699670" w:rsidR="63016AFF" w:rsidRDefault="63016AFF" w:rsidP="63016AFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:sz w:val="24"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1316CE1F" w14:textId="271E8986" w:rsidR="63016AFF" w:rsidRDefault="63016AFF" w:rsidP="63016AFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7110AC26" w14:textId="1D7E2E40" w:rsidR="63016AFF" w:rsidRDefault="63016AFF" w:rsidP="63016AFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25B57789" w14:textId="59112F72" w:rsidR="00016B62" w:rsidRDefault="00016B62" w:rsidP="006F5D31">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01D0ABF6" w14:textId="77777777" w:rsidR="00ED211D" w:rsidRDefault="00ED211D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:tab/>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB8253E" w14:textId="289213DD" w:rsidR="003C0CC5" w:rsidRPr="003C0CC5" w:rsidRDefault="00AE1D63" w:rsidP="003C0CC5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk11060305"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Outreach, </w:t>
+      </w:r>
+      <w:r w:rsidR="0095782C" w:rsidRPr="75A47C80">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Recruitment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="005B62F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="003C0CC5" w:rsidRPr="75A47C80">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve"> Retention Plan</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="006B6D73" w:rsidRPr="75A47C80">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="006B6D73" w:rsidRPr="00873077">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>Evaluation</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="006B6D73" w:rsidRPr="0074499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="6CC8F4C0" w:rsidRPr="0074499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve">for SFY </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00873077">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>20</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="6CC8F4C0" w:rsidRPr="0074499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>XX</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="6CC8F4C0" w:rsidRPr="75A47C80">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="006B6D73" w:rsidRPr="75A47C80">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(WIC Agreement Addendum Deliverables 8</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00E30656" w:rsidRPr="75A47C80">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="002E5393" w:rsidRPr="75A47C80">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>and</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="007D7C46" w:rsidRPr="75A47C80">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="009D24F3" w:rsidRPr="75A47C80">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
       </w:r>
-      <w:r>
-[...25 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="006B6D73" w:rsidRPr="75A47C80">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34497774" w14:textId="77777777" w:rsidR="00F96EC9" w:rsidRDefault="00F96EC9" w:rsidP="00122EC7">
+    <w:p w14:paraId="697982DA" w14:textId="77777777" w:rsidR="003C0CC5" w:rsidRPr="003C0CC5" w:rsidRDefault="003C0CC5" w:rsidP="003C0CC5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:b/>
-[...50 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="12991" w:type="dxa"/>
+        <w:tblStyle w:val="TableGrid1"/>
+        <w:tblW w:w="14215" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2133"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2285"/>
+        <w:gridCol w:w="1574"/>
+        <w:gridCol w:w="2201"/>
+        <w:gridCol w:w="6300"/>
+        <w:gridCol w:w="1530"/>
+        <w:gridCol w:w="2610"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F5D31" w:rsidRPr="006F5D31" w14:paraId="4BC1BCE1" w14:textId="77777777" w:rsidTr="004032B8">
+      <w:tr w:rsidR="003C0CC5" w:rsidRPr="003C0CC5" w14:paraId="2B436C7C" w14:textId="77777777" w:rsidTr="00553490">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12989" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="14215" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B9423CB" w14:textId="092E0280" w:rsidR="006F5D31" w:rsidRPr="006F5D31" w:rsidRDefault="006F5D31" w:rsidP="004032B8">
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="171FB4AD" w14:textId="31F3767C" w:rsidR="00FA2680" w:rsidRDefault="00DB51A7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plan: </w:t>
+            </w:r>
+            <w:r w:rsidR="005A1722">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Local </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA2680">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="005A1722">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>gency</w:t>
+            </w:r>
+            <w:r w:rsidR="000C20FD">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002574E0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">plan for </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA2680">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidR="00F3197E" w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>reastfeeding promotion and support</w:t>
+            </w:r>
+            <w:r w:rsidR="004B3508">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>. (</w:t>
+            </w:r>
+            <w:r w:rsidR="004B3508" w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Required</w:t>
+            </w:r>
+            <w:r w:rsidR="004B3508">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="450350E6" w14:textId="64153881" w:rsidR="003C0CC5" w:rsidRPr="0074499D" w:rsidRDefault="005A1722" w:rsidP="0064056C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Goal:</w:t>
             </w:r>
-            <w:r w:rsidRPr="006F5D31">
-[...21 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96EC9" w:rsidRPr="006F5D31" w14:paraId="257520E1" w14:textId="77777777" w:rsidTr="004032B8">
+      <w:tr w:rsidR="005038A3" w:rsidRPr="001A2CBC" w14:paraId="76154E4F" w14:textId="77777777" w:rsidTr="005038A3">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12989" w:type="dxa"/>
+            <w:tcW w:w="1574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-          <w:p w14:paraId="773BA339" w14:textId="77777777" w:rsidR="00F96EC9" w:rsidRPr="000F27B2" w:rsidRDefault="00F96EC9" w:rsidP="00BC5901">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="261F2783" w14:textId="45DDFFD8" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531" w:rsidP="003C0CC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-            <w:tcW w:w="12989" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0CC5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Target </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Population </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45F1AA32" w14:textId="77777777" w:rsidR="00F96EC9" w:rsidRPr="000F27B2" w:rsidRDefault="00F96EC9" w:rsidP="00BC5901">
+          <w:p w14:paraId="54A59E39" w14:textId="48A678EF" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531" w:rsidP="003C0CC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-            <w:tcW w:w="12989" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E0531">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Reason Targeted</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-          <w:p w14:paraId="631B125C" w14:textId="77777777" w:rsidR="00F96EC9" w:rsidRPr="000F27B2" w:rsidRDefault="00F96EC9" w:rsidP="00BC5901">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3AA2F7C4" w14:textId="4A637526" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531" w:rsidP="003C0CC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-            <w:tcW w:w="12989" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Description of Activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/Activities Planned</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (include staff responsible, location, etc.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-          <w:p w14:paraId="209C373B" w14:textId="77777777" w:rsidR="00F96EC9" w:rsidRPr="000F27B2" w:rsidRDefault="00F96EC9" w:rsidP="00BC5901">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1907F9AA" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531" w:rsidP="003C0CC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-            <w:tcW w:w="12989" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0CC5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Timeline</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-          <w:p w14:paraId="23FF83D0" w14:textId="77777777" w:rsidR="00F96EC9" w:rsidRPr="000F27B2" w:rsidRDefault="00F96EC9" w:rsidP="00BC5901">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6201B1F7" w14:textId="457AEE24" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531" w:rsidP="003C0CC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...29 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0CC5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Evaluation</w:t>
             </w:r>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Method</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96EC9" w:rsidRPr="006F5D31" w14:paraId="1E1DB223" w14:textId="77777777" w:rsidTr="004032B8">
+      <w:tr w:rsidR="005038A3" w:rsidRPr="001A2CBC" w14:paraId="616B309B" w14:textId="77777777" w:rsidTr="005038A3">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12989" w:type="dxa"/>
+            <w:tcW w:w="1574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="197B1B7A" w14:textId="77777777" w:rsidR="00F96EC9" w:rsidRPr="006F5D31" w:rsidRDefault="00F96EC9" w:rsidP="00122EC7">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5C25ABD7" w14:textId="1C8837D6" w:rsidR="000E0531" w:rsidRPr="001A2CBC" w:rsidRDefault="000E0531" w:rsidP="003C0CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Women</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reastfeeding </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>omen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A6A1706" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531" w:rsidP="003C0CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EF482CC" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531" w:rsidP="003C0CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="254A90BF" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531" w:rsidP="003C0CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="389FB18D" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531" w:rsidP="003C0CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009719CC" w:rsidRPr="001A2CBC" w14:paraId="532DD30F" w14:textId="77777777" w:rsidTr="00476001">
+        <w:trPr>
+          <w:trHeight w:val="295"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14215" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B782A5D" w14:textId="0F78C529" w:rsidR="00BD7D63" w:rsidRPr="0074499D" w:rsidRDefault="00BD7D63" w:rsidP="0074499D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0054619C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-              <w:rPr>
+              <w:t>Evaluatio</w:t>
+            </w:r>
+            <w:r w:rsidR="005038A3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-              <w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidR="00850628">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-              <w:rPr>
+              <w:t>- To be completed and submitted with next year’s AA</w:t>
+            </w:r>
+            <w:r w:rsidR="008E027C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0025240E" w:rsidRPr="0074499D">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-            <w:tcW w:w="12989" w:type="dxa"/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              </w:rPr>
+              <w:t>NC WIC Agreement Addendum</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Deliverable #9.</w:t>
+            </w:r>
+            <w:r w:rsidR="0025240E">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BFE190A" w14:textId="63F9688D" w:rsidR="00BD7D63" w:rsidRPr="0074499D" w:rsidRDefault="00BD7D63" w:rsidP="00BD7D63">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Refer to NC WPM: Chapter 10, Section 5: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Local Agency Retention and Outreach Plan</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE6C81">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1883B910" w14:textId="2ABE13CB" w:rsidR="0049447B" w:rsidRPr="0074499D" w:rsidRDefault="0049447B" w:rsidP="0074499D">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Was the plan implemented?  If not, provide a reason.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E629B28" w14:textId="6743C412" w:rsidR="0049447B" w:rsidRDefault="0049447B" w:rsidP="007F2744">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>To what degree was the plan successful?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41DD2CBF" w14:textId="2BD85E47" w:rsidR="00DB51A7" w:rsidRPr="0074499D" w:rsidRDefault="00DB51A7" w:rsidP="0074499D">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Will you modify </w:t>
+            </w:r>
+            <w:r w:rsidRPr="5C7FE429">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>an</w:t>
+            </w:r>
+            <w:r w:rsidR="3FE178BD" w:rsidRPr="5C7FE429">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the activities? If so, how will the activities be modified?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07F81442" w14:textId="50F0C207" w:rsidR="0046317D" w:rsidRPr="001A2CBC" w:rsidRDefault="0046317D" w:rsidP="00DB51A7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5CAD7FAC" w14:textId="77777777" w:rsidR="00AE191B" w:rsidRPr="003C0CC5" w:rsidRDefault="00AE191B" w:rsidP="00AE191B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid1"/>
+        <w:tblW w:w="14215" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1635"/>
+        <w:gridCol w:w="2140"/>
+        <w:gridCol w:w="6300"/>
+        <w:gridCol w:w="1530"/>
+        <w:gridCol w:w="2610"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AE191B" w:rsidRPr="003C0CC5" w14:paraId="4FCD3A6A" w14:textId="77777777" w:rsidTr="23FF3ACA">
+        <w:trPr>
+          <w:trHeight w:val="295"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14215" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4592719F" w14:textId="77777777" w:rsidR="00F96EC9" w:rsidRPr="006F5D31" w:rsidRDefault="00F96EC9" w:rsidP="00122EC7">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7DF57DD2" w14:textId="78CEEA32" w:rsidR="002574E0" w:rsidRDefault="00DB51A7" w:rsidP="00013E97">
+            <w:pPr>
+              <w:ind w:left="720" w:hanging="720"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plan: </w:t>
+            </w:r>
+            <w:r w:rsidR="00EE080D" w:rsidRPr="002574E0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Local agency</w:t>
+            </w:r>
+            <w:r w:rsidR="002574E0" w:rsidRPr="002574E0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> plan for </w:t>
+            </w:r>
+            <w:r w:rsidR="002574E0" w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="002B7DC7" w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>arget</w:t>
+            </w:r>
+            <w:r w:rsidR="002574E0" w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ing</w:t>
+            </w:r>
+            <w:r w:rsidR="002B7DC7" w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009A2815" w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>WIC services to highest priority group</w:t>
+            </w:r>
+            <w:r w:rsidR="002574E0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>s. (</w:t>
+            </w:r>
+            <w:r w:rsidR="002574E0" w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Required</w:t>
+            </w:r>
+            <w:r w:rsidR="002574E0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54580539" w14:textId="2FDA2380" w:rsidR="00AE191B" w:rsidRPr="003C0CC5" w:rsidRDefault="002574E0" w:rsidP="0074499D">
+            <w:pPr>
+              <w:ind w:left="720" w:hanging="720"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Goal:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96EC9" w:rsidRPr="006F5D31" w14:paraId="5756FDEE" w14:textId="77777777" w:rsidTr="004032B8">
+      <w:tr w:rsidR="000E0531" w:rsidRPr="001A2CBC" w14:paraId="44C85488" w14:textId="77777777" w:rsidTr="007C577E">
+        <w:trPr>
+          <w:trHeight w:val="295"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10876EA5" w14:textId="5E90ACD5" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0CC5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Target </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Population </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F46E521" w14:textId="24B7ACB6" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E0531">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Reason Targeted</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD0D6B1" w14:textId="1719DE9E" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Description of Activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/Activities Planned</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (include staff responsible, location, etc.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FC90484" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0CC5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Timeline</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DBF08FB" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0CC5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Evaluation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Method</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E0531" w:rsidRPr="001A2CBC" w14:paraId="402041AA" w14:textId="77777777" w:rsidTr="007C577E">
+        <w:trPr>
+          <w:trHeight w:val="295"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1635" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="545FCCF5" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="001A2CBC" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3ED7F739" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="001A2CBC" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/category</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">high </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C0CC5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>riority group</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0489EA55" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39EF84F0" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34CBBEA9" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="075E1A36" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A65E9" w:rsidRPr="001A2CBC" w14:paraId="46C01584" w14:textId="77777777" w:rsidTr="23FF3ACA">
         <w:trPr>
           <w:trHeight w:val="309"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12989" w:type="dxa"/>
+            <w:tcW w:w="14215" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7447A63A" w14:textId="77777777" w:rsidR="00F96EC9" w:rsidRPr="006F5D31" w:rsidRDefault="00F96EC9" w:rsidP="00122EC7">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="01AD2017" w14:textId="3F357485" w:rsidR="008E027C" w:rsidRPr="00AA7938" w:rsidRDefault="00BD7D63" w:rsidP="008E027C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00766619">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-              <w:rPr>
+              <w:t>Evaluation</w:t>
+            </w:r>
+            <w:r w:rsidR="008E027C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00850628">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-              <w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00850628" w:rsidRPr="00850628">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">To be completed and submitted with next year’s AA </w:t>
+            </w:r>
+            <w:r w:rsidR="008E027C" w:rsidRPr="00AA7938">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="008E027C" w:rsidRPr="00AA7938">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              </w:rPr>
+              <w:t>NC WIC Agreement Addendum</w:t>
+            </w:r>
+            <w:r w:rsidR="008E027C" w:rsidRPr="00AA7938">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Deliverable #9.</w:t>
+            </w:r>
+            <w:r w:rsidR="008E027C">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FE0BD04" w14:textId="664F1AF0" w:rsidR="00BD7D63" w:rsidRPr="0074499D" w:rsidRDefault="00BD7D63" w:rsidP="00BD7D63">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Refer to NC WPM: Chapter 10, Section 5: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Local Agency Retention and Outreach Plan</w:t>
+            </w:r>
+            <w:r w:rsidR="00766619">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="573DC387" w14:textId="77777777" w:rsidR="007D16CE" w:rsidRPr="00766619" w:rsidRDefault="007D16CE" w:rsidP="0074499D">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00766619">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Was the plan implemented?  If not, provide a reason.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77F5C85C" w14:textId="77777777" w:rsidR="007D16CE" w:rsidRPr="00766619" w:rsidRDefault="007D16CE" w:rsidP="007D16CE">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00766619">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>To what degree was the plan successful?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FA34D6E" w14:textId="389292A9" w:rsidR="00FA6ADC" w:rsidRPr="00766619" w:rsidRDefault="00FA6ADC" w:rsidP="007D16CE">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00766619">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Will you modify any of the activities?  If so, how will the activities be modified?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="768E28CC" w14:textId="77777777" w:rsidR="0035675B" w:rsidRPr="003C0CC5" w:rsidRDefault="0035675B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96EC9" w:rsidRPr="006F5D31" w14:paraId="3C4B59EC" w14:textId="77777777" w:rsidTr="004032B8">
+    </w:tbl>
+    <w:p w14:paraId="527DFC41" w14:textId="77777777" w:rsidR="00D1045C" w:rsidRDefault="00D1045C">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid1"/>
+        <w:tblW w:w="14215" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1734"/>
+        <w:gridCol w:w="2041"/>
+        <w:gridCol w:w="6300"/>
+        <w:gridCol w:w="1620"/>
+        <w:gridCol w:w="2520"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00300002" w:rsidRPr="003C0CC5" w14:paraId="1E011340" w14:textId="77777777" w:rsidTr="23FF3ACA">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12989" w:type="dxa"/>
+            <w:tcW w:w="14215" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F58777E" w14:textId="77777777" w:rsidR="00F96EC9" w:rsidRPr="006F5D31" w:rsidRDefault="00F96EC9" w:rsidP="00122EC7">
-[...75 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0BE9EF1D" w14:textId="3C60F58C" w:rsidR="00300002" w:rsidRPr="0074499D" w:rsidRDefault="270D9BC3" w:rsidP="00FA6ADC">
+            <w:pPr>
+              <w:ind w:left="720" w:hanging="720"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C010C">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Plan: </w:t>
+            </w:r>
+            <w:r w:rsidR="007C010C" w:rsidRPr="007C010C">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00B1645B" w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>optional</w:t>
+            </w:r>
+            <w:r w:rsidR="007C010C" w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B351204" w14:textId="6CDAA275" w:rsidR="007C010C" w:rsidRPr="003C0CC5" w:rsidRDefault="007C010C" w:rsidP="0074499D">
+            <w:pPr>
+              <w:ind w:left="720" w:hanging="720"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Goal:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96EC9" w:rsidRPr="006F5D31" w14:paraId="434A68E2" w14:textId="77777777" w:rsidTr="004032B8">
+      <w:tr w:rsidR="000E0531" w:rsidRPr="001A2CBC" w14:paraId="6F4E1B06" w14:textId="77777777" w:rsidTr="007C577E">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12989" w:type="dxa"/>
+            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:rPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AFA72BD" w14:textId="424D1853" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0CC5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Target </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Population </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4C3207" w14:textId="1E9A0A3F" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E0531">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Reason Targeted</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4827FDBA" w14:textId="4546ED8E" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Description of Activity</w:t>
+            </w:r>
+            <w:r w:rsidR="00850628">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/Activities</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (include staff responsible, location, etc.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="413D917A" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0CC5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Timeline</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7202C50B" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0CC5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Evaluation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Method</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E0531" w:rsidRPr="001A2CBC" w14:paraId="67587990" w14:textId="77777777" w:rsidTr="007C577E">
+        <w:trPr>
+          <w:trHeight w:val="295"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="226FA1E7" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="001A2CBC" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C94DB61" w14:textId="22AAED50" w:rsidR="000E0531" w:rsidRPr="001A2CBC" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Name/category of target population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1710A51F" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="749B4BAF" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04B365F9" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="715BBC6C" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00300002" w:rsidRPr="001A2CBC" w14:paraId="14B7EF24" w14:textId="77777777" w:rsidTr="23FF3ACA">
+        <w:trPr>
+          <w:trHeight w:val="309"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14215" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C0BE871" w14:textId="319115E0" w:rsidR="008E027C" w:rsidRPr="00AA7938" w:rsidRDefault="00BD7D63" w:rsidP="008E027C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0054619C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-              <w:rPr>
+              <w:t>Evaluation</w:t>
+            </w:r>
+            <w:r w:rsidR="00850628">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00850628" w:rsidRPr="00850628">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">To be completed and submitted with next year’s AA </w:t>
+            </w:r>
+            <w:r w:rsidR="008E027C" w:rsidRPr="00AA7938">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...25 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="008E027C" w:rsidRPr="00AA7938">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              </w:rPr>
+              <w:t>NC WIC Agreement Addendum</w:t>
+            </w:r>
+            <w:r w:rsidR="008E027C" w:rsidRPr="00AA7938">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Deliverable #9.</w:t>
+            </w:r>
+            <w:r w:rsidR="008E027C">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A49099F" w14:textId="0421A2E8" w:rsidR="00BD7D63" w:rsidRPr="0074499D" w:rsidRDefault="00BD7D63" w:rsidP="00BD7D63">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Refer to NC WPM: Chapter 10, Section 5: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Local Agency Retention and Outreach Plan</w:t>
+            </w:r>
+            <w:r w:rsidR="00766619">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51249049" w14:textId="77777777" w:rsidR="00300002" w:rsidRDefault="0049447B" w:rsidP="0074499D">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004414DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Was the plan implemented?  If not, provide a reason.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02C02381" w14:textId="77777777" w:rsidR="00300002" w:rsidRDefault="00300002" w:rsidP="0074499D">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004414DE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>To what degree was the plan successful?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="201EBD51" w14:textId="77777777" w:rsidR="00300002" w:rsidRDefault="00300002" w:rsidP="0074499D">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5E1022E8">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Will you modify any of the activities?  If so, how will the activities be modified?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5651A1C5" w14:textId="77777777" w:rsidR="00300002" w:rsidRPr="003C0CC5" w:rsidRDefault="00300002">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="571DEE41" w14:textId="77777777" w:rsidR="00B23B70" w:rsidRPr="000D4CBF" w:rsidRDefault="00B23B70" w:rsidP="00122EC7">
-[...3 lines deleted...]
-          <w:sz w:val="32"/>
+    <w:p w14:paraId="3AC7D248" w14:textId="77777777" w:rsidR="00D1045C" w:rsidRDefault="00D1045C" w:rsidP="00AE191B">
+      <w:pPr>
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk11060305"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="TableGrid1"/>
+        <w:tblW w:w="14215" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2247"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2078"/>
+        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="2245"/>
+        <w:gridCol w:w="6120"/>
+        <w:gridCol w:w="1620"/>
+        <w:gridCol w:w="2520"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004032B8" w:rsidRPr="000F27B2" w14:paraId="6DB14403" w14:textId="77777777" w:rsidTr="00D95D61">
+      <w:tr w:rsidR="00D1045C" w:rsidRPr="003C0CC5" w14:paraId="029FA3E6" w14:textId="77777777" w:rsidTr="23FF3ACA">
         <w:trPr>
-          <w:trHeight w:val="266"/>
+          <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13045" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="14215" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:rPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49C6DAA0" w14:textId="77777777" w:rsidR="00D167DF" w:rsidRPr="0054619C" w:rsidRDefault="00D167DF" w:rsidP="00D167DF">
+            <w:pPr>
+              <w:ind w:left="720" w:hanging="720"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C010C">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Plan: (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0054619C">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>optional)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A7A5870" w14:textId="5918CA81" w:rsidR="00D1045C" w:rsidRPr="003C0CC5" w:rsidRDefault="00D167DF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0054619C">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Goal:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E0531" w:rsidRPr="001A2CBC" w14:paraId="67BADE1C" w14:textId="77777777" w:rsidTr="007C577E">
+        <w:trPr>
+          <w:trHeight w:val="295"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55AC25B8" w14:textId="34817859" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0CC5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Target </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Population </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="415F4E8D" w14:textId="0991DD3D" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E0531">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Reason Targeted</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00554036" w14:textId="1D333E48" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Description of Activity</w:t>
+            </w:r>
+            <w:r w:rsidR="00850628">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="0074499D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Activities</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (include staff responsible, location, etc.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="618CF895" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0CC5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Timeline</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EEECE1" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78296955" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C0CC5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Evaluation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Method</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E0531" w:rsidRPr="001A2CBC" w14:paraId="19EAA3B1" w14:textId="77777777" w:rsidTr="007C577E">
+        <w:trPr>
+          <w:trHeight w:val="295"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06E7B84F" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="001A2CBC" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44FEA27C" w14:textId="2C6C4360" w:rsidR="000E0531" w:rsidRPr="001A2CBC" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A2CBC">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/category of target population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E83470B" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D495EB1" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32C29A26" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA0625E" w14:textId="77777777" w:rsidR="000E0531" w:rsidRPr="003C0CC5" w:rsidRDefault="000E0531">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D1045C" w:rsidRPr="001A2CBC" w14:paraId="782C5681" w14:textId="77777777" w:rsidTr="23FF3ACA">
+        <w:trPr>
+          <w:trHeight w:val="309"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14215" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD7F818" w14:textId="39F0BCD5" w:rsidR="008E027C" w:rsidRPr="00AA7938" w:rsidRDefault="00D1045C" w:rsidP="008E027C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:t>Evaluation</w:t>
+            </w:r>
+            <w:r w:rsidR="00850628">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Goal:</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r w:rsidR="00850628" w:rsidRPr="00850628">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:u w:val="single"/>
-[...4 lines deleted...]
-              <w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00850628" w:rsidRPr="00850628">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:u w:val="single"/>
-[...4 lines deleted...]
-              <w:rPr>
+              </w:rPr>
+              <w:t>To be completed and submitted with next year’s AA</w:t>
+            </w:r>
+            <w:r w:rsidR="00850628">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:u w:val="single"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000F27B2">
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008E027C" w:rsidRPr="00AA7938">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:u w:val="single"/>
-[...1262 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="008E027C" w:rsidRPr="00AA7938">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+              </w:rPr>
+              <w:t>NC WIC Agreement Addendum</w:t>
+            </w:r>
+            <w:r w:rsidR="008E027C" w:rsidRPr="00AA7938">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Deliverable #9.</w:t>
+            </w:r>
+            <w:r w:rsidR="008E027C">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="775540AF" w14:textId="25C2EE41" w:rsidR="0003583F" w:rsidRPr="0074499D" w:rsidRDefault="0003583F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Refer to NC WPM: Chapter 10, Section 5: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Local Agency Retention and Outreach Plan.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BFB4DC1" w14:textId="77777777" w:rsidR="00D1045C" w:rsidRPr="0074499D" w:rsidRDefault="0049447B" w:rsidP="0074499D">
+            <w:pPr>
+              <w:pStyle w:val="AA-12pt"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Was the plan implemented?  If not, provide a reason.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72E2DEDE" w14:textId="77777777" w:rsidR="00D1045C" w:rsidRPr="0074499D" w:rsidRDefault="00D1045C" w:rsidP="0074499D">
+            <w:pPr>
+              <w:pStyle w:val="AA-12pt"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074499D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>To what degree was the plan successful?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="048CF14C" w14:textId="77777777" w:rsidR="00D1045C" w:rsidRPr="0074499D" w:rsidRDefault="00D1045C" w:rsidP="5E1022E8">
+            <w:pPr>
+              <w:pStyle w:val="AA-12pt"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5E1022E8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Will you modify any of the activities?  If so, how will the activities be modified?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E11B3D2" w14:textId="77777777" w:rsidR="00D1045C" w:rsidRPr="003C0CC5" w:rsidRDefault="00D1045C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5DBFEDFA" w14:textId="0F2F5582" w:rsidR="00327845" w:rsidRPr="00D95D61" w:rsidRDefault="00327845" w:rsidP="00122EC7">
+    <w:p w14:paraId="43F6334F" w14:textId="2B5F2410" w:rsidR="001123B4" w:rsidRDefault="001123B4" w:rsidP="00D1045C">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E482DD1" w14:textId="77777777" w:rsidR="00D167DF" w:rsidRDefault="00D167DF" w:rsidP="001123B4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="4"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C956C0E" w14:textId="77080877" w:rsidR="60CC90EF" w:rsidRDefault="60CC90EF" w:rsidP="00D1045C">
+      <w:pPr>
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25F0268F" w14:textId="77777777" w:rsidR="00327845" w:rsidRPr="000D4CBF" w:rsidRDefault="00327845" w:rsidP="00122EC7">
-[...3346 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId6"/>
+    <w:sectPr w:rsidR="60CC90EF" w:rsidSect="00016B62">
+      <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
-      <w:pgMar w:top="576" w:right="720" w:bottom="576" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4CE88607" w14:textId="77777777" w:rsidR="003D6D27" w:rsidRDefault="003D6D27" w:rsidP="00F96EC9">
+    <w:p w14:paraId="1A1150AF" w14:textId="77777777" w:rsidR="008C76AD" w:rsidRDefault="008C76AD" w:rsidP="00F96EC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09C22323" w14:textId="77777777" w:rsidR="003D6D27" w:rsidRDefault="003D6D27" w:rsidP="00F96EC9">
+    <w:p w14:paraId="2EFA4E0B" w14:textId="77777777" w:rsidR="008C76AD" w:rsidRDefault="008C76AD" w:rsidP="00F96EC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="73ADC3D6" w14:textId="77777777" w:rsidR="008C76AD" w:rsidRDefault="008C76AD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="353F93C8" w14:textId="77777777" w:rsidR="003D6D27" w:rsidRDefault="003D6D27" w:rsidP="00F96EC9">
+    <w:p w14:paraId="1B7CB7F6" w14:textId="77777777" w:rsidR="008C76AD" w:rsidRDefault="008C76AD" w:rsidP="00F96EC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C073FF4" w14:textId="77777777" w:rsidR="003D6D27" w:rsidRDefault="003D6D27" w:rsidP="00F96EC9">
+    <w:p w14:paraId="0D4C78D4" w14:textId="77777777" w:rsidR="008C76AD" w:rsidRDefault="008C76AD" w:rsidP="00F96EC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="00FBCBFC" w14:textId="77777777" w:rsidR="008C76AD" w:rsidRDefault="008C76AD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="52DB6A5A" w14:textId="1ECFFA24" w:rsidR="00F96EC9" w:rsidRPr="00122EC7" w:rsidRDefault="00F96EC9" w:rsidP="00FD1A4F">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1121FDE1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2D4B6A4"/>
+    <w:lvl w:ilvl="0" w:tplc="46522286">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="10890" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="EF4E4210">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="11610" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="AAA06A64">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="12330" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F17E3148">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="13050" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="E62E0F90">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="13770" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="5A4815E2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="14490" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="CDACD8EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="15210" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E376D73A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="15930" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6B3E96F6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="16650" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="294D36D0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="AA-12pt"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="166" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1066" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1786" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2506" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3226" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3946" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4666" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5386" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6106" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E002391"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3620D150"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58102D11"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E028DDD2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A605D62"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D02EF190"/>
+    <w:lvl w:ilvl="0" w:tplc="73C82094">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="12C2E3A4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pStyle w:val="AA-6pt"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="900" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C58ABC38">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="AA-3pt"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1620" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1F36B2A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="51989846">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3060" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="62FCC34C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="F2EE4464">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4500" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="01D80A8A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5220" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="AF2A63D6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlRestart w:val="0"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5940" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C4E68EE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9D08ACAA"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1260" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1980" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2700" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3420" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4140" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4860" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5580" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6300" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E9D7E96"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60709BB7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4B4E6552"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79DC7A88"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F758A098"/>
+    <w:lvl w:ilvl="0" w:tplc="71D21E68">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="900" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D9C62FEC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1620" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="B70A82F4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="51360B7E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3060" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="53CACCD2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4336E604">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4500" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="ED7E9AD0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5220" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C624D910">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5940" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FB7C85A6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6660" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F9D7463"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="312179701">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="246037831">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1875921149">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1322585689">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2080128530">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1291209225">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1853760404">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="888999181">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="320818731">
+    <w:abstractNumId w:val="7"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="867909147">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="85352034">
+    <w:abstractNumId w:val="7"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="169566319">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="355693339">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="535194500">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1738627486">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1438718948">
+    <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="39674202">
+    <w:abstractNumId w:val="9"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="201863889">
+    <w:abstractNumId w:val="9"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1768113745">
+    <w:abstractNumId w:val="9"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1664240938">
+    <w:abstractNumId w:val="9"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1495023666">
+    <w:abstractNumId w:val="9"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1194031858">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="952857543">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1057313564">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00575549"/>
+    <w:rsid w:val="0000026E"/>
+    <w:rsid w:val="000037DC"/>
+    <w:rsid w:val="000057B3"/>
+    <w:rsid w:val="00007967"/>
+    <w:rsid w:val="000125EB"/>
+    <w:rsid w:val="00013E97"/>
+    <w:rsid w:val="00014C80"/>
+    <w:rsid w:val="00016B62"/>
+    <w:rsid w:val="00024DD1"/>
+    <w:rsid w:val="0002559B"/>
+    <w:rsid w:val="00032F7E"/>
+    <w:rsid w:val="0003583F"/>
+    <w:rsid w:val="00047683"/>
+    <w:rsid w:val="00053E6E"/>
+    <w:rsid w:val="000674A9"/>
+    <w:rsid w:val="00091642"/>
+    <w:rsid w:val="000B3765"/>
+    <w:rsid w:val="000C0D05"/>
+    <w:rsid w:val="000C0D8A"/>
+    <w:rsid w:val="000C1129"/>
+    <w:rsid w:val="000C20FD"/>
+    <w:rsid w:val="000C24C0"/>
+    <w:rsid w:val="000C595A"/>
     <w:rsid w:val="000D4CBF"/>
+    <w:rsid w:val="000E0531"/>
+    <w:rsid w:val="000E19E5"/>
+    <w:rsid w:val="000E1B1C"/>
     <w:rsid w:val="000E5F33"/>
+    <w:rsid w:val="000E7EAD"/>
     <w:rsid w:val="000F27B2"/>
+    <w:rsid w:val="000F31E8"/>
     <w:rsid w:val="000F3F27"/>
+    <w:rsid w:val="000F43BA"/>
+    <w:rsid w:val="00105181"/>
     <w:rsid w:val="00105538"/>
+    <w:rsid w:val="00105BBF"/>
+    <w:rsid w:val="001062CF"/>
+    <w:rsid w:val="00112383"/>
+    <w:rsid w:val="001123B4"/>
+    <w:rsid w:val="00113B4D"/>
+    <w:rsid w:val="00116DDA"/>
+    <w:rsid w:val="001205A5"/>
     <w:rsid w:val="00122EC7"/>
+    <w:rsid w:val="00127354"/>
+    <w:rsid w:val="00133B2B"/>
+    <w:rsid w:val="00135EFA"/>
+    <w:rsid w:val="00143979"/>
+    <w:rsid w:val="00145B28"/>
+    <w:rsid w:val="001470F5"/>
     <w:rsid w:val="00150728"/>
+    <w:rsid w:val="0015138A"/>
+    <w:rsid w:val="00154089"/>
+    <w:rsid w:val="00163B81"/>
+    <w:rsid w:val="00166898"/>
+    <w:rsid w:val="0017790F"/>
+    <w:rsid w:val="001837D1"/>
+    <w:rsid w:val="00191141"/>
+    <w:rsid w:val="001A2CBC"/>
+    <w:rsid w:val="001A7FE0"/>
+    <w:rsid w:val="001B504C"/>
+    <w:rsid w:val="001B52F4"/>
+    <w:rsid w:val="001B6951"/>
+    <w:rsid w:val="001C379A"/>
+    <w:rsid w:val="001D10CF"/>
+    <w:rsid w:val="001F0900"/>
+    <w:rsid w:val="001F71B6"/>
+    <w:rsid w:val="002015C1"/>
+    <w:rsid w:val="002023A3"/>
+    <w:rsid w:val="00211D4E"/>
+    <w:rsid w:val="0021548E"/>
+    <w:rsid w:val="00216654"/>
+    <w:rsid w:val="0022363F"/>
+    <w:rsid w:val="00227F67"/>
+    <w:rsid w:val="002460EC"/>
+    <w:rsid w:val="0025240E"/>
     <w:rsid w:val="00255B46"/>
+    <w:rsid w:val="002574E0"/>
+    <w:rsid w:val="00257FB0"/>
+    <w:rsid w:val="002632E4"/>
+    <w:rsid w:val="0027602C"/>
+    <w:rsid w:val="00291409"/>
+    <w:rsid w:val="002A0BE1"/>
+    <w:rsid w:val="002A4894"/>
+    <w:rsid w:val="002A4C94"/>
+    <w:rsid w:val="002A6758"/>
+    <w:rsid w:val="002B548D"/>
+    <w:rsid w:val="002B7DC7"/>
+    <w:rsid w:val="002C788C"/>
+    <w:rsid w:val="002D0B04"/>
+    <w:rsid w:val="002D0D64"/>
+    <w:rsid w:val="002D36DF"/>
+    <w:rsid w:val="002D50FA"/>
+    <w:rsid w:val="002E5393"/>
+    <w:rsid w:val="00300002"/>
+    <w:rsid w:val="003016D5"/>
+    <w:rsid w:val="00303E23"/>
+    <w:rsid w:val="00310060"/>
     <w:rsid w:val="00310146"/>
+    <w:rsid w:val="003117CD"/>
+    <w:rsid w:val="00314078"/>
+    <w:rsid w:val="003165DB"/>
+    <w:rsid w:val="0032268F"/>
+    <w:rsid w:val="003230C1"/>
+    <w:rsid w:val="003240E4"/>
     <w:rsid w:val="00327845"/>
+    <w:rsid w:val="00331628"/>
+    <w:rsid w:val="00341435"/>
+    <w:rsid w:val="00350053"/>
+    <w:rsid w:val="00350AFA"/>
+    <w:rsid w:val="0035675B"/>
+    <w:rsid w:val="00361AF5"/>
+    <w:rsid w:val="0036380D"/>
+    <w:rsid w:val="00365313"/>
+    <w:rsid w:val="00367810"/>
+    <w:rsid w:val="003949A3"/>
+    <w:rsid w:val="00397E5D"/>
+    <w:rsid w:val="003B00FF"/>
+    <w:rsid w:val="003B021D"/>
+    <w:rsid w:val="003B3A2C"/>
+    <w:rsid w:val="003B3E8C"/>
+    <w:rsid w:val="003B47EB"/>
+    <w:rsid w:val="003B71D2"/>
+    <w:rsid w:val="003C0CC5"/>
     <w:rsid w:val="003D6D27"/>
+    <w:rsid w:val="003E19D3"/>
+    <w:rsid w:val="003E6B89"/>
+    <w:rsid w:val="00401133"/>
     <w:rsid w:val="004032B8"/>
     <w:rsid w:val="004129D4"/>
+    <w:rsid w:val="00424302"/>
     <w:rsid w:val="004265CF"/>
+    <w:rsid w:val="00430084"/>
+    <w:rsid w:val="004341CD"/>
+    <w:rsid w:val="00436259"/>
+    <w:rsid w:val="00441234"/>
+    <w:rsid w:val="004414DE"/>
+    <w:rsid w:val="00442E71"/>
+    <w:rsid w:val="0044419E"/>
     <w:rsid w:val="00446ADE"/>
+    <w:rsid w:val="00452D7C"/>
+    <w:rsid w:val="00453A0F"/>
+    <w:rsid w:val="004569EC"/>
+    <w:rsid w:val="0046317D"/>
+    <w:rsid w:val="00463D44"/>
+    <w:rsid w:val="00476001"/>
+    <w:rsid w:val="004848A5"/>
+    <w:rsid w:val="00486AB7"/>
+    <w:rsid w:val="0049447B"/>
     <w:rsid w:val="00494C60"/>
+    <w:rsid w:val="004A6C40"/>
+    <w:rsid w:val="004B3508"/>
+    <w:rsid w:val="004B6C35"/>
     <w:rsid w:val="004B7568"/>
+    <w:rsid w:val="004D0FA3"/>
+    <w:rsid w:val="004F1657"/>
+    <w:rsid w:val="005038A3"/>
+    <w:rsid w:val="00506F2E"/>
+    <w:rsid w:val="00510C3B"/>
+    <w:rsid w:val="00516F32"/>
+    <w:rsid w:val="005212E6"/>
+    <w:rsid w:val="0052276D"/>
+    <w:rsid w:val="00525049"/>
+    <w:rsid w:val="005278E5"/>
+    <w:rsid w:val="005369CE"/>
+    <w:rsid w:val="0054429A"/>
+    <w:rsid w:val="00553490"/>
+    <w:rsid w:val="0055532B"/>
+    <w:rsid w:val="00563932"/>
+    <w:rsid w:val="00564706"/>
+    <w:rsid w:val="0056512F"/>
+    <w:rsid w:val="005678BA"/>
     <w:rsid w:val="00575549"/>
+    <w:rsid w:val="005927D7"/>
+    <w:rsid w:val="00595646"/>
+    <w:rsid w:val="005A0CEC"/>
+    <w:rsid w:val="005A1722"/>
+    <w:rsid w:val="005A1A45"/>
+    <w:rsid w:val="005A7D75"/>
+    <w:rsid w:val="005B1500"/>
+    <w:rsid w:val="005B227D"/>
+    <w:rsid w:val="005B62F4"/>
+    <w:rsid w:val="005B6571"/>
+    <w:rsid w:val="005B6BA8"/>
+    <w:rsid w:val="005C03CA"/>
+    <w:rsid w:val="005C33AF"/>
     <w:rsid w:val="005C4F8F"/>
+    <w:rsid w:val="005D1F1F"/>
+    <w:rsid w:val="005D5153"/>
+    <w:rsid w:val="005E520B"/>
+    <w:rsid w:val="005F660B"/>
+    <w:rsid w:val="00611905"/>
+    <w:rsid w:val="00613ADE"/>
+    <w:rsid w:val="00616DB8"/>
+    <w:rsid w:val="0064056C"/>
+    <w:rsid w:val="00642D71"/>
     <w:rsid w:val="006545A8"/>
+    <w:rsid w:val="006629C3"/>
+    <w:rsid w:val="0068366D"/>
+    <w:rsid w:val="006855B8"/>
+    <w:rsid w:val="0068677C"/>
+    <w:rsid w:val="006965A2"/>
+    <w:rsid w:val="006B0F34"/>
+    <w:rsid w:val="006B433E"/>
+    <w:rsid w:val="006B6D73"/>
+    <w:rsid w:val="006C0933"/>
+    <w:rsid w:val="006C5AF0"/>
+    <w:rsid w:val="006D722B"/>
+    <w:rsid w:val="006D7DE0"/>
+    <w:rsid w:val="006E221A"/>
+    <w:rsid w:val="006E5F64"/>
+    <w:rsid w:val="006F1C6D"/>
+    <w:rsid w:val="006F2F7F"/>
     <w:rsid w:val="006F5D31"/>
+    <w:rsid w:val="007019A5"/>
+    <w:rsid w:val="007317CC"/>
     <w:rsid w:val="007444D5"/>
+    <w:rsid w:val="0074499D"/>
+    <w:rsid w:val="0074532A"/>
+    <w:rsid w:val="00747022"/>
+    <w:rsid w:val="0076434A"/>
+    <w:rsid w:val="00766619"/>
+    <w:rsid w:val="00781746"/>
+    <w:rsid w:val="0079353E"/>
+    <w:rsid w:val="007A65E9"/>
+    <w:rsid w:val="007C010C"/>
+    <w:rsid w:val="007C504D"/>
+    <w:rsid w:val="007C525C"/>
+    <w:rsid w:val="007C577E"/>
+    <w:rsid w:val="007C62D9"/>
+    <w:rsid w:val="007D16CE"/>
+    <w:rsid w:val="007D532E"/>
+    <w:rsid w:val="007D5874"/>
+    <w:rsid w:val="007D7C46"/>
+    <w:rsid w:val="007E6540"/>
+    <w:rsid w:val="007F2744"/>
+    <w:rsid w:val="007F3867"/>
+    <w:rsid w:val="008138B0"/>
+    <w:rsid w:val="00814945"/>
+    <w:rsid w:val="00820263"/>
+    <w:rsid w:val="0082612C"/>
+    <w:rsid w:val="00835910"/>
+    <w:rsid w:val="00836BA5"/>
+    <w:rsid w:val="00840921"/>
+    <w:rsid w:val="00850628"/>
+    <w:rsid w:val="00852B9A"/>
+    <w:rsid w:val="00857F06"/>
+    <w:rsid w:val="00860B85"/>
+    <w:rsid w:val="00873077"/>
     <w:rsid w:val="0087403F"/>
+    <w:rsid w:val="00880E43"/>
+    <w:rsid w:val="00890939"/>
+    <w:rsid w:val="008A5AE7"/>
     <w:rsid w:val="008A7111"/>
+    <w:rsid w:val="008B111B"/>
+    <w:rsid w:val="008B3B34"/>
+    <w:rsid w:val="008B5504"/>
+    <w:rsid w:val="008C68D5"/>
+    <w:rsid w:val="008C76AD"/>
+    <w:rsid w:val="008D5AA5"/>
+    <w:rsid w:val="008D642B"/>
+    <w:rsid w:val="008E027C"/>
+    <w:rsid w:val="008E0E46"/>
+    <w:rsid w:val="008F4C7D"/>
     <w:rsid w:val="008F4D37"/>
+    <w:rsid w:val="009142DD"/>
+    <w:rsid w:val="0092264E"/>
+    <w:rsid w:val="00926DC5"/>
+    <w:rsid w:val="00930DA6"/>
+    <w:rsid w:val="009355AD"/>
+    <w:rsid w:val="00954C26"/>
+    <w:rsid w:val="00954F1E"/>
+    <w:rsid w:val="0095782C"/>
+    <w:rsid w:val="00960E26"/>
+    <w:rsid w:val="009668DC"/>
+    <w:rsid w:val="009719CC"/>
+    <w:rsid w:val="00971A32"/>
+    <w:rsid w:val="00976C42"/>
+    <w:rsid w:val="009805D0"/>
+    <w:rsid w:val="00983A26"/>
+    <w:rsid w:val="009858C9"/>
+    <w:rsid w:val="009904C8"/>
+    <w:rsid w:val="0099511E"/>
+    <w:rsid w:val="00996BBE"/>
+    <w:rsid w:val="009A207B"/>
+    <w:rsid w:val="009A2815"/>
+    <w:rsid w:val="009A560D"/>
+    <w:rsid w:val="009A7259"/>
+    <w:rsid w:val="009B7BB4"/>
+    <w:rsid w:val="009C0A70"/>
+    <w:rsid w:val="009C50CB"/>
+    <w:rsid w:val="009C689E"/>
+    <w:rsid w:val="009D22B8"/>
+    <w:rsid w:val="009D24F3"/>
+    <w:rsid w:val="009E15F5"/>
+    <w:rsid w:val="009E73A9"/>
+    <w:rsid w:val="00A00043"/>
+    <w:rsid w:val="00A021E7"/>
+    <w:rsid w:val="00A04DB0"/>
+    <w:rsid w:val="00A10B70"/>
+    <w:rsid w:val="00A16156"/>
+    <w:rsid w:val="00A20AB7"/>
+    <w:rsid w:val="00A237F2"/>
     <w:rsid w:val="00A328A2"/>
+    <w:rsid w:val="00A44235"/>
+    <w:rsid w:val="00A45785"/>
     <w:rsid w:val="00A513E4"/>
+    <w:rsid w:val="00A517DF"/>
+    <w:rsid w:val="00A529EB"/>
+    <w:rsid w:val="00A63D78"/>
+    <w:rsid w:val="00A64F3F"/>
+    <w:rsid w:val="00A65D0E"/>
+    <w:rsid w:val="00A7236B"/>
+    <w:rsid w:val="00A92CE9"/>
     <w:rsid w:val="00A97D9E"/>
+    <w:rsid w:val="00AB093D"/>
+    <w:rsid w:val="00AB39AA"/>
+    <w:rsid w:val="00AD1632"/>
+    <w:rsid w:val="00AD196F"/>
+    <w:rsid w:val="00AD41B1"/>
+    <w:rsid w:val="00AD6056"/>
+    <w:rsid w:val="00AD6E01"/>
+    <w:rsid w:val="00AE16DE"/>
+    <w:rsid w:val="00AE191B"/>
+    <w:rsid w:val="00AE1D63"/>
+    <w:rsid w:val="00AE3EB9"/>
+    <w:rsid w:val="00AE5265"/>
+    <w:rsid w:val="00AE6AB5"/>
+    <w:rsid w:val="00B00C88"/>
+    <w:rsid w:val="00B143A4"/>
+    <w:rsid w:val="00B1645B"/>
+    <w:rsid w:val="00B219AA"/>
     <w:rsid w:val="00B23B70"/>
+    <w:rsid w:val="00B255FB"/>
+    <w:rsid w:val="00B27719"/>
+    <w:rsid w:val="00B305EC"/>
+    <w:rsid w:val="00B36725"/>
+    <w:rsid w:val="00B39AA3"/>
+    <w:rsid w:val="00B47214"/>
+    <w:rsid w:val="00B53521"/>
+    <w:rsid w:val="00B56481"/>
+    <w:rsid w:val="00B63B0D"/>
+    <w:rsid w:val="00B67CE8"/>
+    <w:rsid w:val="00B93AEC"/>
+    <w:rsid w:val="00B9659F"/>
+    <w:rsid w:val="00BB017E"/>
+    <w:rsid w:val="00BB2C65"/>
+    <w:rsid w:val="00BB4CCA"/>
+    <w:rsid w:val="00BC1976"/>
+    <w:rsid w:val="00BC510B"/>
     <w:rsid w:val="00BC5901"/>
+    <w:rsid w:val="00BD2E17"/>
     <w:rsid w:val="00BD6119"/>
+    <w:rsid w:val="00BD7D63"/>
+    <w:rsid w:val="00BF0B03"/>
+    <w:rsid w:val="00BF6AEC"/>
+    <w:rsid w:val="00C002C3"/>
+    <w:rsid w:val="00C02F60"/>
+    <w:rsid w:val="00C11AB9"/>
+    <w:rsid w:val="00C21988"/>
+    <w:rsid w:val="00C3446F"/>
+    <w:rsid w:val="00C40235"/>
+    <w:rsid w:val="00C44701"/>
+    <w:rsid w:val="00C4478A"/>
+    <w:rsid w:val="00C45756"/>
     <w:rsid w:val="00C61213"/>
+    <w:rsid w:val="00C62659"/>
+    <w:rsid w:val="00C761C4"/>
+    <w:rsid w:val="00C77332"/>
+    <w:rsid w:val="00C80D96"/>
+    <w:rsid w:val="00C86FD8"/>
+    <w:rsid w:val="00C93C41"/>
+    <w:rsid w:val="00CA0E1B"/>
+    <w:rsid w:val="00CA14BC"/>
+    <w:rsid w:val="00CA1FC7"/>
+    <w:rsid w:val="00CC436E"/>
+    <w:rsid w:val="00CC58D8"/>
+    <w:rsid w:val="00CD2E72"/>
+    <w:rsid w:val="00CD4293"/>
+    <w:rsid w:val="00CD4D59"/>
     <w:rsid w:val="00CE2FBB"/>
+    <w:rsid w:val="00CE5AB9"/>
+    <w:rsid w:val="00CF663B"/>
+    <w:rsid w:val="00D1045C"/>
+    <w:rsid w:val="00D167DF"/>
+    <w:rsid w:val="00D17952"/>
+    <w:rsid w:val="00D20A1F"/>
+    <w:rsid w:val="00D43FC5"/>
+    <w:rsid w:val="00D4482F"/>
+    <w:rsid w:val="00D52C5A"/>
+    <w:rsid w:val="00D534CE"/>
+    <w:rsid w:val="00D64344"/>
+    <w:rsid w:val="00D65FE4"/>
+    <w:rsid w:val="00D83F1F"/>
     <w:rsid w:val="00D860BE"/>
+    <w:rsid w:val="00D86FDA"/>
+    <w:rsid w:val="00D90489"/>
+    <w:rsid w:val="00D90918"/>
     <w:rsid w:val="00D95D61"/>
     <w:rsid w:val="00DA3FEF"/>
+    <w:rsid w:val="00DA419A"/>
+    <w:rsid w:val="00DB1CF3"/>
+    <w:rsid w:val="00DB51A7"/>
+    <w:rsid w:val="00DD3DD6"/>
+    <w:rsid w:val="00DF4469"/>
+    <w:rsid w:val="00DF6610"/>
+    <w:rsid w:val="00E10316"/>
+    <w:rsid w:val="00E131D4"/>
+    <w:rsid w:val="00E15A88"/>
+    <w:rsid w:val="00E30656"/>
+    <w:rsid w:val="00E34F3E"/>
+    <w:rsid w:val="00E45A7E"/>
+    <w:rsid w:val="00E45DA8"/>
+    <w:rsid w:val="00E46598"/>
+    <w:rsid w:val="00E6554D"/>
+    <w:rsid w:val="00E732DC"/>
+    <w:rsid w:val="00E74A64"/>
+    <w:rsid w:val="00E76FDE"/>
+    <w:rsid w:val="00E96176"/>
+    <w:rsid w:val="00EA0431"/>
+    <w:rsid w:val="00EA1179"/>
+    <w:rsid w:val="00EA2857"/>
+    <w:rsid w:val="00EA42CF"/>
+    <w:rsid w:val="00EA480D"/>
+    <w:rsid w:val="00EB55B7"/>
+    <w:rsid w:val="00EC64E1"/>
+    <w:rsid w:val="00ED211D"/>
+    <w:rsid w:val="00ED2EC8"/>
+    <w:rsid w:val="00EE080D"/>
+    <w:rsid w:val="00EE289E"/>
+    <w:rsid w:val="00EF13B7"/>
+    <w:rsid w:val="00F07900"/>
+    <w:rsid w:val="00F11000"/>
+    <w:rsid w:val="00F15694"/>
+    <w:rsid w:val="00F16BEF"/>
+    <w:rsid w:val="00F22585"/>
+    <w:rsid w:val="00F24248"/>
+    <w:rsid w:val="00F2457A"/>
+    <w:rsid w:val="00F2563C"/>
+    <w:rsid w:val="00F3197E"/>
+    <w:rsid w:val="00F353E6"/>
+    <w:rsid w:val="00F35A90"/>
+    <w:rsid w:val="00F35D58"/>
     <w:rsid w:val="00F55FAD"/>
+    <w:rsid w:val="00F6093B"/>
+    <w:rsid w:val="00F626C5"/>
     <w:rsid w:val="00F72C2F"/>
     <w:rsid w:val="00F74FF4"/>
+    <w:rsid w:val="00F76F6F"/>
+    <w:rsid w:val="00F80294"/>
+    <w:rsid w:val="00F8187C"/>
+    <w:rsid w:val="00F83FB7"/>
     <w:rsid w:val="00F844B2"/>
+    <w:rsid w:val="00F84BC1"/>
+    <w:rsid w:val="00F942E6"/>
     <w:rsid w:val="00F96EC9"/>
+    <w:rsid w:val="00FA2680"/>
+    <w:rsid w:val="00FA6ADC"/>
+    <w:rsid w:val="00FC72EA"/>
     <w:rsid w:val="00FD1A4F"/>
+    <w:rsid w:val="00FD1EE9"/>
+    <w:rsid w:val="00FE6C81"/>
+    <w:rsid w:val="00FF03C1"/>
+    <w:rsid w:val="00FF0C17"/>
+    <w:rsid w:val="00FF54E8"/>
+    <w:rsid w:val="03015FD8"/>
+    <w:rsid w:val="031C1C64"/>
+    <w:rsid w:val="03816624"/>
+    <w:rsid w:val="04777DB7"/>
+    <w:rsid w:val="04E1982A"/>
+    <w:rsid w:val="06A42953"/>
+    <w:rsid w:val="0822695B"/>
+    <w:rsid w:val="0946BAA9"/>
+    <w:rsid w:val="0A5F0919"/>
+    <w:rsid w:val="0B459EAF"/>
+    <w:rsid w:val="0F07D824"/>
+    <w:rsid w:val="125A7348"/>
+    <w:rsid w:val="12834907"/>
+    <w:rsid w:val="12F157CF"/>
+    <w:rsid w:val="13DE9203"/>
+    <w:rsid w:val="148ADB34"/>
+    <w:rsid w:val="149DD868"/>
+    <w:rsid w:val="14C324AE"/>
+    <w:rsid w:val="1548B4E2"/>
+    <w:rsid w:val="15C3E8D0"/>
+    <w:rsid w:val="15C73907"/>
+    <w:rsid w:val="15DEA9B3"/>
+    <w:rsid w:val="16EADA5C"/>
+    <w:rsid w:val="17659C08"/>
+    <w:rsid w:val="17A8B84C"/>
+    <w:rsid w:val="17DB40BD"/>
+    <w:rsid w:val="192DA938"/>
+    <w:rsid w:val="19EF9241"/>
+    <w:rsid w:val="1A4BF32F"/>
+    <w:rsid w:val="1A5DB9B8"/>
+    <w:rsid w:val="1B6AB4BD"/>
+    <w:rsid w:val="1B6FDD13"/>
+    <w:rsid w:val="1C64AD31"/>
+    <w:rsid w:val="1CB01CB2"/>
+    <w:rsid w:val="1CB216F9"/>
+    <w:rsid w:val="1DD4F91C"/>
+    <w:rsid w:val="2106BFCC"/>
+    <w:rsid w:val="21290CF1"/>
+    <w:rsid w:val="219D5842"/>
+    <w:rsid w:val="2278457E"/>
+    <w:rsid w:val="2283B28F"/>
+    <w:rsid w:val="2379D07E"/>
+    <w:rsid w:val="23FD679A"/>
+    <w:rsid w:val="23FF3ACA"/>
+    <w:rsid w:val="240EFD3A"/>
+    <w:rsid w:val="246F168C"/>
+    <w:rsid w:val="24F3FBBE"/>
+    <w:rsid w:val="253B0A14"/>
+    <w:rsid w:val="2554C4D0"/>
+    <w:rsid w:val="2584662F"/>
+    <w:rsid w:val="26FF84A9"/>
+    <w:rsid w:val="270D9BC3"/>
+    <w:rsid w:val="27AD6FF7"/>
+    <w:rsid w:val="27DC347E"/>
+    <w:rsid w:val="27F828D5"/>
+    <w:rsid w:val="283548BC"/>
+    <w:rsid w:val="2910457C"/>
+    <w:rsid w:val="29D7D27F"/>
+    <w:rsid w:val="2AC1534D"/>
+    <w:rsid w:val="2B08DB11"/>
+    <w:rsid w:val="2B9F6CBC"/>
+    <w:rsid w:val="2CE02711"/>
+    <w:rsid w:val="2CF99AEF"/>
+    <w:rsid w:val="2E114D16"/>
+    <w:rsid w:val="2F4BFF32"/>
+    <w:rsid w:val="2F5FA360"/>
+    <w:rsid w:val="2FDC37BF"/>
+    <w:rsid w:val="2FE6D3FA"/>
+    <w:rsid w:val="2FE892F2"/>
+    <w:rsid w:val="300D57FF"/>
+    <w:rsid w:val="3147654F"/>
+    <w:rsid w:val="31895DC3"/>
+    <w:rsid w:val="31CFC704"/>
+    <w:rsid w:val="324A6C51"/>
+    <w:rsid w:val="327E1448"/>
+    <w:rsid w:val="33164382"/>
+    <w:rsid w:val="34896D61"/>
+    <w:rsid w:val="35AFC7CA"/>
+    <w:rsid w:val="389108E6"/>
+    <w:rsid w:val="389CAE52"/>
+    <w:rsid w:val="38EF5E58"/>
+    <w:rsid w:val="391FE1F0"/>
+    <w:rsid w:val="399AFE1C"/>
+    <w:rsid w:val="3A8AD0D1"/>
+    <w:rsid w:val="3B8D9533"/>
+    <w:rsid w:val="3CB1D126"/>
+    <w:rsid w:val="3CD9FF09"/>
+    <w:rsid w:val="3E373AE1"/>
+    <w:rsid w:val="3EF059DF"/>
+    <w:rsid w:val="3F25AEE1"/>
+    <w:rsid w:val="3F3CEAE0"/>
+    <w:rsid w:val="3F4F2FC3"/>
+    <w:rsid w:val="3F5E92CB"/>
+    <w:rsid w:val="3F737C80"/>
+    <w:rsid w:val="3F95BD53"/>
+    <w:rsid w:val="3FE178BD"/>
+    <w:rsid w:val="406096C8"/>
+    <w:rsid w:val="414BF2F2"/>
+    <w:rsid w:val="42F808F1"/>
+    <w:rsid w:val="45566C48"/>
+    <w:rsid w:val="46B5CBBC"/>
+    <w:rsid w:val="46BF483D"/>
+    <w:rsid w:val="477C9807"/>
+    <w:rsid w:val="4790A8C5"/>
+    <w:rsid w:val="47BDBC0B"/>
+    <w:rsid w:val="496FE72D"/>
+    <w:rsid w:val="4A1CD21A"/>
+    <w:rsid w:val="4DE2A102"/>
+    <w:rsid w:val="4E46BC12"/>
+    <w:rsid w:val="4ECA1611"/>
+    <w:rsid w:val="4ED64BE9"/>
+    <w:rsid w:val="4F54CF3D"/>
+    <w:rsid w:val="4F863A9A"/>
+    <w:rsid w:val="50A0AC8C"/>
+    <w:rsid w:val="50B2B96E"/>
+    <w:rsid w:val="523E5FED"/>
+    <w:rsid w:val="52D34D2D"/>
+    <w:rsid w:val="52DD9DEC"/>
+    <w:rsid w:val="530106C4"/>
+    <w:rsid w:val="53F225EC"/>
+    <w:rsid w:val="541C9499"/>
+    <w:rsid w:val="54BE618E"/>
+    <w:rsid w:val="552E6B55"/>
+    <w:rsid w:val="55561188"/>
+    <w:rsid w:val="55C11E8E"/>
+    <w:rsid w:val="56DFF476"/>
+    <w:rsid w:val="570C77CA"/>
+    <w:rsid w:val="58B74294"/>
+    <w:rsid w:val="598B5FE9"/>
+    <w:rsid w:val="5A5C3892"/>
+    <w:rsid w:val="5AC75386"/>
+    <w:rsid w:val="5ACB6120"/>
+    <w:rsid w:val="5B31693A"/>
+    <w:rsid w:val="5BFCF771"/>
+    <w:rsid w:val="5C7FE429"/>
+    <w:rsid w:val="5C801933"/>
+    <w:rsid w:val="5CDF6731"/>
+    <w:rsid w:val="5DCFBBAD"/>
+    <w:rsid w:val="5E0575CA"/>
+    <w:rsid w:val="5E1022E8"/>
+    <w:rsid w:val="5F010668"/>
+    <w:rsid w:val="5F4DEBF4"/>
+    <w:rsid w:val="5F79B1A2"/>
+    <w:rsid w:val="5FA02AA5"/>
+    <w:rsid w:val="5FC0B49F"/>
+    <w:rsid w:val="5FCECD36"/>
+    <w:rsid w:val="60CC90EF"/>
+    <w:rsid w:val="61909FD9"/>
+    <w:rsid w:val="62B0497E"/>
+    <w:rsid w:val="63016AFF"/>
+    <w:rsid w:val="634AE921"/>
+    <w:rsid w:val="63E1EDE4"/>
+    <w:rsid w:val="63F60C7F"/>
+    <w:rsid w:val="64F0425F"/>
+    <w:rsid w:val="6638F91A"/>
+    <w:rsid w:val="676435AB"/>
+    <w:rsid w:val="6771C1D0"/>
+    <w:rsid w:val="6A189167"/>
+    <w:rsid w:val="6AB690E1"/>
+    <w:rsid w:val="6ACE469B"/>
+    <w:rsid w:val="6AF565A7"/>
+    <w:rsid w:val="6B1E1CA4"/>
+    <w:rsid w:val="6B595A90"/>
+    <w:rsid w:val="6BB88AF4"/>
+    <w:rsid w:val="6BD7D55F"/>
+    <w:rsid w:val="6CC8F4C0"/>
+    <w:rsid w:val="6DCBFA91"/>
+    <w:rsid w:val="6E5E530B"/>
+    <w:rsid w:val="6E940655"/>
+    <w:rsid w:val="6F217869"/>
+    <w:rsid w:val="6F277AD0"/>
+    <w:rsid w:val="71F4D902"/>
+    <w:rsid w:val="7210700C"/>
+    <w:rsid w:val="728F7D78"/>
+    <w:rsid w:val="72D8243A"/>
+    <w:rsid w:val="730AE721"/>
+    <w:rsid w:val="733AFB65"/>
+    <w:rsid w:val="74090A3C"/>
+    <w:rsid w:val="741B72D2"/>
+    <w:rsid w:val="742925D7"/>
+    <w:rsid w:val="75A47C80"/>
+    <w:rsid w:val="75C49AB7"/>
+    <w:rsid w:val="76522B34"/>
+    <w:rsid w:val="77E2724D"/>
+    <w:rsid w:val="78339F1B"/>
+    <w:rsid w:val="7934F733"/>
+    <w:rsid w:val="793CDE83"/>
+    <w:rsid w:val="7AE03581"/>
+    <w:rsid w:val="7B38717C"/>
+    <w:rsid w:val="7BAA557E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4D4ED524"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{685EFDDA-BFDC-4647-BCFE-B66F4942FB3D}"/>
+  <w15:docId w15:val="{F067F974-6FCB-41CF-A47B-85D6A56A3B5B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="312" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7915,98 +6718,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -8187,51 +6993,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008F4D37"/>
+    <w:rsid w:val="00D1045C"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="008F4D37"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:pBdr>
         <w:left w:val="single" w:sz="12" w:space="12" w:color="C0504D" w:themeColor="accent2"/>
       </w:pBdr>
       <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:caps/>
       <w:spacing w:val="10"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
@@ -8920,209 +7726,459 @@
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:color w:val="auto"/>
       <w:spacing w:val="10"/>
       <w:w w:val="100"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008F4D37"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AA-12pt">
+    <w:name w:val="AA-¶ 12pt"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00016B62"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="13"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AA-6pt">
+    <w:name w:val="AA-¶ 6pt"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00016B62"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AA-3pt">
+    <w:name w:val="AA-¶ 3pt"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AA-3ptChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00016B62"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AA-3ptChar">
+    <w:name w:val="AA-¶ 3pt Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="AA-3pt"/>
+    <w:rsid w:val="00016B62"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+    <w:name w:val="Table Grid1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="003C0CC5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="0049447B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00047683"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00047683"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001470F5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="27151016">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
-    <w:docPart>
-[...24 lines deleted...]
-    </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D16A47B4B11148FBA09953AF3D3895B1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2EDBDBE2-2333-46AF-95E9-E2C9A8315DAA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00F6627C" w:rsidRDefault="007D55D3" w:rsidP="007D55D3">
           <w:pPr>
             <w:pStyle w:val="D16A47B4B11148FBA09953AF3D3895B1"/>
           </w:pPr>
           <w:r w:rsidRPr="00115AC4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
-  <w:revisionView w:comments="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00812DAE"/>
+    <w:rsid w:val="002632E4"/>
+    <w:rsid w:val="00320F2F"/>
+    <w:rsid w:val="003B3A2C"/>
+    <w:rsid w:val="004321D1"/>
+    <w:rsid w:val="00500F26"/>
+    <w:rsid w:val="005B227D"/>
+    <w:rsid w:val="005E520B"/>
+    <w:rsid w:val="006855B8"/>
+    <w:rsid w:val="006C430F"/>
+    <w:rsid w:val="0074445E"/>
+    <w:rsid w:val="007C504D"/>
     <w:rsid w:val="007D55D3"/>
     <w:rsid w:val="00812DAE"/>
+    <w:rsid w:val="00A021E7"/>
+    <w:rsid w:val="00A554B0"/>
+    <w:rsid w:val="00C82804"/>
     <w:rsid w:val="00C932A7"/>
+    <w:rsid w:val="00D90918"/>
     <w:rsid w:val="00EA025B"/>
     <w:rsid w:val="00F6627C"/>
+    <w:rsid w:val="00F916EA"/>
+    <w:rsid w:val="00FF54E8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9200,98 +8256,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -9518,51 +8577,51 @@
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007D55D3"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D16A47B4B11148FBA09953AF3D3895B1">
     <w:name w:val="D16A47B4B11148FBA09953AF3D3895B1"/>
     <w:rsid w:val="007D55D3"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -9822,137 +8881,131 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F12C09B41AB7DC4A977AEE3A22FF7710" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4c8521bb8f48838ebb5ca8fcfc785260">
-[...2 lines deleted...]
-    <xsd:import namespace="e8f8b462-19c7-40a8-8257-545e82983fc1"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005FE8EE776355C64FAD0EA4D65BCA821E" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="db2c85f747aef35a52a40bba53027c93">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="eb5086fc-7f35-4155-802b-85dba86237d0" xmlns:ns3="9cbbdc63-e1bf-4e5c-8217-afd103a75092" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="23853e96d85279e90fafe3cb454a3670" ns2:_="" ns3:_="">
+    <xsd:import namespace="eb5086fc-7f35-4155-802b-85dba86237d0"/>
+    <xsd:import namespace="9cbbdc63-e1bf-4e5c-8217-afd103a75092"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-[...5 lines deleted...]
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d90c57f2-4cbc-4c4c-9605-2ca2391b8555" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="eb5086fc-7f35-4155-802b-85dba86237d0" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9cbbdc63-e1bf-4e5c-8217-afd103a75092" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
-        <xsd:sequence>
-[...1 lines deleted...]
-        </xsd:sequence>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...33 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -10010,114 +9063,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B9A62D8-11C7-47D8-A885-2CC28F5B213C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFD1D4D4-6209-429C-8132-F541FA27580D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ADBC0605-9B0A-40C3-9CA9-5E2F09A992D6}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F41E108-225F-4488-AFAE-B46108A2EA7B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="eb5086fc-7f35-4155-802b-85dba86237d0"/>
+    <ds:schemaRef ds:uri="9cbbdc63-e1bf-4e5c-8217-afd103a75092"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFD1D4D4-6209-429C-8132-F541FA27580D}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ADBC0605-9B0A-40C3-9CA9-5E2F09A992D6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>535</Words>
-  <Characters>3052</Characters>
+  <Words>466</Words>
+  <Characters>3622</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>7</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>603</Lines>
+  <Paragraphs>74</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Local Agency Retention and Outreach Plan</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3580</CharactersWithSpaces>
+  <CharactersWithSpaces>4014</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Local Agency Retention and Outreach Plan</dc:title>
   <dc:subject/>
   <dc:creator>Nicholson, Tonya</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100F12C09B41AB7DC4A977AEE3A22FF7710</vt:lpwstr>
+    <vt:lpwstr>0x0101005FE8EE776355C64FAD0EA4D65BCA821E</vt:lpwstr>
   </property>
 </Properties>
 </file>