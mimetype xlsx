--- v0 (2025-12-25)
+++ v1 (2026-02-02)
@@ -16,128 +16,128 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/featurePropertyBag/featurePropertyBag.xml" ContentType="application/vnd.ms-excel.featurepropertybag+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\NSB\WIC\Breastfeeding\Breastfeeding Peer Counseling Program\Monthly Peer Counselor Review Guide\Current\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9C4410B9-F9F3-43B6-9973-036F68C47203}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="uLYggD4RmxfKcK1/R0Oy+s6nbfQmlEjvI72ASG586YWJFpS1ooDpLrDEDbf+tKeDy3wTFe1P7Gd+Fph5+lhCHw==" workbookSaltValue="2Qda3Eo3JSnrZn/je3o6IA==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D3F624A2-5DF7-4A27-859C-AC2886591A66}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="ACDZYeKFgGcai8XgUUfE9RTge+msPBMi7lJd968XtJpeXh9nO/7hms9/ttXeT+WgZGJnZS7FWzTGVljXRBTsNA==" workbookSaltValue="/hMEB5lRNlDhLtvsOJm1gA==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="522" activeTab="5" xr2:uid="{376E5B97-CD91-40EB-9287-5072CC1098D1}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="522" xr2:uid="{376E5B97-CD91-40EB-9287-5072CC1098D1}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="4" r:id="rId1"/>
     <sheet name="PC Monthly Report" sheetId="15" r:id="rId2"/>
     <sheet name="Spot Check #1" sheetId="11" r:id="rId3"/>
-    <sheet name="Spot Check #2" sheetId="25" r:id="rId4"/>
-    <sheet name="Spot Check #3" sheetId="27" r:id="rId5"/>
+    <sheet name="Spot Check #2" sheetId="28" r:id="rId4"/>
+    <sheet name="Spot Check #3" sheetId="30" r:id="rId5"/>
     <sheet name="Monthly Meeting" sheetId="18" r:id="rId6"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C4" i="27" l="1"/>
-[...11 lines deleted...]
-  <c r="C15" i="27"/>
+  <c r="I15" i="30" l="1"/>
+  <c r="H15" i="30"/>
+  <c r="G15" i="30"/>
+  <c r="F15" i="30"/>
+  <c r="E15" i="30"/>
+  <c r="D15" i="30"/>
+  <c r="C15" i="30"/>
+  <c r="C4" i="30"/>
+  <c r="H3" i="30"/>
+  <c r="C3" i="30"/>
+  <c r="C3" i="28"/>
+  <c r="C4" i="28"/>
+  <c r="I15" i="28"/>
+  <c r="H15" i="28"/>
+  <c r="G15" i="28"/>
+  <c r="F15" i="28"/>
+  <c r="E15" i="28"/>
+  <c r="D15" i="28"/>
+  <c r="C15" i="28"/>
+  <c r="H3" i="28"/>
   <c r="D15" i="11"/>
   <c r="C15" i="11"/>
-  <c r="D15" i="25"/>
-[...5 lines deleted...]
-  <c r="C15" i="25"/>
   <c r="M12" i="15"/>
   <c r="M11" i="15"/>
   <c r="F12" i="15"/>
   <c r="F11" i="15"/>
   <c r="K23" i="18"/>
   <c r="J2" i="18"/>
   <c r="E3" i="18"/>
   <c r="E2" i="18"/>
   <c r="C3" i="11"/>
   <c r="H3" i="11"/>
   <c r="C4" i="11"/>
   <c r="I15" i="11"/>
   <c r="H15" i="11"/>
   <c r="G15" i="11"/>
   <c r="F15" i="11"/>
   <c r="E15" i="11"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="264" uniqueCount="142">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="264" uniqueCount="147">
   <si>
     <t>Prenatal</t>
   </si>
   <si>
     <t xml:space="preserve">Comments </t>
   </si>
   <si>
     <t>Questions</t>
   </si>
   <si>
     <t>Required Contacts</t>
   </si>
   <si>
     <t>PCPM Name:</t>
   </si>
   <si>
     <t>Peer Counselor Name:</t>
   </si>
   <si>
     <t>Care Plan Review Questions</t>
   </si>
   <si>
     <t xml:space="preserve">Due Date: </t>
   </si>
   <si>
@@ -300,53 +300,50 @@
     <t>Weekly Postpartum</t>
   </si>
   <si>
     <t>Meeting Date:</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
     <t xml:space="preserve">Was I able to complete most contacts on time this month? </t>
   </si>
   <si>
     <t xml:space="preserve">Is there anything I need from my supervisor (PCPM)? </t>
   </si>
   <si>
     <t>During the review month, did you participate in any of the following additional activities:</t>
   </si>
   <si>
     <t>Other Breastfeeding Trainings</t>
   </si>
   <si>
     <t>Review all contacts documented in the Peer Counselor Care Plan for the selected chart that involved two-way communication during the review month. If any contact does not meet the criteria, select "No."</t>
   </si>
   <si>
     <t>Month/Year Reviewed:</t>
-  </si>
-[...1 lines deleted...]
-    <t>Participant Information</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Contact met due date </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(if yes, check the box)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>:</t>
     </r>
@@ -1198,50 +1195,68 @@
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Each contact should include a follow-up plan with a specific date or timeframe and the reason for follow-up. This demonstrates continuity of care and ensures ongoing support tailored to the participant’s evolving needs.</t>
     </r>
   </si>
   <si>
     <t>Estimated Delivery Date:</t>
   </si>
   <si>
     <t xml:space="preserve">Actual Delivery Date: </t>
   </si>
   <si>
     <t>Date Completed:</t>
   </si>
   <si>
     <t xml:space="preserve">Is the provided education and support accurate, relevant, and appropriate for the parent's own goals and needs? </t>
   </si>
   <si>
     <t>Spot Check Summary</t>
+  </si>
+  <si>
+    <t>Spot Check #1 Participant Information</t>
+  </si>
+  <si>
+    <t>Spot Check #1 Care Plan Review Questions</t>
+  </si>
+  <si>
+    <t>Spot Check #3 Participant Information</t>
+  </si>
+  <si>
+    <t>Spot Check #3 Care Plan Review Questions</t>
+  </si>
+  <si>
+    <t>Spot Check #2 Participant Information</t>
+  </si>
+  <si>
+    <t>Spot Check #2 Care Plan Review Questions</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="m/d/yy;@"/>
     <numFmt numFmtId="165" formatCode="[$-409]mmm\-yy;@"/>
     <numFmt numFmtId="166" formatCode="mm/dd/yy;@"/>
     <numFmt numFmtId="167" formatCode="[$-409]mmmm\-yy;@"/>
   </numFmts>
   <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
@@ -2013,51 +2028,51 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color theme="4" tint="0.39997558519241921"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="323">
+  <cellXfs count="326">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1">
       <extLst>
         <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
           <xfpb:xfComplement i="0"/>
         </ext>
       </extLst>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
@@ -2322,73 +2337,190 @@
       <protection locked="0"/>
       <extLst>
         <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
           <xfpb:xfComplement i="0"/>
         </ext>
       </extLst>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
       <extLst>
         <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
           <xfpb:xfComplement i="0"/>
         </ext>
       </extLst>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
       <extLst>
         <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
           <xfpb:xfComplement i="0"/>
         </ext>
       </extLst>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
-[...21 lines deleted...]
-      </extLst>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="6" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="9" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="9" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="9" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
@@ -2434,326 +2566,221 @@
     <xf numFmtId="0" fontId="20" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="10" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="7" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="7" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="7" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="8" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="167" fontId="5" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...31 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" wrapText="1" indent="2"/>
-[...47 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
-[...42 lines deleted...]
-      <protection locked="0"/>
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...18 lines deleted...]
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="36" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
+    <xf numFmtId="166" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="33" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="34" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="35" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="33" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="34" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="35" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="28" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="29" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="31" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="14" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="31" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="32" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="21" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="42" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="43" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="24" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...28 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
       <extLst>
         <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
           <xfpb:xfComplement i="0"/>
         </ext>
       </extLst>
     </xf>
@@ -2787,368 +2814,366 @@
     <xf numFmtId="0" fontId="11" fillId="2" borderId="29" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="7" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...33 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="33" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="40" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="34" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="39" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...48 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center"/>
+      <extLst>
+        <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
+          <xfpb:xfComplement i="0"/>
+        </ext>
+      </extLst>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+      <extLst>
+        <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
+          <xfpb:xfComplement i="0"/>
+        </ext>
+      </extLst>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+      <extLst>
+        <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
+          <xfpb:xfComplement i="0"/>
+        </ext>
+      </extLst>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="3" xfId="6" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+      <extLst>
+        <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
+          <xfpb:xfComplement i="0"/>
+        </ext>
+      </extLst>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+      <extLst>
+        <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
+          <xfpb:xfComplement i="0"/>
+        </ext>
+      </extLst>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+      <extLst>
+        <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
+          <xfpb:xfComplement i="0"/>
+        </ext>
+      </extLst>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+      <extLst>
+        <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
+          <xfpb:xfComplement i="0"/>
+        </ext>
+      </extLst>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="6" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
       <extLst>
         <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
           <xfpb:xfComplement i="0"/>
         </ext>
       </extLst>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="6" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="166" fontId="5" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="167" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
       <extLst>
         <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
           <xfpb:xfComplement i="0"/>
         </ext>
       </extLst>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
       <extLst>
         <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
           <xfpb:xfComplement i="0"/>
         </ext>
       </extLst>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="39" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
       <extLst>
         <ext xmlns:xfpb="http://schemas.microsoft.com/office/spreadsheetml/2022/featurepropertybag" uri="{C7286773-470A-42A8-94C5-96B5CB345126}">
           <xfpb:xfComplement i="0"/>
         </ext>
       </extLst>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="6" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="166" fontId="10" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
-      <extLst>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-      <protection locked="0"/>
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-      <protection locked="0"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-      <protection locked="0"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="6" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...62 lines deleted...]
-      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="20% - Accent1" xfId="4" builtinId="30"/>
     <cellStyle name="Explanatory Text" xfId="3" builtinId="53"/>
     <cellStyle name="Heading 2" xfId="1" builtinId="17"/>
     <cellStyle name="Heading 3" xfId="5" builtinId="18"/>
     <cellStyle name="Heading 4" xfId="2" builtinId="19"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="6" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFC0E6F5"/>
       <color rgb="FF83E28E"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
@@ -3502,5022 +3527,5007 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C5722AC4-4C14-478F-9D16-42EECF2BDFF0}">
   <sheetPr codeName="Sheet2">
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="A1:K67"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageLayout" topLeftCell="A60" zoomScaleNormal="150" workbookViewId="0">
-      <selection activeCell="A64" sqref="A64:K64"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="226" zoomScaleNormal="150" zoomScaleSheetLayoutView="226" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2:K2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.21875" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="16384" width="9.1796875" style="4"/>
+    <col min="1" max="16384" width="9.21875" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="6.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-      <c r="A2" s="140" t="s">
+    <row r="1" spans="1:11" ht="6.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:11" ht="16.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="143" t="s">
+        <v>115</v>
+      </c>
+      <c r="B2" s="144"/>
+      <c r="C2" s="144"/>
+      <c r="D2" s="144"/>
+      <c r="E2" s="144"/>
+      <c r="F2" s="144"/>
+      <c r="G2" s="144"/>
+      <c r="H2" s="144"/>
+      <c r="I2" s="144"/>
+      <c r="J2" s="144"/>
+      <c r="K2" s="145"/>
+    </row>
+    <row r="3" spans="1:11" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="110" t="s">
+        <v>117</v>
+      </c>
+      <c r="B3" s="111"/>
+      <c r="C3" s="111"/>
+      <c r="D3" s="111"/>
+      <c r="E3" s="111"/>
+      <c r="F3" s="111"/>
+      <c r="G3" s="111"/>
+      <c r="H3" s="111"/>
+      <c r="I3" s="111"/>
+      <c r="J3" s="111"/>
+      <c r="K3" s="112"/>
+    </row>
+    <row r="4" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="146" t="s">
+        <v>76</v>
+      </c>
+      <c r="B4" s="147"/>
+      <c r="C4" s="147"/>
+      <c r="D4" s="147"/>
+      <c r="E4" s="147"/>
+      <c r="F4" s="147"/>
+      <c r="G4" s="147"/>
+      <c r="H4" s="147"/>
+      <c r="I4" s="147"/>
+      <c r="J4" s="147"/>
+      <c r="K4" s="148"/>
+    </row>
+    <row r="5" spans="1:11" ht="72.599999999999994" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="105" t="s">
+        <v>111</v>
+      </c>
+      <c r="B5" s="108"/>
+      <c r="C5" s="108"/>
+      <c r="D5" s="108"/>
+      <c r="E5" s="108"/>
+      <c r="F5" s="108"/>
+      <c r="G5" s="108"/>
+      <c r="H5" s="108"/>
+      <c r="I5" s="108"/>
+      <c r="J5" s="108"/>
+      <c r="K5" s="109"/>
+    </row>
+    <row r="6" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="146" t="s">
+        <v>77</v>
+      </c>
+      <c r="B6" s="147"/>
+      <c r="C6" s="147"/>
+      <c r="D6" s="147"/>
+      <c r="E6" s="147"/>
+      <c r="F6" s="147"/>
+      <c r="G6" s="147"/>
+      <c r="H6" s="147"/>
+      <c r="I6" s="147"/>
+      <c r="J6" s="147"/>
+      <c r="K6" s="148"/>
+    </row>
+    <row r="7" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="158" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="159"/>
+      <c r="C7" s="159"/>
+      <c r="D7" s="159"/>
+      <c r="E7" s="159"/>
+      <c r="F7" s="159"/>
+      <c r="G7" s="159"/>
+      <c r="H7" s="159"/>
+      <c r="I7" s="159"/>
+      <c r="J7" s="159"/>
+      <c r="K7" s="160"/>
+    </row>
+    <row r="8" spans="1:11" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="161" t="s">
+        <v>105</v>
+      </c>
+      <c r="B8" s="162"/>
+      <c r="C8" s="162"/>
+      <c r="D8" s="162"/>
+      <c r="E8" s="162"/>
+      <c r="F8" s="162"/>
+      <c r="G8" s="162"/>
+      <c r="H8" s="162"/>
+      <c r="I8" s="162"/>
+      <c r="J8" s="162"/>
+      <c r="K8" s="163"/>
+    </row>
+    <row r="9" spans="1:11" ht="25.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="164" t="s">
+        <v>112</v>
+      </c>
+      <c r="B9" s="165"/>
+      <c r="C9" s="165"/>
+      <c r="D9" s="165"/>
+      <c r="E9" s="165"/>
+      <c r="F9" s="165"/>
+      <c r="G9" s="165"/>
+      <c r="H9" s="165"/>
+      <c r="I9" s="165"/>
+      <c r="J9" s="165"/>
+      <c r="K9" s="166"/>
+    </row>
+    <row r="10" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="167" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" s="168"/>
+      <c r="C10" s="168"/>
+      <c r="D10" s="168"/>
+      <c r="E10" s="168"/>
+      <c r="F10" s="168"/>
+      <c r="G10" s="168"/>
+      <c r="H10" s="168"/>
+      <c r="I10" s="168"/>
+      <c r="J10" s="168"/>
+      <c r="K10" s="169"/>
+    </row>
+    <row r="11" spans="1:11" ht="30.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="170" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" s="171"/>
+      <c r="C11" s="171"/>
+      <c r="D11" s="171"/>
+      <c r="E11" s="171"/>
+      <c r="F11" s="171"/>
+      <c r="G11" s="171"/>
+      <c r="H11" s="171"/>
+      <c r="I11" s="171"/>
+      <c r="J11" s="171"/>
+      <c r="K11" s="172"/>
+    </row>
+    <row r="12" spans="1:11" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="146" t="s">
+        <v>78</v>
+      </c>
+      <c r="B12" s="147"/>
+      <c r="C12" s="147"/>
+      <c r="D12" s="147"/>
+      <c r="E12" s="147"/>
+      <c r="F12" s="147"/>
+      <c r="G12" s="147"/>
+      <c r="H12" s="147"/>
+      <c r="I12" s="147"/>
+      <c r="J12" s="147"/>
+      <c r="K12" s="148"/>
+    </row>
+    <row r="13" spans="1:11" ht="86.55" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="149" t="s">
         <v>116</v>
       </c>
-      <c r="B2" s="141"/>
-[...86 lines deleted...]
-      <c r="A8" s="117" t="s">
+      <c r="B13" s="150"/>
+      <c r="C13" s="150"/>
+      <c r="D13" s="150"/>
+      <c r="E13" s="150"/>
+      <c r="F13" s="150"/>
+      <c r="G13" s="150"/>
+      <c r="H13" s="150"/>
+      <c r="I13" s="150"/>
+      <c r="J13" s="150"/>
+      <c r="K13" s="151"/>
+    </row>
+    <row r="14" spans="1:11" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="146" t="s">
+        <v>43</v>
+      </c>
+      <c r="B14" s="147"/>
+      <c r="C14" s="147"/>
+      <c r="D14" s="147"/>
+      <c r="E14" s="147"/>
+      <c r="F14" s="147"/>
+      <c r="G14" s="147"/>
+      <c r="H14" s="147"/>
+      <c r="I14" s="147"/>
+      <c r="J14" s="147"/>
+      <c r="K14" s="148"/>
+    </row>
+    <row r="15" spans="1:11" ht="56.55" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="149" t="s">
         <v>106</v>
       </c>
-      <c r="B8" s="118"/>
-[...101 lines deleted...]
-      <c r="A15" s="105" t="s">
+      <c r="B15" s="173"/>
+      <c r="C15" s="173"/>
+      <c r="D15" s="173"/>
+      <c r="E15" s="173"/>
+      <c r="F15" s="173"/>
+      <c r="G15" s="173"/>
+      <c r="H15" s="173"/>
+      <c r="I15" s="173"/>
+      <c r="J15" s="173"/>
+      <c r="K15" s="174"/>
+    </row>
+    <row r="16" spans="1:11" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="146" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" s="147"/>
+      <c r="C16" s="147"/>
+      <c r="D16" s="147"/>
+      <c r="E16" s="147"/>
+      <c r="F16" s="147"/>
+      <c r="G16" s="147"/>
+      <c r="H16" s="147"/>
+      <c r="I16" s="147"/>
+      <c r="J16" s="147"/>
+      <c r="K16" s="148"/>
+    </row>
+    <row r="17" spans="1:11" ht="101.55" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="149" t="s">
         <v>107</v>
       </c>
-      <c r="B15" s="129"/>
-[...26 lines deleted...]
-      <c r="A17" s="105" t="s">
+      <c r="B17" s="173"/>
+      <c r="C17" s="173"/>
+      <c r="D17" s="173"/>
+      <c r="E17" s="173"/>
+      <c r="F17" s="173"/>
+      <c r="G17" s="173"/>
+      <c r="H17" s="173"/>
+      <c r="I17" s="173"/>
+      <c r="J17" s="173"/>
+      <c r="K17" s="174"/>
+    </row>
+    <row r="18" spans="1:11" ht="72" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="105" t="s">
         <v>108</v>
       </c>
-      <c r="B17" s="129"/>
-[...25 lines deleted...]
-    <row r="19" spans="1:11" ht="8.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B18" s="106"/>
+      <c r="C18" s="106"/>
+      <c r="D18" s="106"/>
+      <c r="E18" s="106"/>
+      <c r="F18" s="106"/>
+      <c r="G18" s="106"/>
+      <c r="H18" s="106"/>
+      <c r="I18" s="106"/>
+      <c r="J18" s="106"/>
+      <c r="K18" s="107"/>
+    </row>
+    <row r="19" spans="1:11" ht="8.5500000000000007" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="86"/>
       <c r="B19" s="86"/>
       <c r="C19" s="86"/>
       <c r="D19" s="86"/>
       <c r="E19" s="86"/>
       <c r="F19" s="86"/>
       <c r="G19" s="86"/>
       <c r="H19" s="86"/>
       <c r="I19" s="86"/>
       <c r="J19" s="86"/>
       <c r="K19" s="86"/>
     </row>
-    <row r="20" spans="1:11" ht="3.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:11" ht="3.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" s="87"/>
       <c r="B20" s="87"/>
       <c r="C20" s="87"/>
       <c r="D20" s="87"/>
       <c r="E20" s="87"/>
       <c r="F20" s="87"/>
       <c r="G20" s="87"/>
       <c r="H20" s="87"/>
       <c r="I20" s="87"/>
       <c r="J20" s="87"/>
       <c r="K20" s="87"/>
     </row>
     <row r="21" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A21" s="134" t="s">
-[...14 lines deleted...]
-      <c r="A22" s="137" t="s">
+      <c r="A21" s="175" t="s">
+        <v>109</v>
+      </c>
+      <c r="B21" s="176"/>
+      <c r="C21" s="176"/>
+      <c r="D21" s="176"/>
+      <c r="E21" s="176"/>
+      <c r="F21" s="176"/>
+      <c r="G21" s="176"/>
+      <c r="H21" s="176"/>
+      <c r="I21" s="176"/>
+      <c r="J21" s="176"/>
+      <c r="K21" s="177"/>
+    </row>
+    <row r="22" spans="1:11" ht="42.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="110" t="s">
+        <v>118</v>
+      </c>
+      <c r="B22" s="111"/>
+      <c r="C22" s="111"/>
+      <c r="D22" s="111"/>
+      <c r="E22" s="111"/>
+      <c r="F22" s="111"/>
+      <c r="G22" s="111"/>
+      <c r="H22" s="111"/>
+      <c r="I22" s="111"/>
+      <c r="J22" s="111"/>
+      <c r="K22" s="112"/>
+    </row>
+    <row r="23" spans="1:11" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="99" t="s">
+        <v>80</v>
+      </c>
+      <c r="B23" s="100"/>
+      <c r="C23" s="100"/>
+      <c r="D23" s="100"/>
+      <c r="E23" s="100"/>
+      <c r="F23" s="100"/>
+      <c r="G23" s="100"/>
+      <c r="H23" s="100"/>
+      <c r="I23" s="100"/>
+      <c r="J23" s="100"/>
+      <c r="K23" s="101"/>
+    </row>
+    <row r="24" spans="1:11" ht="43.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="110" t="s">
         <v>119</v>
       </c>
-      <c r="B22" s="138"/>
-[...11 lines deleted...]
-      <c r="A23" s="173" t="s">
+      <c r="B24" s="111"/>
+      <c r="C24" s="111"/>
+      <c r="D24" s="111"/>
+      <c r="E24" s="111"/>
+      <c r="F24" s="111"/>
+      <c r="G24" s="111"/>
+      <c r="H24" s="111"/>
+      <c r="I24" s="111"/>
+      <c r="J24" s="111"/>
+      <c r="K24" s="112"/>
+    </row>
+    <row r="25" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="113" t="s">
+        <v>76</v>
+      </c>
+      <c r="B25" s="114"/>
+      <c r="C25" s="114"/>
+      <c r="D25" s="114"/>
+      <c r="E25" s="114"/>
+      <c r="F25" s="114"/>
+      <c r="G25" s="114"/>
+      <c r="H25" s="114"/>
+      <c r="I25" s="114"/>
+      <c r="J25" s="114"/>
+      <c r="K25" s="115"/>
+    </row>
+    <row r="26" spans="1:11" ht="44.55" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="105" t="s">
+        <v>113</v>
+      </c>
+      <c r="B26" s="108"/>
+      <c r="C26" s="108"/>
+      <c r="D26" s="108"/>
+      <c r="E26" s="108"/>
+      <c r="F26" s="108"/>
+      <c r="G26" s="108"/>
+      <c r="H26" s="108"/>
+      <c r="I26" s="108"/>
+      <c r="J26" s="108"/>
+      <c r="K26" s="109"/>
+    </row>
+    <row r="27" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="113" t="s">
+        <v>79</v>
+      </c>
+      <c r="B27" s="114"/>
+      <c r="C27" s="114"/>
+      <c r="D27" s="114"/>
+      <c r="E27" s="114"/>
+      <c r="F27" s="114"/>
+      <c r="G27" s="114"/>
+      <c r="H27" s="114"/>
+      <c r="I27" s="114"/>
+      <c r="J27" s="114"/>
+      <c r="K27" s="115"/>
+    </row>
+    <row r="28" spans="1:11" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="105" t="s">
+        <v>114</v>
+      </c>
+      <c r="B28" s="108"/>
+      <c r="C28" s="108"/>
+      <c r="D28" s="108"/>
+      <c r="E28" s="108"/>
+      <c r="F28" s="108"/>
+      <c r="G28" s="108"/>
+      <c r="H28" s="108"/>
+      <c r="I28" s="108"/>
+      <c r="J28" s="108"/>
+      <c r="K28" s="109"/>
+    </row>
+    <row r="29" spans="1:11" ht="16.05" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="113" t="s">
         <v>81</v>
       </c>
-      <c r="B23" s="174"/>
-[...98 lines deleted...]
-      <c r="K29" s="133"/>
+      <c r="B29" s="114"/>
+      <c r="C29" s="114"/>
+      <c r="D29" s="114"/>
+      <c r="E29" s="114"/>
+      <c r="F29" s="114"/>
+      <c r="G29" s="114"/>
+      <c r="H29" s="114"/>
+      <c r="I29" s="114"/>
+      <c r="J29" s="114"/>
+      <c r="K29" s="115"/>
     </row>
     <row r="30" spans="1:11" ht="57" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A30" s="156" t="s">
-[...11 lines deleted...]
-      <c r="K30" s="166"/>
+      <c r="A30" s="116" t="s">
+        <v>83</v>
+      </c>
+      <c r="B30" s="117"/>
+      <c r="C30" s="117"/>
+      <c r="D30" s="117"/>
+      <c r="E30" s="117"/>
+      <c r="F30" s="117"/>
+      <c r="G30" s="117"/>
+      <c r="H30" s="117"/>
+      <c r="I30" s="117"/>
+      <c r="J30" s="117"/>
+      <c r="K30" s="118"/>
     </row>
     <row r="31" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A31" s="131" t="s">
+      <c r="A31" s="113" t="s">
         <v>6</v>
       </c>
-      <c r="B31" s="132"/>
-[...38 lines deleted...]
-      <c r="K33" s="133"/>
+      <c r="B31" s="114"/>
+      <c r="C31" s="114"/>
+      <c r="D31" s="114"/>
+      <c r="E31" s="114"/>
+      <c r="F31" s="114"/>
+      <c r="G31" s="114"/>
+      <c r="H31" s="114"/>
+      <c r="I31" s="114"/>
+      <c r="J31" s="114"/>
+      <c r="K31" s="115"/>
+    </row>
+    <row r="32" spans="1:11" ht="221.55" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="102" t="s">
+        <v>135</v>
+      </c>
+      <c r="B32" s="103"/>
+      <c r="C32" s="103"/>
+      <c r="D32" s="103"/>
+      <c r="E32" s="103"/>
+      <c r="F32" s="103"/>
+      <c r="G32" s="103"/>
+      <c r="H32" s="103"/>
+      <c r="I32" s="103"/>
+      <c r="J32" s="103"/>
+      <c r="K32" s="104"/>
+    </row>
+    <row r="33" spans="1:11" ht="19.05" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="113" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" s="114"/>
+      <c r="C33" s="114"/>
+      <c r="D33" s="114"/>
+      <c r="E33" s="114"/>
+      <c r="F33" s="114"/>
+      <c r="G33" s="114"/>
+      <c r="H33" s="114"/>
+      <c r="I33" s="114"/>
+      <c r="J33" s="114"/>
+      <c r="K33" s="115"/>
     </row>
     <row r="34" spans="1:11" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A34" s="75" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B34" s="76"/>
       <c r="C34" s="76"/>
       <c r="D34" s="76"/>
       <c r="E34" s="76"/>
       <c r="F34" s="76"/>
       <c r="G34" s="76"/>
       <c r="H34" s="76"/>
       <c r="I34" s="76"/>
       <c r="J34" s="76"/>
       <c r="K34" s="77"/>
     </row>
     <row r="35" spans="1:11" ht="8.25" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="36" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="152"/>
-[...36 lines deleted...]
-      <c r="K39" s="152"/>
+      <c r="A36" s="129"/>
+      <c r="B36" s="129"/>
+      <c r="C36" s="129"/>
+      <c r="D36" s="129"/>
+      <c r="E36" s="129"/>
+      <c r="F36" s="129"/>
+      <c r="G36" s="129"/>
+      <c r="H36" s="129"/>
+      <c r="I36" s="129"/>
+      <c r="J36" s="129"/>
+      <c r="K36" s="129"/>
+    </row>
+    <row r="37" spans="1:11" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="38" spans="1:11" ht="3.45" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="119"/>
+      <c r="B38" s="119"/>
+      <c r="C38" s="119"/>
+      <c r="D38" s="119"/>
+      <c r="E38" s="119"/>
+      <c r="F38" s="119"/>
+      <c r="G38" s="119"/>
+      <c r="H38" s="119"/>
+      <c r="I38" s="119"/>
+      <c r="J38" s="119"/>
+      <c r="K38" s="119"/>
+    </row>
+    <row r="39" spans="1:11" ht="3.45" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="129"/>
+      <c r="B39" s="129"/>
+      <c r="C39" s="129"/>
+      <c r="D39" s="129"/>
+      <c r="E39" s="129"/>
+      <c r="F39" s="129"/>
+      <c r="G39" s="129"/>
+      <c r="H39" s="129"/>
+      <c r="I39" s="129"/>
+      <c r="J39" s="129"/>
+      <c r="K39" s="129"/>
     </row>
     <row r="40" spans="1:11" ht="3" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A40" s="167"/>
-[...35 lines deleted...]
-      <c r="K42" s="167"/>
+      <c r="A40" s="119"/>
+      <c r="B40" s="119"/>
+      <c r="C40" s="119"/>
+      <c r="D40" s="119"/>
+      <c r="E40" s="119"/>
+      <c r="F40" s="119"/>
+      <c r="G40" s="119"/>
+      <c r="H40" s="119"/>
+      <c r="I40" s="119"/>
+      <c r="J40" s="119"/>
+      <c r="K40" s="119"/>
+    </row>
+    <row r="41" spans="1:11" ht="2.5499999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="119"/>
+      <c r="B41" s="119"/>
+      <c r="C41" s="119"/>
+      <c r="D41" s="119"/>
+      <c r="E41" s="119"/>
+      <c r="F41" s="119"/>
+      <c r="G41" s="119"/>
+      <c r="H41" s="119"/>
+      <c r="I41" s="119"/>
+      <c r="J41" s="119"/>
+      <c r="K41" s="119"/>
+    </row>
+    <row r="42" spans="1:11" ht="1.95" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="119"/>
+      <c r="B42" s="119"/>
+      <c r="C42" s="119"/>
+      <c r="D42" s="119"/>
+      <c r="E42" s="119"/>
+      <c r="F42" s="119"/>
+      <c r="G42" s="119"/>
+      <c r="H42" s="119"/>
+      <c r="I42" s="119"/>
+      <c r="J42" s="119"/>
+      <c r="K42" s="119"/>
     </row>
     <row r="43" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A43" s="159" t="s">
+      <c r="A43" s="137" t="s">
+        <v>120</v>
+      </c>
+      <c r="B43" s="138"/>
+      <c r="C43" s="138"/>
+      <c r="D43" s="138"/>
+      <c r="E43" s="138"/>
+      <c r="F43" s="138"/>
+      <c r="G43" s="138"/>
+      <c r="H43" s="138"/>
+      <c r="I43" s="138"/>
+      <c r="J43" s="138"/>
+      <c r="K43" s="139"/>
+    </row>
+    <row r="44" spans="1:11" ht="69" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="110" t="s">
         <v>121</v>
       </c>
-      <c r="B43" s="160"/>
-[...11 lines deleted...]
-      <c r="A44" s="137" t="s">
+      <c r="B44" s="111"/>
+      <c r="C44" s="111"/>
+      <c r="D44" s="111"/>
+      <c r="E44" s="111"/>
+      <c r="F44" s="111"/>
+      <c r="G44" s="111"/>
+      <c r="H44" s="111"/>
+      <c r="I44" s="111"/>
+      <c r="J44" s="111"/>
+      <c r="K44" s="112"/>
+    </row>
+    <row r="45" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="130" t="s">
+        <v>76</v>
+      </c>
+      <c r="B45" s="131"/>
+      <c r="C45" s="131"/>
+      <c r="D45" s="131"/>
+      <c r="E45" s="131"/>
+      <c r="F45" s="131"/>
+      <c r="G45" s="131"/>
+      <c r="H45" s="131"/>
+      <c r="I45" s="131"/>
+      <c r="J45" s="131"/>
+      <c r="K45" s="132"/>
+    </row>
+    <row r="46" spans="1:11" ht="56.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="140" t="s">
+        <v>96</v>
+      </c>
+      <c r="B46" s="141"/>
+      <c r="C46" s="141"/>
+      <c r="D46" s="141"/>
+      <c r="E46" s="141"/>
+      <c r="F46" s="141"/>
+      <c r="G46" s="141"/>
+      <c r="H46" s="141"/>
+      <c r="I46" s="141"/>
+      <c r="J46" s="141"/>
+      <c r="K46" s="142"/>
+    </row>
+    <row r="47" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="130" t="s">
+        <v>12</v>
+      </c>
+      <c r="B47" s="131"/>
+      <c r="C47" s="131"/>
+      <c r="D47" s="131"/>
+      <c r="E47" s="131"/>
+      <c r="F47" s="131"/>
+      <c r="G47" s="131"/>
+      <c r="H47" s="131"/>
+      <c r="I47" s="131"/>
+      <c r="J47" s="131"/>
+      <c r="K47" s="132"/>
+    </row>
+    <row r="48" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="152" t="s">
         <v>122</v>
       </c>
-      <c r="B44" s="138"/>
-[...11 lines deleted...]
-      <c r="A45" s="149" t="s">
+      <c r="B48" s="153"/>
+      <c r="C48" s="153"/>
+      <c r="D48" s="153"/>
+      <c r="E48" s="153"/>
+      <c r="F48" s="153"/>
+      <c r="G48" s="153"/>
+      <c r="H48" s="153"/>
+      <c r="I48" s="153"/>
+      <c r="J48" s="153"/>
+      <c r="K48" s="154"/>
+    </row>
+    <row r="49" spans="1:11" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="120" t="s">
         <v>77</v>
       </c>
-      <c r="B45" s="150"/>
-[...11 lines deleted...]
-      <c r="A46" s="162" t="s">
+      <c r="B49" s="121"/>
+      <c r="C49" s="121"/>
+      <c r="D49" s="121"/>
+      <c r="E49" s="121"/>
+      <c r="F49" s="121"/>
+      <c r="G49" s="121"/>
+      <c r="H49" s="121"/>
+      <c r="I49" s="121"/>
+      <c r="J49" s="121"/>
+      <c r="K49" s="122"/>
+    </row>
+    <row r="50" spans="1:11" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="123" t="s">
+        <v>123</v>
+      </c>
+      <c r="B50" s="124"/>
+      <c r="C50" s="124"/>
+      <c r="D50" s="124"/>
+      <c r="E50" s="124"/>
+      <c r="F50" s="124"/>
+      <c r="G50" s="124"/>
+      <c r="H50" s="124"/>
+      <c r="I50" s="124"/>
+      <c r="J50" s="124"/>
+      <c r="K50" s="125"/>
+    </row>
+    <row r="51" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A51" s="120" t="s">
+        <v>78</v>
+      </c>
+      <c r="B51" s="121"/>
+      <c r="C51" s="121"/>
+      <c r="D51" s="121"/>
+      <c r="E51" s="121"/>
+      <c r="F51" s="121"/>
+      <c r="G51" s="121"/>
+      <c r="H51" s="121"/>
+      <c r="I51" s="121"/>
+      <c r="J51" s="121"/>
+      <c r="K51" s="122"/>
+    </row>
+    <row r="52" spans="1:11" ht="98.55" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="126" t="s">
+        <v>125</v>
+      </c>
+      <c r="B52" s="127"/>
+      <c r="C52" s="127"/>
+      <c r="D52" s="127"/>
+      <c r="E52" s="127"/>
+      <c r="F52" s="127"/>
+      <c r="G52" s="127"/>
+      <c r="H52" s="127"/>
+      <c r="I52" s="127"/>
+      <c r="J52" s="127"/>
+      <c r="K52" s="128"/>
+    </row>
+    <row r="53" spans="1:11" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A53" s="130" t="s">
+        <v>51</v>
+      </c>
+      <c r="B53" s="131"/>
+      <c r="C53" s="131"/>
+      <c r="D53" s="131"/>
+      <c r="E53" s="131"/>
+      <c r="F53" s="131"/>
+      <c r="G53" s="131"/>
+      <c r="H53" s="131"/>
+      <c r="I53" s="131"/>
+      <c r="J53" s="131"/>
+      <c r="K53" s="132"/>
+    </row>
+    <row r="54" spans="1:11" ht="28.05" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A54" s="116" t="s">
+        <v>124</v>
+      </c>
+      <c r="B54" s="135"/>
+      <c r="C54" s="135"/>
+      <c r="D54" s="135"/>
+      <c r="E54" s="135"/>
+      <c r="F54" s="135"/>
+      <c r="G54" s="135"/>
+      <c r="H54" s="135"/>
+      <c r="I54" s="135"/>
+      <c r="J54" s="135"/>
+      <c r="K54" s="136"/>
+    </row>
+    <row r="55" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A55" s="120" t="s">
+        <v>53</v>
+      </c>
+      <c r="B55" s="121"/>
+      <c r="C55" s="121"/>
+      <c r="D55" s="121"/>
+      <c r="E55" s="121"/>
+      <c r="F55" s="121"/>
+      <c r="G55" s="121"/>
+      <c r="H55" s="121"/>
+      <c r="I55" s="121"/>
+      <c r="J55" s="121"/>
+      <c r="K55" s="122"/>
+    </row>
+    <row r="56" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A56" s="126" t="s">
+        <v>126</v>
+      </c>
+      <c r="B56" s="133"/>
+      <c r="C56" s="133"/>
+      <c r="D56" s="133"/>
+      <c r="E56" s="133"/>
+      <c r="F56" s="133"/>
+      <c r="G56" s="133"/>
+      <c r="H56" s="133"/>
+      <c r="I56" s="133"/>
+      <c r="J56" s="133"/>
+      <c r="K56" s="134"/>
+    </row>
+    <row r="57" spans="1:11" ht="16.05" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A57" s="120" t="s">
         <v>97</v>
       </c>
-      <c r="B46" s="163"/>
-[...146 lines deleted...]
-      <c r="A56" s="153" t="s">
+      <c r="B57" s="121"/>
+      <c r="C57" s="121"/>
+      <c r="D57" s="121"/>
+      <c r="E57" s="121"/>
+      <c r="F57" s="121"/>
+      <c r="G57" s="121"/>
+      <c r="H57" s="121"/>
+      <c r="I57" s="121"/>
+      <c r="J57" s="121"/>
+      <c r="K57" s="122"/>
+    </row>
+    <row r="58" spans="1:11" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A58" s="126" t="s">
         <v>127</v>
       </c>
-      <c r="B56" s="154"/>
-[...11 lines deleted...]
-      <c r="A57" s="146" t="s">
+      <c r="B58" s="133"/>
+      <c r="C58" s="133"/>
+      <c r="D58" s="133"/>
+      <c r="E58" s="133"/>
+      <c r="F58" s="133"/>
+      <c r="G58" s="133"/>
+      <c r="H58" s="133"/>
+      <c r="I58" s="133"/>
+      <c r="J58" s="133"/>
+      <c r="K58" s="134"/>
+    </row>
+    <row r="59" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A59" s="120" t="s">
         <v>98</v>
       </c>
-      <c r="B57" s="147"/>
-[...11 lines deleted...]
-      <c r="A58" s="153" t="s">
+      <c r="B59" s="121"/>
+      <c r="C59" s="121"/>
+      <c r="D59" s="121"/>
+      <c r="E59" s="121"/>
+      <c r="F59" s="121"/>
+      <c r="G59" s="121"/>
+      <c r="H59" s="121"/>
+      <c r="I59" s="121"/>
+      <c r="J59" s="121"/>
+      <c r="K59" s="122"/>
+    </row>
+    <row r="60" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A60" s="155" t="s">
         <v>128</v>
       </c>
-      <c r="B58" s="154"/>
-[...11 lines deleted...]
-      <c r="A59" s="146" t="s">
+      <c r="B60" s="156"/>
+      <c r="C60" s="156"/>
+      <c r="D60" s="156"/>
+      <c r="E60" s="156"/>
+      <c r="F60" s="156"/>
+      <c r="G60" s="156"/>
+      <c r="H60" s="156"/>
+      <c r="I60" s="156"/>
+      <c r="J60" s="156"/>
+      <c r="K60" s="157"/>
+    </row>
+    <row r="61" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A61" s="130" t="s">
         <v>99</v>
       </c>
-      <c r="B59" s="147"/>
-[...11 lines deleted...]
-      <c r="A60" s="111" t="s">
+      <c r="B61" s="131"/>
+      <c r="C61" s="131"/>
+      <c r="D61" s="131"/>
+      <c r="E61" s="131"/>
+      <c r="F61" s="131"/>
+      <c r="G61" s="131"/>
+      <c r="H61" s="131"/>
+      <c r="I61" s="131"/>
+      <c r="J61" s="131"/>
+      <c r="K61" s="132"/>
+    </row>
+    <row r="62" spans="1:11" ht="31.05" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A62" s="110" t="s">
+        <v>103</v>
+      </c>
+      <c r="B62" s="111"/>
+      <c r="C62" s="111"/>
+      <c r="D62" s="111"/>
+      <c r="E62" s="111"/>
+      <c r="F62" s="111"/>
+      <c r="G62" s="111"/>
+      <c r="H62" s="111"/>
+      <c r="I62" s="111"/>
+      <c r="J62" s="111"/>
+      <c r="K62" s="112"/>
+    </row>
+    <row r="63" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A63" s="130" t="s">
+        <v>62</v>
+      </c>
+      <c r="B63" s="131"/>
+      <c r="C63" s="131"/>
+      <c r="D63" s="131"/>
+      <c r="E63" s="131"/>
+      <c r="F63" s="131"/>
+      <c r="G63" s="131"/>
+      <c r="H63" s="131"/>
+      <c r="I63" s="131"/>
+      <c r="J63" s="131"/>
+      <c r="K63" s="132"/>
+    </row>
+    <row r="64" spans="1:11" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A64" s="110" t="s">
+        <v>104</v>
+      </c>
+      <c r="B64" s="111"/>
+      <c r="C64" s="111"/>
+      <c r="D64" s="111"/>
+      <c r="E64" s="111"/>
+      <c r="F64" s="111"/>
+      <c r="G64" s="111"/>
+      <c r="H64" s="111"/>
+      <c r="I64" s="111"/>
+      <c r="J64" s="111"/>
+      <c r="K64" s="112"/>
+    </row>
+    <row r="65" spans="1:11" ht="17.55" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A65" s="130" t="s">
+        <v>101</v>
+      </c>
+      <c r="B65" s="131"/>
+      <c r="C65" s="131"/>
+      <c r="D65" s="131"/>
+      <c r="E65" s="131"/>
+      <c r="F65" s="131"/>
+      <c r="G65" s="131"/>
+      <c r="H65" s="131"/>
+      <c r="I65" s="131"/>
+      <c r="J65" s="131"/>
+      <c r="K65" s="132"/>
+    </row>
+    <row r="66" spans="1:11" ht="28.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A66" s="110" t="s">
         <v>129</v>
       </c>
-      <c r="B60" s="112"/>
-[...71 lines deleted...]
-      <c r="A65" s="149" t="s">
+      <c r="B66" s="111"/>
+      <c r="C66" s="111"/>
+      <c r="D66" s="111"/>
+      <c r="E66" s="111"/>
+      <c r="F66" s="111"/>
+      <c r="G66" s="111"/>
+      <c r="H66" s="111"/>
+      <c r="I66" s="111"/>
+      <c r="J66" s="111"/>
+      <c r="K66" s="112"/>
+    </row>
+    <row r="67" spans="1:11" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A67" s="116" t="s">
         <v>102</v>
       </c>
-      <c r="B65" s="150"/>
-[...38 lines deleted...]
-      <c r="K67" s="166"/>
+      <c r="B67" s="117"/>
+      <c r="C67" s="117"/>
+      <c r="D67" s="117"/>
+      <c r="E67" s="117"/>
+      <c r="F67" s="117"/>
+      <c r="G67" s="117"/>
+      <c r="H67" s="117"/>
+      <c r="I67" s="117"/>
+      <c r="J67" s="117"/>
+      <c r="K67" s="118"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="czu4EtL9+F8nXNmKwHByh3JsN6DyibUvLQNobj7TktA0obTGmeoFCGj3ZJYKaED9GcQnjMwI+ffXlZJTiQn2fg==" saltValue="LEm7mR0kUWoJhYG5k7sAtQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="61">
-    <mergeCell ref="A23:K23"/>
-[...8 lines deleted...]
-    <mergeCell ref="A31:K31"/>
+    <mergeCell ref="A12:K12"/>
+    <mergeCell ref="A13:K13"/>
+    <mergeCell ref="A48:K48"/>
+    <mergeCell ref="A60:K60"/>
+    <mergeCell ref="A7:K7"/>
+    <mergeCell ref="A8:K8"/>
+    <mergeCell ref="A9:K9"/>
+    <mergeCell ref="A10:K10"/>
+    <mergeCell ref="A11:K11"/>
+    <mergeCell ref="A14:K14"/>
+    <mergeCell ref="A15:K15"/>
+    <mergeCell ref="A29:K29"/>
+    <mergeCell ref="A16:K16"/>
+    <mergeCell ref="A17:K17"/>
+    <mergeCell ref="A21:K21"/>
+    <mergeCell ref="A22:K22"/>
+    <mergeCell ref="A2:K2"/>
+    <mergeCell ref="A3:K3"/>
+    <mergeCell ref="A4:K4"/>
+    <mergeCell ref="A5:K5"/>
+    <mergeCell ref="A6:K6"/>
+    <mergeCell ref="A33:K33"/>
+    <mergeCell ref="A59:K59"/>
+    <mergeCell ref="A61:K61"/>
+    <mergeCell ref="A36:K36"/>
+    <mergeCell ref="A58:K58"/>
+    <mergeCell ref="A57:K57"/>
+    <mergeCell ref="A53:K53"/>
+    <mergeCell ref="A54:K54"/>
+    <mergeCell ref="A55:K55"/>
+    <mergeCell ref="A43:K43"/>
+    <mergeCell ref="A44:K44"/>
+    <mergeCell ref="A45:K45"/>
+    <mergeCell ref="A46:K46"/>
+    <mergeCell ref="A47:K47"/>
     <mergeCell ref="A67:K67"/>
     <mergeCell ref="A38:K38"/>
     <mergeCell ref="A40:K40"/>
     <mergeCell ref="A42:K42"/>
     <mergeCell ref="A41:K41"/>
     <mergeCell ref="A66:K66"/>
     <mergeCell ref="A64:K64"/>
     <mergeCell ref="A62:K62"/>
     <mergeCell ref="A49:K49"/>
     <mergeCell ref="A50:K50"/>
     <mergeCell ref="A51:K51"/>
     <mergeCell ref="A52:K52"/>
     <mergeCell ref="A39:K39"/>
     <mergeCell ref="A63:K63"/>
     <mergeCell ref="A65:K65"/>
     <mergeCell ref="A56:K56"/>
-    <mergeCell ref="A33:K33"/>
-[...33 lines deleted...]
-    <mergeCell ref="A22:K22"/>
+    <mergeCell ref="A23:K23"/>
+    <mergeCell ref="A32:K32"/>
+    <mergeCell ref="A18:K18"/>
+    <mergeCell ref="A28:K28"/>
+    <mergeCell ref="A24:K24"/>
+    <mergeCell ref="A25:K25"/>
+    <mergeCell ref="A26:K26"/>
+    <mergeCell ref="A27:K27"/>
+    <mergeCell ref="A30:K30"/>
+    <mergeCell ref="A31:K31"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.83333333333333337" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold"&amp;14Monthly Peer Counselor Review Guide
 Instructions</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F2AD5540-49D1-470B-B873-41063377077E}">
   <sheetPr codeName="Sheet1">
     <tabColor rgb="FF83E28E"/>
   </sheetPr>
   <dimension ref="A1:N36"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageLayout" zoomScale="90" zoomScaleNormal="130" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="90" workbookViewId="0">
-      <selection activeCell="A21" sqref="A21"/>
+    <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="130" zoomScaleNormal="130" zoomScaleSheetLayoutView="130" zoomScalePageLayoutView="90" workbookViewId="0">
+      <selection activeCell="D3" sqref="D3:F3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="2" customWidth="1"/>
-    <col min="2" max="2" width="12.26953125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="7" width="8.54296875" customWidth="1"/>
+    <col min="2" max="2" width="12.21875" customWidth="1"/>
+    <col min="3" max="3" width="10.21875" customWidth="1"/>
+    <col min="5" max="5" width="12.77734375" customWidth="1"/>
+    <col min="6" max="7" width="8.5546875" customWidth="1"/>
     <col min="8" max="8" width="10" customWidth="1"/>
-    <col min="9" max="9" width="8.453125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="14" max="14" width="1.26953125" customWidth="1"/>
+    <col min="9" max="9" width="8.44140625" customWidth="1"/>
+    <col min="10" max="10" width="10.21875" customWidth="1"/>
+    <col min="11" max="11" width="9.77734375" customWidth="1"/>
+    <col min="12" max="12" width="9.21875" customWidth="1"/>
+    <col min="13" max="13" width="8.5546875" customWidth="1"/>
+    <col min="14" max="14" width="1.21875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4"/>
-[...1 lines deleted...]
-      <c r="A2" s="181" t="s">
+    <row r="1" spans="1:14" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="322" t="s">
         <v>10</v>
       </c>
-      <c r="B2" s="181"/>
-[...15 lines deleted...]
-      <c r="B3" s="187" t="s">
+      <c r="B2" s="322"/>
+      <c r="C2" s="322"/>
+      <c r="D2" s="322"/>
+      <c r="E2" s="322"/>
+      <c r="F2" s="322"/>
+      <c r="G2" s="322"/>
+      <c r="H2" s="322"/>
+      <c r="I2" s="322"/>
+      <c r="J2" s="322"/>
+      <c r="K2" s="322"/>
+      <c r="L2" s="322"/>
+      <c r="M2" s="322"/>
+      <c r="N2" s="323"/>
+    </row>
+    <row r="3" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A3" s="188"/>
+      <c r="B3" s="180" t="s">
         <v>5</v>
       </c>
-      <c r="C3" s="187"/>
-[...3 lines deleted...]
-      <c r="G3" s="206" t="s">
+      <c r="C3" s="180"/>
+      <c r="D3" s="181"/>
+      <c r="E3" s="181"/>
+      <c r="F3" s="181"/>
+      <c r="G3" s="178" t="s">
         <v>11</v>
       </c>
-      <c r="H3" s="206"/>
-[...20 lines deleted...]
-      <c r="M4" s="188"/>
+      <c r="H3" s="178"/>
+      <c r="I3" s="179"/>
+      <c r="J3" s="179"/>
+      <c r="K3" s="198"/>
+      <c r="L3" s="198"/>
+      <c r="M3" s="198"/>
+      <c r="N3" s="199"/>
+    </row>
+    <row r="4" spans="1:14" ht="3.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="188"/>
+      <c r="B4" s="186"/>
+      <c r="C4" s="186"/>
+      <c r="D4" s="186"/>
+      <c r="E4" s="186"/>
+      <c r="F4" s="186"/>
+      <c r="G4" s="186"/>
+      <c r="H4" s="186"/>
+      <c r="I4" s="186"/>
+      <c r="J4" s="186"/>
+      <c r="K4" s="186"/>
+      <c r="L4" s="186"/>
+      <c r="M4" s="186"/>
       <c r="N4" s="189"/>
     </row>
-    <row r="5" spans="1:14" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B5" s="187" t="s">
+    <row r="5" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A5" s="188"/>
+      <c r="B5" s="180" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="187"/>
-[...9 lines deleted...]
-      <c r="M5" s="188"/>
+      <c r="C5" s="180"/>
+      <c r="D5" s="181"/>
+      <c r="E5" s="181"/>
+      <c r="F5" s="181"/>
+      <c r="G5" s="186"/>
+      <c r="H5" s="186"/>
+      <c r="I5" s="186"/>
+      <c r="J5" s="186"/>
+      <c r="K5" s="186"/>
+      <c r="L5" s="186"/>
+      <c r="M5" s="186"/>
       <c r="N5" s="189"/>
     </row>
-    <row r="6" spans="1:14" ht="4.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:14" ht="4.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="14"/>
-      <c r="B6" s="190"/>
-[...13 lines deleted...]
-    <row r="7" spans="1:14" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B6" s="187"/>
+      <c r="C6" s="187"/>
+      <c r="D6" s="187"/>
+      <c r="E6" s="187"/>
+      <c r="F6" s="187"/>
+      <c r="G6" s="187"/>
+      <c r="H6" s="187"/>
+      <c r="I6" s="187"/>
+      <c r="J6" s="187"/>
+      <c r="K6" s="187"/>
+      <c r="L6" s="187"/>
+      <c r="M6" s="187"/>
+      <c r="N6" s="190"/>
+    </row>
+    <row r="7" spans="1:14" ht="7.05" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="4"/>
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
       <c r="M7" s="4"/>
       <c r="N7" s="4"/>
     </row>
-    <row r="8" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A8" s="181" t="s">
+    <row r="8" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="322" t="s">
         <v>13</v>
       </c>
-      <c r="B8" s="181"/>
-[...13 lines deleted...]
-    <row r="9" spans="1:14" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B8" s="322"/>
+      <c r="C8" s="322"/>
+      <c r="D8" s="322"/>
+      <c r="E8" s="322"/>
+      <c r="F8" s="322"/>
+      <c r="G8" s="322"/>
+      <c r="H8" s="322"/>
+      <c r="I8" s="322"/>
+      <c r="J8" s="322"/>
+      <c r="K8" s="322"/>
+      <c r="L8" s="322"/>
+      <c r="M8" s="322"/>
+      <c r="N8" s="323"/>
+    </row>
+    <row r="9" spans="1:14" ht="4.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="12"/>
       <c r="B9" s="5"/>
       <c r="C9" s="5"/>
       <c r="D9" s="5"/>
       <c r="E9" s="5"/>
       <c r="F9" s="5"/>
       <c r="G9" s="5"/>
       <c r="H9" s="5"/>
       <c r="I9" s="5"/>
       <c r="J9" s="5"/>
       <c r="K9" s="5"/>
       <c r="L9" s="5"/>
       <c r="M9" s="5"/>
       <c r="N9" s="16"/>
     </row>
-    <row r="10" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A10" s="12"/>
-      <c r="B10" s="193" t="s">
+      <c r="B10" s="182" t="s">
         <v>16</v>
       </c>
-      <c r="C10" s="200"/>
+      <c r="C10" s="195"/>
       <c r="D10" s="80" t="s">
         <v>0</v>
       </c>
       <c r="E10" s="80" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="80" t="s">
         <v>15</v>
       </c>
       <c r="G10" s="4"/>
-      <c r="H10" s="192" t="s">
+      <c r="H10" s="191" t="s">
         <v>19</v>
       </c>
-      <c r="I10" s="197"/>
+      <c r="I10" s="192"/>
       <c r="J10" s="80" t="s">
         <v>0</v>
       </c>
-      <c r="K10" s="193" t="s">
+      <c r="K10" s="182" t="s">
         <v>14</v>
       </c>
-      <c r="L10" s="193"/>
+      <c r="L10" s="182"/>
       <c r="M10" s="80" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="189"/>
     </row>
-    <row r="11" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="12"/>
-      <c r="B11" s="201" t="s">
+      <c r="B11" s="196" t="s">
         <v>18</v>
       </c>
-      <c r="C11" s="202"/>
+      <c r="C11" s="197"/>
       <c r="D11" s="88"/>
       <c r="E11" s="88"/>
       <c r="F11" s="82" t="str">
         <f>IF(AND(D11="", E11=""), "", SUM(D11:E11))</f>
         <v/>
       </c>
       <c r="G11" s="4"/>
-      <c r="H11" s="198" t="s">
+      <c r="H11" s="193" t="s">
         <v>20</v>
       </c>
-      <c r="I11" s="199"/>
+      <c r="I11" s="194"/>
       <c r="J11" s="88"/>
-      <c r="K11" s="208"/>
-      <c r="L11" s="208"/>
+      <c r="K11" s="185"/>
+      <c r="L11" s="185"/>
       <c r="M11" s="82" t="str">
         <f>IF(AND(J11="", K11="", L11=""), "", SUM(J11:L11))</f>
         <v/>
       </c>
       <c r="N11" s="189"/>
     </row>
-    <row r="12" spans="1:14" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:14" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="12"/>
-      <c r="B12" s="201" t="s">
+      <c r="B12" s="196" t="s">
         <v>17</v>
       </c>
-      <c r="C12" s="202"/>
+      <c r="C12" s="197"/>
       <c r="D12" s="88"/>
       <c r="E12" s="88"/>
       <c r="F12" s="82" t="str">
         <f>IF(AND(D12="", E12=""), "", SUM(D12:E12))</f>
         <v/>
       </c>
       <c r="G12" s="4"/>
-      <c r="H12" s="198" t="s">
+      <c r="H12" s="193" t="s">
         <v>21</v>
       </c>
-      <c r="I12" s="199"/>
+      <c r="I12" s="194"/>
       <c r="J12" s="88"/>
-      <c r="K12" s="208"/>
-      <c r="L12" s="208"/>
+      <c r="K12" s="185"/>
+      <c r="L12" s="185"/>
       <c r="M12" s="82" t="str">
         <f>IF(AND(J12="", K12="", L12=""), "", SUM(J12:L12))</f>
         <v/>
       </c>
       <c r="N12" s="189"/>
     </row>
-    <row r="13" spans="1:14" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="13" spans="1:14" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A13" s="14"/>
-      <c r="B13" s="190"/>
-[...13 lines deleted...]
-    <row r="14" spans="1:14" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="187"/>
+      <c r="C13" s="187"/>
+      <c r="D13" s="187"/>
+      <c r="E13" s="187"/>
+      <c r="F13" s="187"/>
+      <c r="G13" s="187"/>
+      <c r="H13" s="187"/>
+      <c r="I13" s="187"/>
+      <c r="J13" s="187"/>
+      <c r="K13" s="187"/>
+      <c r="L13" s="187"/>
+      <c r="M13" s="187"/>
+      <c r="N13" s="190"/>
+    </row>
+    <row r="14" spans="1:14" ht="7.05" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A14" s="4"/>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
       <c r="I14" s="4"/>
       <c r="J14" s="4"/>
       <c r="K14" s="4"/>
       <c r="L14" s="4"/>
       <c r="M14" s="4"/>
       <c r="N14" s="4"/>
     </row>
-    <row r="15" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A15" s="181" t="s">
+    <row r="15" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="322" t="s">
         <v>23</v>
       </c>
-      <c r="B15" s="181"/>
-[...13 lines deleted...]
-    <row r="16" spans="1:14" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B15" s="322"/>
+      <c r="C15" s="322"/>
+      <c r="D15" s="322"/>
+      <c r="E15" s="322"/>
+      <c r="F15" s="322"/>
+      <c r="G15" s="322"/>
+      <c r="H15" s="322"/>
+      <c r="I15" s="322"/>
+      <c r="J15" s="322"/>
+      <c r="K15" s="322"/>
+      <c r="L15" s="322"/>
+      <c r="M15" s="322"/>
+      <c r="N15" s="323"/>
+    </row>
+    <row r="16" spans="1:14" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="12"/>
-      <c r="B16" s="188"/>
-[...10 lines deleted...]
-      <c r="M16" s="188"/>
+      <c r="B16" s="186"/>
+      <c r="C16" s="186"/>
+      <c r="D16" s="186"/>
+      <c r="E16" s="186"/>
+      <c r="F16" s="186"/>
+      <c r="G16" s="186"/>
+      <c r="H16" s="186"/>
+      <c r="I16" s="186"/>
+      <c r="J16" s="186"/>
+      <c r="K16" s="186"/>
+      <c r="L16" s="186"/>
+      <c r="M16" s="186"/>
       <c r="N16" s="189"/>
     </row>
-    <row r="17" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A17" s="12"/>
       <c r="B17" s="79"/>
-      <c r="C17" s="192" t="s">
+      <c r="C17" s="191" t="s">
         <v>0</v>
       </c>
-      <c r="D17" s="193"/>
-      <c r="E17" s="193" t="s">
+      <c r="D17" s="182"/>
+      <c r="E17" s="182" t="s">
         <v>60</v>
       </c>
-      <c r="F17" s="194"/>
-[...8 lines deleted...]
-      <c r="M17" s="195"/>
+      <c r="F17" s="183"/>
+      <c r="G17" s="183"/>
+      <c r="H17" s="183"/>
+      <c r="I17" s="183"/>
+      <c r="J17" s="184"/>
+      <c r="K17" s="182" t="s">
+        <v>73</v>
+      </c>
+      <c r="L17" s="183"/>
+      <c r="M17" s="184"/>
       <c r="N17" s="189"/>
     </row>
-    <row r="18" spans="1:14" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:14" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="12"/>
       <c r="B18" s="79" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E18" s="48" t="s">
         <v>29</v>
       </c>
       <c r="F18" s="48" t="s">
         <v>30</v>
       </c>
       <c r="G18" s="48" t="s">
         <v>31</v>
       </c>
       <c r="H18" s="48" t="s">
         <v>32</v>
       </c>
       <c r="I18" s="48" t="s">
         <v>33</v>
       </c>
       <c r="J18" s="48" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>35</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>34</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="N18" s="189"/>
     </row>
-    <row r="19" spans="1:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:14" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="12"/>
       <c r="B19" s="81" t="s">
         <v>28</v>
       </c>
       <c r="C19" s="88"/>
       <c r="D19" s="88"/>
       <c r="E19" s="88"/>
       <c r="F19" s="88"/>
       <c r="G19" s="88"/>
       <c r="H19" s="88"/>
       <c r="I19" s="88"/>
       <c r="J19" s="88"/>
       <c r="K19" s="88"/>
       <c r="L19" s="88"/>
       <c r="M19" s="88"/>
       <c r="N19" s="189"/>
     </row>
-    <row r="20" spans="1:14" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="20" spans="1:14" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" s="14"/>
-      <c r="B20" s="190"/>
-[...13 lines deleted...]
-    <row r="21" spans="1:14" ht="4" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B20" s="187"/>
+      <c r="C20" s="187"/>
+      <c r="D20" s="187"/>
+      <c r="E20" s="187"/>
+      <c r="F20" s="187"/>
+      <c r="G20" s="187"/>
+      <c r="H20" s="187"/>
+      <c r="I20" s="187"/>
+      <c r="J20" s="187"/>
+      <c r="K20" s="187"/>
+      <c r="L20" s="187"/>
+      <c r="M20" s="187"/>
+      <c r="N20" s="190"/>
+    </row>
+    <row r="21" spans="1:14" ht="4.05" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A21" s="4"/>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
     </row>
-    <row r="22" spans="1:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A22" s="181" t="s">
+    <row r="22" spans="1:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="322" t="s">
         <v>43</v>
       </c>
-      <c r="B22" s="182"/>
-[...13 lines deleted...]
-    <row r="23" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B22" s="324"/>
+      <c r="C22" s="324"/>
+      <c r="D22" s="324"/>
+      <c r="E22" s="324"/>
+      <c r="F22" s="324"/>
+      <c r="G22" s="324"/>
+      <c r="H22" s="324"/>
+      <c r="I22" s="324"/>
+      <c r="J22" s="324"/>
+      <c r="K22" s="324"/>
+      <c r="L22" s="324"/>
+      <c r="M22" s="324"/>
+      <c r="N22" s="325"/>
+    </row>
+    <row r="23" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="12"/>
-      <c r="B23" s="187" t="s">
+      <c r="B23" s="180" t="s">
         <v>65</v>
       </c>
-      <c r="C23" s="187"/>
-[...9 lines deleted...]
-      <c r="M23" s="187"/>
+      <c r="C23" s="180"/>
+      <c r="D23" s="180"/>
+      <c r="E23" s="180"/>
+      <c r="F23" s="180"/>
+      <c r="G23" s="180"/>
+      <c r="H23" s="180"/>
+      <c r="I23" s="180"/>
+      <c r="J23" s="180"/>
+      <c r="K23" s="180"/>
+      <c r="L23" s="180"/>
+      <c r="M23" s="180"/>
       <c r="N23" s="13"/>
     </row>
-    <row r="24" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="12"/>
       <c r="B24" s="89" t="b">
         <v>0</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>45</v>
       </c>
       <c r="D24" s="8"/>
       <c r="E24" s="89" t="b">
         <v>0</v>
       </c>
       <c r="F24" s="8" t="s">
         <v>48</v>
       </c>
       <c r="G24" s="8"/>
       <c r="H24" s="8"/>
       <c r="I24" s="90" t="b">
         <v>0</v>
       </c>
       <c r="J24" s="4" t="s">
         <v>46</v>
       </c>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="13"/>
     </row>
-    <row r="25" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="12"/>
       <c r="B25" s="89" t="b">
         <v>0</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>44</v>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="89" t="b">
         <v>0</v>
       </c>
       <c r="F25" s="8" t="s">
         <v>47</v>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="90" t="b">
         <v>0</v>
       </c>
       <c r="J25" s="4" t="s">
         <v>66</v>
       </c>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
       <c r="N25" s="13"/>
     </row>
-    <row r="26" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A26" s="12"/>
       <c r="B26" s="89" t="b">
         <v>0</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>49</v>
       </c>
       <c r="D26" s="3"/>
-      <c r="E26" s="185"/>
-[...7 lines deleted...]
-      <c r="M26" s="185"/>
+      <c r="E26" s="200"/>
+      <c r="F26" s="200"/>
+      <c r="G26" s="200"/>
+      <c r="H26" s="200"/>
+      <c r="I26" s="200"/>
+      <c r="J26" s="200"/>
+      <c r="K26" s="200"/>
+      <c r="L26" s="200"/>
+      <c r="M26" s="200"/>
       <c r="N26" s="18"/>
     </row>
-    <row r="27" spans="1:14" ht="4.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="27" spans="1:14" ht="4.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A27" s="14"/>
       <c r="B27" s="21"/>
       <c r="C27" s="15"/>
       <c r="D27" s="21"/>
       <c r="E27" s="21"/>
       <c r="F27" s="21"/>
       <c r="G27" s="21"/>
       <c r="H27" s="21"/>
       <c r="I27" s="21"/>
       <c r="J27" s="21"/>
       <c r="K27" s="21"/>
       <c r="L27" s="21"/>
       <c r="M27" s="19"/>
       <c r="N27" s="20"/>
     </row>
-    <row r="28" spans="1:14" ht="5.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="28" spans="1:14" ht="5.0999999999999996" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A28" s="4"/>
       <c r="B28" s="4"/>
       <c r="C28" s="4"/>
       <c r="D28" s="4"/>
       <c r="E28" s="4"/>
       <c r="F28" s="4"/>
       <c r="G28" s="4"/>
       <c r="H28" s="4"/>
       <c r="I28" s="4"/>
       <c r="J28" s="4"/>
       <c r="K28" s="4"/>
       <c r="L28" s="4"/>
       <c r="M28" s="4"/>
       <c r="N28" s="4"/>
     </row>
-    <row r="29" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A29" s="181" t="s">
+    <row r="29" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="322" t="s">
         <v>36</v>
       </c>
-      <c r="B29" s="182"/>
-[...13 lines deleted...]
-    <row r="30" spans="1:14" ht="24.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B29" s="324"/>
+      <c r="C29" s="324"/>
+      <c r="D29" s="324"/>
+      <c r="E29" s="324"/>
+      <c r="F29" s="324"/>
+      <c r="G29" s="324"/>
+      <c r="H29" s="324"/>
+      <c r="I29" s="324"/>
+      <c r="J29" s="324"/>
+      <c r="K29" s="324"/>
+      <c r="L29" s="324"/>
+      <c r="M29" s="324"/>
+      <c r="N29" s="325"/>
+    </row>
+    <row r="30" spans="1:14" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="17">
         <v>1</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="6"/>
       <c r="E30" s="6"/>
       <c r="F30" s="6"/>
-      <c r="G30" s="184"/>
-[...5 lines deleted...]
-      <c r="M30" s="184"/>
+      <c r="G30" s="200"/>
+      <c r="H30" s="200"/>
+      <c r="I30" s="200"/>
+      <c r="J30" s="200"/>
+      <c r="K30" s="200"/>
+      <c r="L30" s="200"/>
+      <c r="M30" s="200"/>
       <c r="N30" s="18"/>
     </row>
-    <row r="31" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="17">
         <v>2</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="6"/>
       <c r="E31" s="6"/>
       <c r="F31" s="6"/>
       <c r="G31" s="89" t="b">
         <v>0</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>40</v>
       </c>
       <c r="I31" s="89" t="b">
         <v>0</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>41</v>
       </c>
       <c r="K31" s="4"/>
       <c r="L31" s="4"/>
       <c r="M31" s="4"/>
       <c r="N31" s="18"/>
     </row>
-    <row r="32" spans="1:14" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="32" spans="1:14" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="17">
         <v>3</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>38</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="6"/>
       <c r="E32" s="6"/>
       <c r="F32" s="6"/>
       <c r="G32" s="89" t="b">
         <v>0</v>
       </c>
       <c r="H32" s="7" t="s">
         <v>40</v>
       </c>
       <c r="I32" s="89" t="b">
         <v>0</v>
       </c>
       <c r="J32" s="6" t="s">
         <v>41</v>
       </c>
       <c r="K32" s="4"/>
       <c r="L32" s="4"/>
       <c r="M32" s="4"/>
       <c r="N32" s="18"/>
     </row>
-    <row r="33" spans="1:14" ht="24" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:14" ht="24" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="17">
         <v>4</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>39</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="6"/>
       <c r="E33" s="6"/>
       <c r="F33" s="6"/>
-      <c r="G33" s="185"/>
-[...5 lines deleted...]
-      <c r="M33" s="185"/>
+      <c r="G33" s="200"/>
+      <c r="H33" s="200"/>
+      <c r="I33" s="200"/>
+      <c r="J33" s="200"/>
+      <c r="K33" s="200"/>
+      <c r="L33" s="200"/>
+      <c r="M33" s="200"/>
       <c r="N33" s="18"/>
     </row>
-    <row r="34" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A34" s="17">
         <v>5</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>64</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="6"/>
       <c r="E34" s="6"/>
       <c r="F34" s="6"/>
       <c r="G34" s="89" t="b">
         <v>0</v>
       </c>
       <c r="H34" s="7" t="s">
         <v>40</v>
       </c>
       <c r="I34" s="89" t="b">
         <v>0</v>
       </c>
       <c r="J34" s="6" t="s">
         <v>41</v>
       </c>
       <c r="K34" s="4"/>
       <c r="L34" s="4"/>
       <c r="M34" s="4"/>
       <c r="N34" s="18"/>
     </row>
-    <row r="35" spans="1:14" ht="24.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:14" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="12"/>
       <c r="B35" s="4"/>
       <c r="C35" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D35" s="6"/>
-      <c r="E35" s="185"/>
-[...7 lines deleted...]
-      <c r="M35" s="185"/>
+      <c r="E35" s="200"/>
+      <c r="F35" s="200"/>
+      <c r="G35" s="200"/>
+      <c r="H35" s="200"/>
+      <c r="I35" s="200"/>
+      <c r="J35" s="200"/>
+      <c r="K35" s="200"/>
+      <c r="L35" s="200"/>
+      <c r="M35" s="200"/>
       <c r="N35" s="18"/>
     </row>
-    <row r="36" spans="1:14" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="36" spans="1:14" ht="7.05" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A36" s="14"/>
       <c r="B36" s="19"/>
       <c r="C36" s="19"/>
       <c r="D36" s="19"/>
       <c r="E36" s="19"/>
       <c r="F36" s="19"/>
       <c r="G36" s="19"/>
       <c r="H36" s="19"/>
       <c r="I36" s="19"/>
       <c r="J36" s="19"/>
       <c r="K36" s="19"/>
       <c r="L36" s="19"/>
       <c r="M36" s="19"/>
       <c r="N36" s="20"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" objects="1" scenarios="1" formatRows="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="OItEG0TqdEm57WWuL4Zc9LX1YMKuQtkjJH5lP1W43MtXhXUkG5xMfqo/eBucn8o4S+KhkPytN4bGRpmAY+W4JQ==" saltValue="hVadlMq97a9rOaHZDRmTbQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatRows="0"/>
   <mergeCells count="39">
-    <mergeCell ref="G3:H3"/>
-[...8 lines deleted...]
-    <mergeCell ref="B6:F6"/>
+    <mergeCell ref="A29:N29"/>
+    <mergeCell ref="G30:M30"/>
+    <mergeCell ref="E35:M35"/>
+    <mergeCell ref="G33:M33"/>
+    <mergeCell ref="A15:N15"/>
+    <mergeCell ref="A22:N22"/>
+    <mergeCell ref="B23:M23"/>
+    <mergeCell ref="E26:M26"/>
+    <mergeCell ref="B16:N16"/>
+    <mergeCell ref="N17:N19"/>
+    <mergeCell ref="B20:N20"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="E17:J17"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="A8:N8"/>
     <mergeCell ref="K10:L10"/>
     <mergeCell ref="N10:N13"/>
     <mergeCell ref="B13:F13"/>
     <mergeCell ref="H10:I10"/>
     <mergeCell ref="H11:I11"/>
     <mergeCell ref="H12:I12"/>
     <mergeCell ref="B10:C10"/>
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="K3:N6"/>
     <mergeCell ref="G13:M13"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:F3"/>
-    <mergeCell ref="A29:N29"/>
-[...11 lines deleted...]
-    <mergeCell ref="E17:J17"/>
+    <mergeCell ref="G3:H3"/>
+    <mergeCell ref="I3:J3"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="D5:F5"/>
+    <mergeCell ref="K17:M17"/>
+    <mergeCell ref="K11:L11"/>
+    <mergeCell ref="K12:L12"/>
+    <mergeCell ref="G4:J6"/>
+    <mergeCell ref="B4:F4"/>
+    <mergeCell ref="B6:F6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.84490740740740744" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold"&amp;14Monthly Peer Counselor Review Guide
 Peer Counselor Monthly Report Worksheet</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3F11BD31-0BA9-4724-9BD1-6731049051CB}">
   <sheetPr codeName="Sheet3">
     <tabColor rgb="FFC0E6F5"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J35"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageLayout" zoomScale="110" zoomScaleNormal="98" zoomScaleSheetLayoutView="150" zoomScalePageLayoutView="110" workbookViewId="0">
-      <selection activeCell="C3" sqref="C3:E3"/>
+    <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="150" zoomScaleNormal="98" zoomScaleSheetLayoutView="150" zoomScalePageLayoutView="110" workbookViewId="0">
+      <selection activeCell="H4" sqref="H4:I4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="2.26953125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="2.21875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="2.26953125" customWidth="1"/>
-    <col min="2" max="2" width="20.81640625" customWidth="1"/>
+    <col min="1" max="1" width="2.21875" customWidth="1"/>
+    <col min="2" max="2" width="20.77734375" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
-    <col min="4" max="4" width="11.54296875" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11" max="18" width="2.26953125" customWidth="1"/>
+    <col min="4" max="4" width="11.5546875" customWidth="1"/>
+    <col min="5" max="6" width="9.5546875" customWidth="1"/>
+    <col min="7" max="7" width="8.77734375" customWidth="1"/>
+    <col min="8" max="8" width="10.77734375" customWidth="1"/>
+    <col min="9" max="9" width="9.5546875" customWidth="1"/>
+    <col min="10" max="10" width="1.77734375" customWidth="1"/>
+    <col min="11" max="18" width="2.21875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="6.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4"/>
-[...1 lines deleted...]
-      <c r="A2" s="220" t="s">
+    <row r="1" spans="1:10" ht="6.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="230" t="s">
         <v>10</v>
       </c>
-      <c r="B2" s="221"/>
-[...9 lines deleted...]
-    <row r="3" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B2" s="231"/>
+      <c r="C2" s="231"/>
+      <c r="D2" s="231"/>
+      <c r="E2" s="231"/>
+      <c r="F2" s="231"/>
+      <c r="G2" s="231"/>
+      <c r="H2" s="231"/>
+      <c r="I2" s="231"/>
+      <c r="J2" s="232"/>
+    </row>
+    <row r="3" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="12"/>
       <c r="B3" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="C3" s="223" t="str">
+      <c r="C3" s="233" t="str">
         <f>IF('PC Monthly Report'!D3="", "", 'PC Monthly Report'!D3)</f>
         <v/>
       </c>
-      <c r="D3" s="223"/>
-[...1 lines deleted...]
-      <c r="F3" s="231" t="s">
+      <c r="D3" s="233"/>
+      <c r="E3" s="233"/>
+      <c r="F3" s="241" t="s">
         <v>68</v>
       </c>
-      <c r="G3" s="231"/>
-      <c r="H3" s="232" t="str">
+      <c r="G3" s="241"/>
+      <c r="H3" s="242" t="str">
         <f>IF('PC Monthly Report'!I3="", "", 'PC Monthly Report'!I3)</f>
         <v/>
       </c>
-      <c r="I3" s="232"/>
+      <c r="I3" s="242"/>
       <c r="J3" s="18"/>
     </row>
-    <row r="4" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="12"/>
       <c r="B4" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="C4" s="224" t="str">
+      <c r="C4" s="234" t="str">
         <f>IF('PC Monthly Report'!D5="", "", 'PC Monthly Report'!D5)</f>
         <v/>
       </c>
-      <c r="D4" s="224"/>
-[...6 lines deleted...]
-      <c r="I4" s="239"/>
+      <c r="D4" s="234"/>
+      <c r="E4" s="234"/>
+      <c r="F4" s="207" t="s">
+        <v>138</v>
+      </c>
+      <c r="G4" s="207"/>
+      <c r="H4" s="249"/>
+      <c r="I4" s="249"/>
       <c r="J4" s="18"/>
     </row>
-    <row r="5" spans="1:10" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:10" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="14"/>
       <c r="B5" s="19"/>
       <c r="C5" s="27"/>
       <c r="D5" s="27"/>
       <c r="E5" s="28"/>
       <c r="F5" s="29"/>
       <c r="G5" s="29"/>
       <c r="H5" s="30"/>
       <c r="I5" s="30"/>
       <c r="J5" s="20"/>
     </row>
-    <row r="6" spans="1:10" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:10" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4"/>
       <c r="B6" s="4"/>
       <c r="C6" s="31"/>
       <c r="D6" s="31"/>
       <c r="E6" s="32"/>
       <c r="F6" s="25"/>
       <c r="G6" s="25"/>
       <c r="H6" s="26"/>
       <c r="I6" s="26"/>
       <c r="J6" s="4"/>
     </row>
-    <row r="7" spans="1:10" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...13 lines deleted...]
-    <row r="8" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:10" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="230" t="s">
+        <v>141</v>
+      </c>
+      <c r="B7" s="231"/>
+      <c r="C7" s="231"/>
+      <c r="D7" s="231"/>
+      <c r="E7" s="231"/>
+      <c r="F7" s="231"/>
+      <c r="G7" s="231"/>
+      <c r="H7" s="231"/>
+      <c r="I7" s="231"/>
+      <c r="J7" s="232"/>
+    </row>
+    <row r="8" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="12"/>
       <c r="B8" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="C8" s="236"/>
-[...7 lines deleted...]
-      <c r="I8" s="238"/>
+      <c r="C8" s="246"/>
+      <c r="D8" s="246"/>
+      <c r="E8" s="247" t="s">
+        <v>110</v>
+      </c>
+      <c r="F8" s="247"/>
+      <c r="G8" s="248"/>
+      <c r="H8" s="248"/>
+      <c r="I8" s="248"/>
       <c r="J8" s="18"/>
     </row>
-    <row r="9" spans="1:10" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:10" ht="4.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="12"/>
       <c r="B9" s="4"/>
       <c r="C9" s="34"/>
       <c r="D9" s="35"/>
       <c r="E9" s="33"/>
       <c r="F9" s="33"/>
       <c r="G9" s="33"/>
       <c r="H9" s="33"/>
       <c r="I9" s="33"/>
       <c r="J9" s="18"/>
     </row>
-    <row r="10" spans="1:10" ht="13.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:10" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="12"/>
       <c r="B10" s="33" t="s">
+        <v>136</v>
+      </c>
+      <c r="C10" s="244"/>
+      <c r="D10" s="244"/>
+      <c r="E10" s="207" t="s">
         <v>137</v>
       </c>
-      <c r="C10" s="234"/>
-[...7 lines deleted...]
-      <c r="I10" s="246"/>
+      <c r="F10" s="207"/>
+      <c r="G10" s="208"/>
+      <c r="H10" s="208"/>
+      <c r="I10" s="208"/>
       <c r="J10" s="18"/>
     </row>
-    <row r="11" spans="1:10" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="11" spans="1:10" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="14"/>
       <c r="B11" s="38"/>
       <c r="C11" s="39"/>
       <c r="D11" s="39"/>
       <c r="E11" s="40"/>
       <c r="F11" s="40"/>
       <c r="G11" s="40"/>
       <c r="H11" s="41"/>
       <c r="I11" s="41"/>
       <c r="J11" s="20"/>
     </row>
-    <row r="12" spans="1:10" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="12" spans="1:10" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A12" s="4"/>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
     </row>
-    <row r="13" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="253" t="s">
+    <row r="13" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="215" t="s">
         <v>3</v>
       </c>
-      <c r="B13" s="254"/>
-      <c r="C13" s="233" t="s">
+      <c r="B13" s="216"/>
+      <c r="C13" s="243" t="s">
         <v>0</v>
       </c>
-      <c r="D13" s="233"/>
-      <c r="E13" s="233" t="s">
+      <c r="D13" s="243"/>
+      <c r="E13" s="243" t="s">
         <v>50</v>
       </c>
-      <c r="F13" s="233"/>
-[...7 lines deleted...]
-      <c r="B14" s="256"/>
+      <c r="F13" s="243"/>
+      <c r="G13" s="243"/>
+      <c r="H13" s="243"/>
+      <c r="I13" s="243"/>
+      <c r="J13" s="245"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="217"/>
+      <c r="B14" s="218"/>
       <c r="C14" s="44" t="s">
         <v>25</v>
       </c>
       <c r="D14" s="44" t="s">
         <v>26</v>
       </c>
       <c r="E14" s="44" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="44" t="s">
         <v>30</v>
       </c>
       <c r="G14" s="44" t="s">
         <v>31</v>
       </c>
       <c r="H14" s="44" t="s">
         <v>32</v>
       </c>
-      <c r="I14" s="227" t="s">
+      <c r="I14" s="237" t="s">
         <v>33</v>
       </c>
-      <c r="J14" s="228"/>
-[...2 lines deleted...]
-      <c r="A15" s="257" t="s">
+      <c r="J14" s="238"/>
+    </row>
+    <row r="15" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="219" t="s">
         <v>7</v>
       </c>
-      <c r="B15" s="258"/>
+      <c r="B15" s="220"/>
       <c r="C15" s="23" t="str">
         <f>IF(OR(G8="", G8 &gt;C10), "", IF(C10 &lt; G8 + 30,C10, G8 + 30))</f>
         <v/>
       </c>
       <c r="D15" s="23" t="str">
         <f>IF(OR(G8 &gt;=C10, ISBLANK(G8), ISBLANK(C10)), "",C10 - 14)</f>
         <v/>
       </c>
       <c r="E15" s="23" t="str">
         <f>IF(G10="", "",G10+ 3)</f>
         <v/>
       </c>
       <c r="F15" s="23" t="str">
         <f>IF(G10="", "",G10+ 7)</f>
         <v/>
       </c>
       <c r="G15" s="23" t="str">
         <f>IF(G10="", "",G10+ 14)</f>
         <v/>
       </c>
       <c r="H15" s="23" t="str">
         <f>IF(G10="", "",G10+ 21)</f>
         <v/>
       </c>
-      <c r="I15" s="229" t="str">
+      <c r="I15" s="239" t="str">
         <f>IF(G10="", "",G10+ 28)</f>
         <v/>
       </c>
-      <c r="J15" s="230"/>
-[...5 lines deleted...]
-      <c r="B16" s="260"/>
+      <c r="J15" s="240"/>
+    </row>
+    <row r="16" spans="1:10" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="221" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" s="222"/>
       <c r="C16" s="91" t="b">
         <v>0</v>
       </c>
       <c r="D16" s="91" t="b">
         <v>0</v>
       </c>
       <c r="E16" s="91" t="b">
         <v>0</v>
       </c>
       <c r="F16" s="91" t="b">
         <v>0</v>
       </c>
       <c r="G16" s="91" t="b">
         <v>0</v>
       </c>
       <c r="H16" s="91" t="b">
         <v>0</v>
       </c>
-      <c r="I16" s="225" t="b">
+      <c r="I16" s="235" t="b">
         <v>0</v>
       </c>
-      <c r="J16" s="226"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:10" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="J16" s="236"/>
+    </row>
+    <row r="17" spans="1:10" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A17" s="4"/>
       <c r="B17" s="42"/>
       <c r="C17" s="42"/>
       <c r="D17" s="42"/>
       <c r="E17" s="42"/>
       <c r="F17" s="42"/>
       <c r="G17" s="42"/>
       <c r="H17" s="42"/>
       <c r="I17" s="42"/>
       <c r="J17" s="4"/>
     </row>
-    <row r="18" spans="1:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...14 lines deleted...]
-      <c r="A19" s="250" t="s">
+    <row r="18" spans="1:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="209" t="s">
+        <v>142</v>
+      </c>
+      <c r="B18" s="210"/>
+      <c r="C18" s="210"/>
+      <c r="D18" s="210"/>
+      <c r="E18" s="210"/>
+      <c r="F18" s="210"/>
+      <c r="G18" s="210"/>
+      <c r="H18" s="210"/>
+      <c r="I18" s="210"/>
+      <c r="J18" s="211"/>
+    </row>
+    <row r="19" spans="1:10" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="212" t="s">
         <v>67</v>
       </c>
-      <c r="B19" s="251"/>
-[...9 lines deleted...]
-    <row r="20" spans="1:10" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B19" s="213"/>
+      <c r="C19" s="213"/>
+      <c r="D19" s="213"/>
+      <c r="E19" s="213"/>
+      <c r="F19" s="213"/>
+      <c r="G19" s="213"/>
+      <c r="H19" s="213"/>
+      <c r="I19" s="213"/>
+      <c r="J19" s="214"/>
+    </row>
+    <row r="20" spans="1:10" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" s="12"/>
-      <c r="B20" s="263" t="s">
+      <c r="B20" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="C20" s="264"/>
+      <c r="C20" s="226"/>
       <c r="D20" s="43" t="s">
         <v>40</v>
       </c>
       <c r="E20" s="43" t="s">
         <v>41</v>
       </c>
-      <c r="F20" s="264" t="s">
+      <c r="F20" s="226" t="s">
         <v>1</v>
       </c>
-      <c r="G20" s="264"/>
-[...1 lines deleted...]
-      <c r="I20" s="265"/>
+      <c r="G20" s="226"/>
+      <c r="H20" s="226"/>
+      <c r="I20" s="227"/>
       <c r="J20" s="18"/>
     </row>
-    <row r="21" spans="1:10" ht="58.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:10" ht="58.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="12"/>
-      <c r="B21" s="261" t="s">
-[...3 lines deleted...]
-      <c r="D21" s="99" t="b">
+      <c r="B21" s="223" t="s">
+        <v>131</v>
+      </c>
+      <c r="C21" s="224"/>
+      <c r="D21" s="309" t="b">
         <v>0</v>
       </c>
       <c r="E21" s="92" t="b">
         <v>0</v>
       </c>
-      <c r="F21" s="266"/>
-[...2 lines deleted...]
-      <c r="I21" s="267"/>
+      <c r="F21" s="312"/>
+      <c r="G21" s="312"/>
+      <c r="H21" s="312"/>
+      <c r="I21" s="313"/>
       <c r="J21" s="18"/>
     </row>
-    <row r="22" spans="1:10" ht="58.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:10" ht="58.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="12"/>
-      <c r="B22" s="210" t="s">
-[...3 lines deleted...]
-      <c r="D22" s="100" t="b">
+      <c r="B22" s="228" t="s">
+        <v>132</v>
+      </c>
+      <c r="C22" s="229"/>
+      <c r="D22" s="310" t="b">
         <v>0</v>
       </c>
       <c r="E22" s="93" t="b">
         <v>0</v>
       </c>
-      <c r="F22" s="216"/>
-[...2 lines deleted...]
-      <c r="I22" s="217"/>
+      <c r="F22" s="314"/>
+      <c r="G22" s="314"/>
+      <c r="H22" s="314"/>
+      <c r="I22" s="315"/>
       <c r="J22" s="18"/>
     </row>
-    <row r="23" spans="1:10" ht="57" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:10" ht="57" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="12"/>
-      <c r="B23" s="210" t="s">
-[...3 lines deleted...]
-      <c r="D23" s="100" t="b">
+      <c r="B23" s="228" t="s">
+        <v>133</v>
+      </c>
+      <c r="C23" s="229"/>
+      <c r="D23" s="310" t="b">
         <v>0</v>
       </c>
       <c r="E23" s="93" t="b">
         <v>0</v>
       </c>
-      <c r="F23" s="214"/>
-[...2 lines deleted...]
-      <c r="I23" s="215"/>
+      <c r="F23" s="316"/>
+      <c r="G23" s="316"/>
+      <c r="H23" s="316"/>
+      <c r="I23" s="317"/>
       <c r="J23" s="18"/>
     </row>
-    <row r="24" spans="1:10" ht="58.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:10" ht="58.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="12"/>
-      <c r="B24" s="210" t="s">
-[...3 lines deleted...]
-      <c r="D24" s="100" t="b">
+      <c r="B24" s="228" t="s">
+        <v>130</v>
+      </c>
+      <c r="C24" s="229"/>
+      <c r="D24" s="310" t="b">
         <v>0</v>
       </c>
       <c r="E24" s="93" t="b">
         <v>0</v>
       </c>
-      <c r="F24" s="216"/>
-[...2 lines deleted...]
-      <c r="I24" s="217"/>
+      <c r="F24" s="314"/>
+      <c r="G24" s="314"/>
+      <c r="H24" s="314"/>
+      <c r="I24" s="315"/>
       <c r="J24" s="18"/>
     </row>
-    <row r="25" spans="1:10" ht="57.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="25" spans="1:10" ht="57.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A25" s="12"/>
-      <c r="B25" s="212" t="s">
-[...3 lines deleted...]
-      <c r="D25" s="101" t="b">
+      <c r="B25" s="250" t="s">
+        <v>134</v>
+      </c>
+      <c r="C25" s="251"/>
+      <c r="D25" s="311" t="b">
         <v>0</v>
       </c>
       <c r="E25" s="94" t="b">
         <v>0</v>
       </c>
-      <c r="F25" s="218"/>
-[...2 lines deleted...]
-      <c r="I25" s="219"/>
+      <c r="F25" s="318"/>
+      <c r="G25" s="318"/>
+      <c r="H25" s="318"/>
+      <c r="I25" s="319"/>
       <c r="J25" s="18"/>
     </row>
-    <row r="26" spans="1:10" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="26" spans="1:10" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A26" s="14"/>
       <c r="B26" s="45"/>
       <c r="C26" s="45"/>
       <c r="D26" s="45"/>
       <c r="E26" s="24"/>
       <c r="F26" s="24"/>
       <c r="G26" s="24"/>
       <c r="H26" s="19"/>
       <c r="I26" s="19"/>
       <c r="J26" s="20"/>
     </row>
-    <row r="27" spans="1:10" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.4"/>
-[...31 lines deleted...]
-    <row r="35" ht="36" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="27" spans="1:10" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="28" spans="1:10" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="201" t="s">
+        <v>70</v>
+      </c>
+      <c r="B28" s="202"/>
+      <c r="C28" s="202"/>
+      <c r="D28" s="202"/>
+      <c r="E28" s="202"/>
+      <c r="F28" s="202"/>
+      <c r="G28" s="202"/>
+      <c r="H28" s="202"/>
+      <c r="I28" s="202"/>
+      <c r="J28" s="203"/>
+    </row>
+    <row r="29" spans="1:10" ht="50.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="204"/>
+      <c r="B29" s="205"/>
+      <c r="C29" s="205"/>
+      <c r="D29" s="205"/>
+      <c r="E29" s="205"/>
+      <c r="F29" s="205"/>
+      <c r="G29" s="205"/>
+      <c r="H29" s="205"/>
+      <c r="I29" s="205"/>
+      <c r="J29" s="206"/>
+    </row>
+    <row r="30" spans="1:10" ht="36" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="31" spans="1:10" ht="33" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="32" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="33" ht="36" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="34" ht="36" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="35" ht="36" customHeight="1" x14ac:dyDescent="0.3"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="FqLIAwnGeefaqlBqPWhqjb8c3CxunTsNGwMZ+27tLZsqT3rfLpLgFZzg1Dpcu9h10mtPtb4zm5xrgjr3+E2Gnw==" saltValue="DSQ69ptLkSHBSxFfsREfjQ==" spinCount="100000" sheet="1" formatRows="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="wxrVWhwgtoB8pKGqgoi2uNzZwpi2OU4rAiDLV1gHimfkvnHFchnnn9D23OA7DP8O081r+9jeIcl/gcXUUvF62A==" saltValue="SYAWmhPTBmKFUid44sYy4w==" spinCount="100000" sheet="1" formatRows="0"/>
   <mergeCells count="38">
-    <mergeCell ref="A28:J28"/>
-[...13 lines deleted...]
-    <mergeCell ref="B22:C22"/>
+    <mergeCell ref="F4:G4"/>
+    <mergeCell ref="B24:C24"/>
+    <mergeCell ref="B25:C25"/>
+    <mergeCell ref="F23:I23"/>
+    <mergeCell ref="F24:I24"/>
+    <mergeCell ref="F25:I25"/>
+    <mergeCell ref="B23:C23"/>
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="A7:J7"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="I16:J16"/>
     <mergeCell ref="I14:J14"/>
     <mergeCell ref="I15:J15"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H3:I3"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="E13:J13"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
     <mergeCell ref="H4:I4"/>
-    <mergeCell ref="F4:G4"/>
-[...5 lines deleted...]
-    <mergeCell ref="B23:C23"/>
+    <mergeCell ref="A28:J28"/>
+    <mergeCell ref="A29:J29"/>
+    <mergeCell ref="E10:F10"/>
+    <mergeCell ref="G10:I10"/>
+    <mergeCell ref="A18:J18"/>
+    <mergeCell ref="A19:J19"/>
+    <mergeCell ref="A13:B14"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="B21:C21"/>
+    <mergeCell ref="B20:C20"/>
+    <mergeCell ref="F20:I20"/>
+    <mergeCell ref="F21:I21"/>
+    <mergeCell ref="F22:I22"/>
+    <mergeCell ref="B22:C22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="96" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold"&amp;12Monthly Peer Counselor Review Guide
     Spot Check #1 Worksheet</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A67A0BD8-1B63-43BB-B3D1-4A9E493D607E}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{81C288F9-8A9F-4124-B306-2412E5E82821}">
   <sheetPr>
     <tabColor rgb="FFC0E6F5"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J35"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageLayout" zoomScale="93" zoomScaleNormal="98" zoomScaleSheetLayoutView="150" zoomScalePageLayoutView="93" workbookViewId="0">
-      <selection activeCell="G16" sqref="G16"/>
+    <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="150" zoomScaleNormal="98" zoomScaleSheetLayoutView="150" zoomScalePageLayoutView="110" workbookViewId="0">
+      <selection activeCell="A29" sqref="A29:J29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="2.26953125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="2.21875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="2.26953125" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="11" max="18" width="2.26953125" customWidth="1"/>
+    <col min="1" max="1" width="2.21875" customWidth="1"/>
+    <col min="2" max="2" width="20.77734375" customWidth="1"/>
+    <col min="3" max="3" width="9" customWidth="1"/>
+    <col min="4" max="4" width="11.5546875" customWidth="1"/>
+    <col min="5" max="6" width="9.5546875" customWidth="1"/>
+    <col min="7" max="7" width="8.77734375" customWidth="1"/>
+    <col min="8" max="8" width="10.77734375" customWidth="1"/>
+    <col min="9" max="9" width="9.5546875" customWidth="1"/>
+    <col min="10" max="10" width="1.77734375" customWidth="1"/>
+    <col min="11" max="18" width="2.21875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="6.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4"/>
-[...1 lines deleted...]
-      <c r="A2" s="220" t="s">
+    <row r="1" spans="1:10" ht="6.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="321"/>
+    </row>
+    <row r="2" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="230" t="s">
         <v>10</v>
       </c>
-      <c r="B2" s="221"/>
-[...9 lines deleted...]
-    <row r="3" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B2" s="231"/>
+      <c r="C2" s="231"/>
+      <c r="D2" s="231"/>
+      <c r="E2" s="231"/>
+      <c r="F2" s="231"/>
+      <c r="G2" s="231"/>
+      <c r="H2" s="231"/>
+      <c r="I2" s="231"/>
+      <c r="J2" s="232"/>
+    </row>
+    <row r="3" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="12"/>
       <c r="B3" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="C3" s="223" t="str">
+      <c r="C3" s="233" t="str">
         <f>IF('PC Monthly Report'!D3="", "", 'PC Monthly Report'!D3)</f>
         <v/>
       </c>
-      <c r="D3" s="223"/>
-[...1 lines deleted...]
-      <c r="F3" s="231" t="s">
+      <c r="D3" s="233"/>
+      <c r="E3" s="233"/>
+      <c r="F3" s="241" t="s">
         <v>68</v>
       </c>
-      <c r="G3" s="231"/>
-      <c r="H3" s="232" t="str">
+      <c r="G3" s="241"/>
+      <c r="H3" s="242" t="str">
         <f>IF('PC Monthly Report'!I3="", "", 'PC Monthly Report'!I3)</f>
         <v/>
       </c>
-      <c r="I3" s="232"/>
+      <c r="I3" s="242"/>
       <c r="J3" s="18"/>
     </row>
-    <row r="4" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="12"/>
       <c r="B4" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="C4" s="224" t="str">
+      <c r="C4" s="234" t="str">
         <f>IF('PC Monthly Report'!D5="", "", 'PC Monthly Report'!D5)</f>
         <v/>
       </c>
-      <c r="D4" s="224"/>
-[...6 lines deleted...]
-      <c r="I4" s="268"/>
+      <c r="D4" s="234"/>
+      <c r="E4" s="234"/>
+      <c r="F4" s="207" t="s">
+        <v>138</v>
+      </c>
+      <c r="G4" s="207"/>
+      <c r="H4" s="252"/>
+      <c r="I4" s="252"/>
       <c r="J4" s="18"/>
     </row>
-    <row r="5" spans="1:10" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:10" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="14"/>
       <c r="B5" s="19"/>
       <c r="C5" s="27"/>
       <c r="D5" s="27"/>
       <c r="E5" s="28"/>
       <c r="F5" s="29"/>
       <c r="G5" s="29"/>
       <c r="H5" s="30"/>
       <c r="I5" s="30"/>
       <c r="J5" s="20"/>
     </row>
-    <row r="6" spans="1:10" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:10" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4"/>
       <c r="B6" s="4"/>
       <c r="C6" s="31"/>
       <c r="D6" s="31"/>
       <c r="E6" s="32"/>
       <c r="F6" s="25"/>
       <c r="G6" s="25"/>
       <c r="H6" s="26"/>
       <c r="I6" s="26"/>
       <c r="J6" s="4"/>
     </row>
-    <row r="7" spans="1:10" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...13 lines deleted...]
-    <row r="8" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:10" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="230" t="s">
+        <v>145</v>
+      </c>
+      <c r="B7" s="231"/>
+      <c r="C7" s="231"/>
+      <c r="D7" s="231"/>
+      <c r="E7" s="231"/>
+      <c r="F7" s="231"/>
+      <c r="G7" s="231"/>
+      <c r="H7" s="231"/>
+      <c r="I7" s="231"/>
+      <c r="J7" s="232"/>
+    </row>
+    <row r="8" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="12"/>
       <c r="B8" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="C8" s="236"/>
-[...7 lines deleted...]
-      <c r="I8" s="238"/>
+      <c r="C8" s="246"/>
+      <c r="D8" s="246"/>
+      <c r="E8" s="247" t="s">
+        <v>110</v>
+      </c>
+      <c r="F8" s="247"/>
+      <c r="G8" s="248"/>
+      <c r="H8" s="248"/>
+      <c r="I8" s="248"/>
       <c r="J8" s="18"/>
     </row>
-    <row r="9" spans="1:10" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:10" ht="4.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="12"/>
       <c r="B9" s="4"/>
       <c r="C9" s="34"/>
       <c r="D9" s="35"/>
       <c r="E9" s="33"/>
       <c r="F9" s="33"/>
       <c r="G9" s="33"/>
       <c r="H9" s="33"/>
       <c r="I9" s="33"/>
       <c r="J9" s="18"/>
     </row>
-    <row r="10" spans="1:10" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:10" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="12"/>
       <c r="B10" s="33" t="s">
+        <v>136</v>
+      </c>
+      <c r="C10" s="244"/>
+      <c r="D10" s="244"/>
+      <c r="E10" s="207" t="s">
         <v>137</v>
       </c>
-      <c r="C10" s="234"/>
-[...7 lines deleted...]
-      <c r="I10" s="246"/>
+      <c r="F10" s="207"/>
+      <c r="G10" s="208"/>
+      <c r="H10" s="208"/>
+      <c r="I10" s="208"/>
       <c r="J10" s="18"/>
     </row>
-    <row r="11" spans="1:10" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="11" spans="1:10" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="14"/>
       <c r="B11" s="38"/>
       <c r="C11" s="39"/>
       <c r="D11" s="39"/>
       <c r="E11" s="40"/>
       <c r="F11" s="40"/>
       <c r="G11" s="40"/>
       <c r="H11" s="41"/>
       <c r="I11" s="41"/>
       <c r="J11" s="20"/>
     </row>
-    <row r="12" spans="1:10" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="12" spans="1:10" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A12" s="4"/>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
     </row>
-    <row r="13" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="253" t="s">
+    <row r="13" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="215" t="s">
         <v>3</v>
       </c>
-      <c r="B13" s="254"/>
-      <c r="C13" s="233" t="s">
+      <c r="B13" s="216"/>
+      <c r="C13" s="243" t="s">
         <v>0</v>
       </c>
-      <c r="D13" s="233"/>
-      <c r="E13" s="233" t="s">
+      <c r="D13" s="243"/>
+      <c r="E13" s="243" t="s">
         <v>50</v>
       </c>
-      <c r="F13" s="233"/>
-[...7 lines deleted...]
-      <c r="B14" s="256"/>
+      <c r="F13" s="243"/>
+      <c r="G13" s="243"/>
+      <c r="H13" s="243"/>
+      <c r="I13" s="243"/>
+      <c r="J13" s="245"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="217"/>
+      <c r="B14" s="218"/>
       <c r="C14" s="44" t="s">
         <v>25</v>
       </c>
       <c r="D14" s="44" t="s">
         <v>26</v>
       </c>
       <c r="E14" s="44" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="44" t="s">
         <v>30</v>
       </c>
       <c r="G14" s="44" t="s">
         <v>31</v>
       </c>
       <c r="H14" s="44" t="s">
         <v>32</v>
       </c>
-      <c r="I14" s="227" t="s">
+      <c r="I14" s="237" t="s">
         <v>33</v>
       </c>
-      <c r="J14" s="228"/>
-[...2 lines deleted...]
-      <c r="A15" s="257" t="s">
+      <c r="J14" s="238"/>
+    </row>
+    <row r="15" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="219" t="s">
         <v>7</v>
       </c>
-      <c r="B15" s="258"/>
+      <c r="B15" s="220"/>
       <c r="C15" s="23" t="str">
-        <f>IF(OR(C10="", C10 &gt;G10), "", IF(G10 &lt; C10 + 30,G10, C10 + 30))</f>
+        <f>IF(OR(G8="", G8 &gt;C10), "", IF(C10 &lt; G8 + 30,C10, G8 + 30))</f>
         <v/>
       </c>
       <c r="D15" s="23" t="str">
-        <f>IF(OR(C10 &gt;=G10, ISBLANK(C10), ISBLANK(G10)), "",G10 - 14)</f>
+        <f>IF(OR(G8 &gt;=C10, ISBLANK(G8), ISBLANK(C10)), "",C10 - 14)</f>
         <v/>
       </c>
       <c r="E15" s="23" t="str">
         <f>IF(G10="", "",G10+ 3)</f>
         <v/>
       </c>
       <c r="F15" s="23" t="str">
         <f>IF(G10="", "",G10+ 7)</f>
         <v/>
       </c>
       <c r="G15" s="23" t="str">
         <f>IF(G10="", "",G10+ 14)</f>
         <v/>
       </c>
       <c r="H15" s="23" t="str">
         <f>IF(G10="", "",G10+ 21)</f>
         <v/>
       </c>
-      <c r="I15" s="229" t="str">
+      <c r="I15" s="239" t="str">
         <f>IF(G10="", "",G10+ 28)</f>
         <v/>
       </c>
-      <c r="J15" s="230"/>
-[...5 lines deleted...]
-      <c r="B16" s="260"/>
+      <c r="J15" s="240"/>
+    </row>
+    <row r="16" spans="1:10" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="221" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" s="222"/>
       <c r="C16" s="91" t="b">
         <v>0</v>
       </c>
       <c r="D16" s="91" t="b">
         <v>0</v>
       </c>
       <c r="E16" s="91" t="b">
         <v>0</v>
       </c>
       <c r="F16" s="91" t="b">
         <v>0</v>
       </c>
       <c r="G16" s="91" t="b">
         <v>0</v>
       </c>
       <c r="H16" s="91" t="b">
         <v>0</v>
       </c>
-      <c r="I16" s="225" t="b">
+      <c r="I16" s="235" t="b">
         <v>0</v>
       </c>
-      <c r="J16" s="226"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:10" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="J16" s="236"/>
+    </row>
+    <row r="17" spans="1:10" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A17" s="4"/>
       <c r="B17" s="42"/>
       <c r="C17" s="42"/>
       <c r="D17" s="42"/>
       <c r="E17" s="42"/>
       <c r="F17" s="42"/>
       <c r="G17" s="42"/>
       <c r="H17" s="42"/>
       <c r="I17" s="42"/>
       <c r="J17" s="4"/>
     </row>
-    <row r="18" spans="1:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...14 lines deleted...]
-      <c r="A19" s="250" t="s">
+    <row r="18" spans="1:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="209" t="s">
+        <v>146</v>
+      </c>
+      <c r="B18" s="210"/>
+      <c r="C18" s="210"/>
+      <c r="D18" s="210"/>
+      <c r="E18" s="210"/>
+      <c r="F18" s="210"/>
+      <c r="G18" s="210"/>
+      <c r="H18" s="210"/>
+      <c r="I18" s="210"/>
+      <c r="J18" s="211"/>
+    </row>
+    <row r="19" spans="1:10" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="212" t="s">
         <v>67</v>
       </c>
-      <c r="B19" s="251"/>
-[...9 lines deleted...]
-    <row r="20" spans="1:10" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B19" s="213"/>
+      <c r="C19" s="213"/>
+      <c r="D19" s="213"/>
+      <c r="E19" s="213"/>
+      <c r="F19" s="213"/>
+      <c r="G19" s="213"/>
+      <c r="H19" s="213"/>
+      <c r="I19" s="213"/>
+      <c r="J19" s="214"/>
+    </row>
+    <row r="20" spans="1:10" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" s="12"/>
-      <c r="B20" s="263" t="s">
+      <c r="B20" s="225" t="s">
         <v>2</v>
       </c>
-      <c r="C20" s="264"/>
+      <c r="C20" s="226"/>
       <c r="D20" s="43" t="s">
         <v>40</v>
       </c>
       <c r="E20" s="43" t="s">
         <v>41</v>
       </c>
-      <c r="F20" s="264" t="s">
+      <c r="F20" s="226" t="s">
         <v>1</v>
       </c>
-      <c r="G20" s="264"/>
-[...1 lines deleted...]
-      <c r="I20" s="265"/>
+      <c r="G20" s="226"/>
+      <c r="H20" s="226"/>
+      <c r="I20" s="227"/>
       <c r="J20" s="18"/>
     </row>
-    <row r="21" spans="1:10" ht="58.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:10" ht="58.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="12"/>
-      <c r="B21" s="261" t="s">
-[...3 lines deleted...]
-      <c r="D21" s="99" t="b">
+      <c r="B21" s="223" t="s">
+        <v>131</v>
+      </c>
+      <c r="C21" s="224"/>
+      <c r="D21" s="309" t="b">
         <v>0</v>
       </c>
       <c r="E21" s="92" t="b">
         <v>0</v>
       </c>
-      <c r="F21" s="266"/>
-[...2 lines deleted...]
-      <c r="I21" s="267"/>
+      <c r="F21" s="312"/>
+      <c r="G21" s="312"/>
+      <c r="H21" s="312"/>
+      <c r="I21" s="313"/>
       <c r="J21" s="18"/>
     </row>
-    <row r="22" spans="1:10" ht="58.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:10" ht="58.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="12"/>
-      <c r="B22" s="210" t="s">
-[...3 lines deleted...]
-      <c r="D22" s="100" t="b">
+      <c r="B22" s="228" t="s">
+        <v>132</v>
+      </c>
+      <c r="C22" s="229"/>
+      <c r="D22" s="310" t="b">
         <v>0</v>
       </c>
       <c r="E22" s="93" t="b">
         <v>0</v>
       </c>
-      <c r="F22" s="216"/>
-[...2 lines deleted...]
-      <c r="I22" s="217"/>
+      <c r="F22" s="314"/>
+      <c r="G22" s="314"/>
+      <c r="H22" s="314"/>
+      <c r="I22" s="315"/>
       <c r="J22" s="18"/>
     </row>
-    <row r="23" spans="1:10" ht="58.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:10" ht="57" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="12"/>
-      <c r="B23" s="210" t="s">
-[...3 lines deleted...]
-      <c r="D23" s="100" t="b">
+      <c r="B23" s="228" t="s">
+        <v>133</v>
+      </c>
+      <c r="C23" s="229"/>
+      <c r="D23" s="310" t="b">
         <v>0</v>
       </c>
       <c r="E23" s="93" t="b">
         <v>0</v>
       </c>
-      <c r="F23" s="216"/>
-[...2 lines deleted...]
-      <c r="I23" s="217"/>
+      <c r="F23" s="316"/>
+      <c r="G23" s="316"/>
+      <c r="H23" s="316"/>
+      <c r="I23" s="317"/>
       <c r="J23" s="18"/>
     </row>
-    <row r="24" spans="1:10" ht="58.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:10" ht="58.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="12"/>
-      <c r="B24" s="210" t="s">
-[...3 lines deleted...]
-      <c r="D24" s="100" t="b">
+      <c r="B24" s="228" t="s">
+        <v>130</v>
+      </c>
+      <c r="C24" s="229"/>
+      <c r="D24" s="310" t="b">
         <v>0</v>
       </c>
       <c r="E24" s="93" t="b">
         <v>0</v>
       </c>
-      <c r="F24" s="216"/>
-[...2 lines deleted...]
-      <c r="I24" s="217"/>
+      <c r="F24" s="314"/>
+      <c r="G24" s="314"/>
+      <c r="H24" s="314"/>
+      <c r="I24" s="315"/>
       <c r="J24" s="18"/>
     </row>
-    <row r="25" spans="1:10" ht="57.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="25" spans="1:10" ht="57.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A25" s="12"/>
-      <c r="B25" s="212" t="s">
-[...3 lines deleted...]
-      <c r="D25" s="101" t="b">
+      <c r="B25" s="250" t="s">
+        <v>134</v>
+      </c>
+      <c r="C25" s="251"/>
+      <c r="D25" s="311" t="b">
         <v>0</v>
       </c>
       <c r="E25" s="94" t="b">
         <v>0</v>
       </c>
-      <c r="F25" s="218"/>
-[...2 lines deleted...]
-      <c r="I25" s="219"/>
+      <c r="F25" s="318"/>
+      <c r="G25" s="318"/>
+      <c r="H25" s="318"/>
+      <c r="I25" s="319"/>
       <c r="J25" s="18"/>
     </row>
-    <row r="26" spans="1:10" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="26" spans="1:10" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A26" s="14"/>
       <c r="B26" s="45"/>
       <c r="C26" s="45"/>
       <c r="D26" s="45"/>
       <c r="E26" s="24"/>
       <c r="F26" s="24"/>
       <c r="G26" s="24"/>
       <c r="H26" s="19"/>
       <c r="I26" s="19"/>
       <c r="J26" s="20"/>
     </row>
-    <row r="27" spans="1:10" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.4"/>
-[...31 lines deleted...]
-    <row r="35" ht="36" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="27" spans="1:10" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="28" spans="1:10" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="201" t="s">
+        <v>70</v>
+      </c>
+      <c r="B28" s="202"/>
+      <c r="C28" s="202"/>
+      <c r="D28" s="202"/>
+      <c r="E28" s="202"/>
+      <c r="F28" s="202"/>
+      <c r="G28" s="202"/>
+      <c r="H28" s="202"/>
+      <c r="I28" s="202"/>
+      <c r="J28" s="203"/>
+    </row>
+    <row r="29" spans="1:10" ht="50.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="204"/>
+      <c r="B29" s="205"/>
+      <c r="C29" s="205"/>
+      <c r="D29" s="205"/>
+      <c r="E29" s="205"/>
+      <c r="F29" s="205"/>
+      <c r="G29" s="205"/>
+      <c r="H29" s="205"/>
+      <c r="I29" s="205"/>
+      <c r="J29" s="206"/>
+    </row>
+    <row r="30" spans="1:10" ht="36" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="31" spans="1:10" ht="33" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="32" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="33" ht="36" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="34" ht="36" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="35" ht="36" customHeight="1" x14ac:dyDescent="0.3"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="D5xVecBflsPijGJaUlwOdG10PCZJhmubgyR2p/6kfWwOtCBsFhV9Dimq+GWFxrOEQEOZfAP2nNjbufuFcCUMpw==" saltValue="JnwbyKuxHuGjFDQG3wYucA==" spinCount="100000" sheet="1" formatRows="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="/YJiCdAOc46xKP2JaSI3IuuevrSw21peA3/Hp9yBPDLk9dOCNFG8j8wIye/lVvqr1jnRRJCG1oBO/i11k8xiyA==" saltValue="VkqMuartHsOtLO4YumpbUw==" spinCount="100000" sheet="1" formatRows="0"/>
   <mergeCells count="38">
-    <mergeCell ref="A7:J7"/>
-[...32 lines deleted...]
-    <mergeCell ref="F23:I23"/>
     <mergeCell ref="B24:C24"/>
     <mergeCell ref="F24:I24"/>
     <mergeCell ref="B25:C25"/>
     <mergeCell ref="F25:I25"/>
-  </mergeCells>
-[...501 lines deleted...]
-  <mergeCells count="38">
+    <mergeCell ref="A28:J28"/>
     <mergeCell ref="A29:J29"/>
     <mergeCell ref="B21:C21"/>
     <mergeCell ref="F21:I21"/>
     <mergeCell ref="B22:C22"/>
     <mergeCell ref="F22:I22"/>
     <mergeCell ref="B23:C23"/>
     <mergeCell ref="F23:I23"/>
-    <mergeCell ref="B24:C24"/>
-[...3 lines deleted...]
-    <mergeCell ref="A28:J28"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="I16:J16"/>
     <mergeCell ref="A18:J18"/>
     <mergeCell ref="A19:J19"/>
     <mergeCell ref="B20:C20"/>
     <mergeCell ref="F20:I20"/>
     <mergeCell ref="A13:B14"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="E13:J13"/>
     <mergeCell ref="I14:J14"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="I15:J15"/>
+    <mergeCell ref="A7:J7"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:I8"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="G10:I10"/>
-    <mergeCell ref="A7:J7"/>
-[...1 lines deleted...]
-    <mergeCell ref="H4:I4"/>
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H3:I3"/>
     <mergeCell ref="C4:E4"/>
+    <mergeCell ref="F4:G4"/>
+    <mergeCell ref="H4:I4"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="96" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;C&amp;"-,Bold"&amp;12Monthly Peer Counselor Review Guide
+    Spot Check #2 Worksheet</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ACD511FE-546C-4D70-8F68-B60C794B5D00}">
+  <sheetPr>
+    <tabColor rgb="FFC0E6F5"/>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:J35"/>
+  <sheetViews>
+    <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="150" zoomScaleNormal="98" zoomScaleSheetLayoutView="150" zoomScalePageLayoutView="110" workbookViewId="0">
+      <selection activeCell="A19" sqref="A19:J19"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="2.21875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="2.21875" customWidth="1"/>
+    <col min="2" max="2" width="20.77734375" customWidth="1"/>
+    <col min="3" max="3" width="9" customWidth="1"/>
+    <col min="4" max="4" width="11.5546875" customWidth="1"/>
+    <col min="5" max="6" width="9.5546875" customWidth="1"/>
+    <col min="7" max="7" width="8.77734375" customWidth="1"/>
+    <col min="8" max="8" width="10.77734375" customWidth="1"/>
+    <col min="9" max="9" width="9.5546875" customWidth="1"/>
+    <col min="10" max="10" width="1.77734375" customWidth="1"/>
+    <col min="11" max="18" width="2.21875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="6.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="230" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="231"/>
+      <c r="C2" s="231"/>
+      <c r="D2" s="231"/>
+      <c r="E2" s="231"/>
+      <c r="F2" s="231"/>
+      <c r="G2" s="231"/>
+      <c r="H2" s="231"/>
+      <c r="I2" s="231"/>
+      <c r="J2" s="232"/>
+    </row>
+    <row r="3" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="12"/>
+      <c r="B3" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="233" t="str">
+        <f>IF('PC Monthly Report'!D3="", "", 'PC Monthly Report'!D3)</f>
+        <v/>
+      </c>
+      <c r="D3" s="233"/>
+      <c r="E3" s="233"/>
+      <c r="F3" s="241" t="s">
+        <v>68</v>
+      </c>
+      <c r="G3" s="241"/>
+      <c r="H3" s="242" t="str">
+        <f>IF('PC Monthly Report'!I3="", "", 'PC Monthly Report'!I3)</f>
+        <v/>
+      </c>
+      <c r="I3" s="242"/>
+      <c r="J3" s="18"/>
+    </row>
+    <row r="4" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="12"/>
+      <c r="B4" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" s="234" t="str">
+        <f>IF('PC Monthly Report'!D5="", "", 'PC Monthly Report'!D5)</f>
+        <v/>
+      </c>
+      <c r="D4" s="234"/>
+      <c r="E4" s="234"/>
+      <c r="F4" s="207" t="s">
+        <v>138</v>
+      </c>
+      <c r="G4" s="207"/>
+      <c r="H4" s="249"/>
+      <c r="I4" s="249"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="14"/>
+      <c r="B5" s="19"/>
+      <c r="C5" s="27"/>
+      <c r="D5" s="27"/>
+      <c r="E5" s="28"/>
+      <c r="F5" s="29"/>
+      <c r="G5" s="29"/>
+      <c r="H5" s="30"/>
+      <c r="I5" s="30"/>
+      <c r="J5" s="20"/>
+    </row>
+    <row r="6" spans="1:10" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="4"/>
+      <c r="B6" s="4"/>
+      <c r="C6" s="31"/>
+      <c r="D6" s="31"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="25"/>
+      <c r="G6" s="25"/>
+      <c r="H6" s="26"/>
+      <c r="I6" s="26"/>
+      <c r="J6" s="4"/>
+    </row>
+    <row r="7" spans="1:10" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="230" t="s">
+        <v>143</v>
+      </c>
+      <c r="B7" s="231"/>
+      <c r="C7" s="231"/>
+      <c r="D7" s="231"/>
+      <c r="E7" s="231"/>
+      <c r="F7" s="231"/>
+      <c r="G7" s="231"/>
+      <c r="H7" s="231"/>
+      <c r="I7" s="231"/>
+      <c r="J7" s="232"/>
+    </row>
+    <row r="8" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="12"/>
+      <c r="B8" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" s="246"/>
+      <c r="D8" s="246"/>
+      <c r="E8" s="247" t="s">
+        <v>110</v>
+      </c>
+      <c r="F8" s="247"/>
+      <c r="G8" s="248"/>
+      <c r="H8" s="248"/>
+      <c r="I8" s="248"/>
+      <c r="J8" s="18"/>
+    </row>
+    <row r="9" spans="1:10" ht="4.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="12"/>
+      <c r="B9" s="4"/>
+      <c r="C9" s="34"/>
+      <c r="D9" s="35"/>
+      <c r="E9" s="33"/>
+      <c r="F9" s="33"/>
+      <c r="G9" s="33"/>
+      <c r="H9" s="33"/>
+      <c r="I9" s="33"/>
+      <c r="J9" s="18"/>
+    </row>
+    <row r="10" spans="1:10" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="12"/>
+      <c r="B10" s="33" t="s">
+        <v>136</v>
+      </c>
+      <c r="C10" s="244"/>
+      <c r="D10" s="244"/>
+      <c r="E10" s="207" t="s">
+        <v>137</v>
+      </c>
+      <c r="F10" s="207"/>
+      <c r="G10" s="208"/>
+      <c r="H10" s="208"/>
+      <c r="I10" s="208"/>
+      <c r="J10" s="18"/>
+    </row>
+    <row r="11" spans="1:10" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="14"/>
+      <c r="B11" s="38"/>
+      <c r="C11" s="39"/>
+      <c r="D11" s="39"/>
+      <c r="E11" s="40"/>
+      <c r="F11" s="40"/>
+      <c r="G11" s="40"/>
+      <c r="H11" s="41"/>
+      <c r="I11" s="41"/>
+      <c r="J11" s="20"/>
+    </row>
+    <row r="12" spans="1:10" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="4"/>
+      <c r="B12" s="4"/>
+      <c r="C12" s="4"/>
+      <c r="D12" s="4"/>
+      <c r="E12" s="4"/>
+      <c r="F12" s="4"/>
+      <c r="G12" s="4"/>
+      <c r="H12" s="4"/>
+      <c r="I12" s="4"/>
+      <c r="J12" s="4"/>
+    </row>
+    <row r="13" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="215" t="s">
+        <v>3</v>
+      </c>
+      <c r="B13" s="216"/>
+      <c r="C13" s="243" t="s">
+        <v>0</v>
+      </c>
+      <c r="D13" s="243"/>
+      <c r="E13" s="243" t="s">
+        <v>50</v>
+      </c>
+      <c r="F13" s="243"/>
+      <c r="G13" s="243"/>
+      <c r="H13" s="243"/>
+      <c r="I13" s="243"/>
+      <c r="J13" s="245"/>
+    </row>
+    <row r="14" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="217"/>
+      <c r="B14" s="218"/>
+      <c r="C14" s="44" t="s">
+        <v>25</v>
+      </c>
+      <c r="D14" s="44" t="s">
+        <v>26</v>
+      </c>
+      <c r="E14" s="44" t="s">
+        <v>29</v>
+      </c>
+      <c r="F14" s="44" t="s">
+        <v>30</v>
+      </c>
+      <c r="G14" s="44" t="s">
+        <v>31</v>
+      </c>
+      <c r="H14" s="44" t="s">
+        <v>32</v>
+      </c>
+      <c r="I14" s="237" t="s">
+        <v>33</v>
+      </c>
+      <c r="J14" s="238"/>
+    </row>
+    <row r="15" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="219" t="s">
+        <v>7</v>
+      </c>
+      <c r="B15" s="220"/>
+      <c r="C15" s="23" t="str">
+        <f>IF(OR(G8="", G8 &gt;C10), "", IF(C10 &lt; G8 + 30,C10, G8 + 30))</f>
+        <v/>
+      </c>
+      <c r="D15" s="23" t="str">
+        <f>IF(OR(G8 &gt;=C10, ISBLANK(G8), ISBLANK(C10)), "",C10 - 14)</f>
+        <v/>
+      </c>
+      <c r="E15" s="23" t="str">
+        <f>IF(G10="", "",G10+ 3)</f>
+        <v/>
+      </c>
+      <c r="F15" s="23" t="str">
+        <f>IF(G10="", "",G10+ 7)</f>
+        <v/>
+      </c>
+      <c r="G15" s="23" t="str">
+        <f>IF(G10="", "",G10+ 14)</f>
+        <v/>
+      </c>
+      <c r="H15" s="23" t="str">
+        <f>IF(G10="", "",G10+ 21)</f>
+        <v/>
+      </c>
+      <c r="I15" s="239" t="str">
+        <f>IF(G10="", "",G10+ 28)</f>
+        <v/>
+      </c>
+      <c r="J15" s="240"/>
+    </row>
+    <row r="16" spans="1:10" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="221" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" s="222"/>
+      <c r="C16" s="91" t="b">
+        <v>0</v>
+      </c>
+      <c r="D16" s="91" t="b">
+        <v>0</v>
+      </c>
+      <c r="E16" s="91" t="b">
+        <v>0</v>
+      </c>
+      <c r="F16" s="91" t="b">
+        <v>0</v>
+      </c>
+      <c r="G16" s="91" t="b">
+        <v>0</v>
+      </c>
+      <c r="H16" s="91" t="b">
+        <v>0</v>
+      </c>
+      <c r="I16" s="235" t="b">
+        <v>0</v>
+      </c>
+      <c r="J16" s="236"/>
+    </row>
+    <row r="17" spans="1:10" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="4"/>
+      <c r="B17" s="42"/>
+      <c r="C17" s="42"/>
+      <c r="D17" s="42"/>
+      <c r="E17" s="42"/>
+      <c r="F17" s="42"/>
+      <c r="G17" s="42"/>
+      <c r="H17" s="42"/>
+      <c r="I17" s="42"/>
+      <c r="J17" s="4"/>
+    </row>
+    <row r="18" spans="1:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="209" t="s">
+        <v>144</v>
+      </c>
+      <c r="B18" s="210"/>
+      <c r="C18" s="210"/>
+      <c r="D18" s="210"/>
+      <c r="E18" s="210"/>
+      <c r="F18" s="210"/>
+      <c r="G18" s="210"/>
+      <c r="H18" s="210"/>
+      <c r="I18" s="210"/>
+      <c r="J18" s="211"/>
+    </row>
+    <row r="19" spans="1:10" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="212" t="s">
+        <v>67</v>
+      </c>
+      <c r="B19" s="213"/>
+      <c r="C19" s="213"/>
+      <c r="D19" s="213"/>
+      <c r="E19" s="213"/>
+      <c r="F19" s="213"/>
+      <c r="G19" s="213"/>
+      <c r="H19" s="213"/>
+      <c r="I19" s="213"/>
+      <c r="J19" s="214"/>
+    </row>
+    <row r="20" spans="1:10" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="12"/>
+      <c r="B20" s="225" t="s">
+        <v>2</v>
+      </c>
+      <c r="C20" s="226"/>
+      <c r="D20" s="43" t="s">
+        <v>40</v>
+      </c>
+      <c r="E20" s="43" t="s">
+        <v>41</v>
+      </c>
+      <c r="F20" s="226" t="s">
+        <v>1</v>
+      </c>
+      <c r="G20" s="226"/>
+      <c r="H20" s="226"/>
+      <c r="I20" s="227"/>
+      <c r="J20" s="18"/>
+    </row>
+    <row r="21" spans="1:10" ht="58.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="12"/>
+      <c r="B21" s="223" t="s">
+        <v>131</v>
+      </c>
+      <c r="C21" s="224"/>
+      <c r="D21" s="309" t="b">
+        <v>0</v>
+      </c>
+      <c r="E21" s="92" t="b">
+        <v>0</v>
+      </c>
+      <c r="F21" s="312"/>
+      <c r="G21" s="312"/>
+      <c r="H21" s="312"/>
+      <c r="I21" s="313"/>
+      <c r="J21" s="18"/>
+    </row>
+    <row r="22" spans="1:10" ht="58.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="12"/>
+      <c r="B22" s="228" t="s">
+        <v>132</v>
+      </c>
+      <c r="C22" s="229"/>
+      <c r="D22" s="310" t="b">
+        <v>0</v>
+      </c>
+      <c r="E22" s="93" t="b">
+        <v>0</v>
+      </c>
+      <c r="F22" s="314"/>
+      <c r="G22" s="314"/>
+      <c r="H22" s="314"/>
+      <c r="I22" s="315"/>
+      <c r="J22" s="18"/>
+    </row>
+    <row r="23" spans="1:10" ht="57" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="12"/>
+      <c r="B23" s="228" t="s">
+        <v>133</v>
+      </c>
+      <c r="C23" s="229"/>
+      <c r="D23" s="310" t="b">
+        <v>0</v>
+      </c>
+      <c r="E23" s="93" t="b">
+        <v>0</v>
+      </c>
+      <c r="F23" s="316"/>
+      <c r="G23" s="316"/>
+      <c r="H23" s="316"/>
+      <c r="I23" s="317"/>
+      <c r="J23" s="18"/>
+    </row>
+    <row r="24" spans="1:10" ht="58.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="12"/>
+      <c r="B24" s="228" t="s">
+        <v>130</v>
+      </c>
+      <c r="C24" s="229"/>
+      <c r="D24" s="310" t="b">
+        <v>0</v>
+      </c>
+      <c r="E24" s="93" t="b">
+        <v>0</v>
+      </c>
+      <c r="F24" s="314"/>
+      <c r="G24" s="314"/>
+      <c r="H24" s="314"/>
+      <c r="I24" s="315"/>
+      <c r="J24" s="18"/>
+    </row>
+    <row r="25" spans="1:10" ht="57.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="12"/>
+      <c r="B25" s="250" t="s">
+        <v>134</v>
+      </c>
+      <c r="C25" s="251"/>
+      <c r="D25" s="311" t="b">
+        <v>0</v>
+      </c>
+      <c r="E25" s="94" t="b">
+        <v>0</v>
+      </c>
+      <c r="F25" s="318"/>
+      <c r="G25" s="318"/>
+      <c r="H25" s="318"/>
+      <c r="I25" s="319"/>
+      <c r="J25" s="18"/>
+    </row>
+    <row r="26" spans="1:10" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="14"/>
+      <c r="B26" s="45"/>
+      <c r="C26" s="45"/>
+      <c r="D26" s="45"/>
+      <c r="E26" s="24"/>
+      <c r="F26" s="24"/>
+      <c r="G26" s="24"/>
+      <c r="H26" s="19"/>
+      <c r="I26" s="19"/>
+      <c r="J26" s="20"/>
+    </row>
+    <row r="27" spans="1:10" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="28" spans="1:10" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="201" t="s">
+        <v>70</v>
+      </c>
+      <c r="B28" s="202"/>
+      <c r="C28" s="202"/>
+      <c r="D28" s="202"/>
+      <c r="E28" s="202"/>
+      <c r="F28" s="202"/>
+      <c r="G28" s="202"/>
+      <c r="H28" s="202"/>
+      <c r="I28" s="202"/>
+      <c r="J28" s="203"/>
+    </row>
+    <row r="29" spans="1:10" ht="50.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="204"/>
+      <c r="B29" s="205"/>
+      <c r="C29" s="205"/>
+      <c r="D29" s="205"/>
+      <c r="E29" s="205"/>
+      <c r="F29" s="205"/>
+      <c r="G29" s="205"/>
+      <c r="H29" s="205"/>
+      <c r="I29" s="205"/>
+      <c r="J29" s="206"/>
+    </row>
+    <row r="30" spans="1:10" ht="36" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="31" spans="1:10" ht="33" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="32" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="33" ht="36" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="34" ht="36" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="35" ht="36" customHeight="1" x14ac:dyDescent="0.3"/>
+  </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="zfYGiWB8qofMD/6yv6SGV9OP4I4K0RvlXmWXQqKeieZ6jaOAWAhIAhHNAzXbmTY9ZLBKRQhxwbRdTUXslYg1Mw==" saltValue="zE4KdZRyREhzOaK/TYH84A==" spinCount="100000" sheet="1" formatRows="0"/>
+  <mergeCells count="38">
+    <mergeCell ref="B24:C24"/>
+    <mergeCell ref="F24:I24"/>
+    <mergeCell ref="B25:C25"/>
+    <mergeCell ref="F25:I25"/>
+    <mergeCell ref="A28:J28"/>
+    <mergeCell ref="A29:J29"/>
+    <mergeCell ref="B21:C21"/>
+    <mergeCell ref="F21:I21"/>
+    <mergeCell ref="B22:C22"/>
+    <mergeCell ref="F22:I22"/>
+    <mergeCell ref="B23:C23"/>
+    <mergeCell ref="F23:I23"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="I16:J16"/>
+    <mergeCell ref="A18:J18"/>
+    <mergeCell ref="A19:J19"/>
+    <mergeCell ref="B20:C20"/>
+    <mergeCell ref="F20:I20"/>
+    <mergeCell ref="A13:B14"/>
+    <mergeCell ref="C13:D13"/>
+    <mergeCell ref="E13:J13"/>
+    <mergeCell ref="I14:J14"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="I15:J15"/>
+    <mergeCell ref="A7:J7"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="E8:F8"/>
+    <mergeCell ref="G8:I8"/>
+    <mergeCell ref="C10:D10"/>
+    <mergeCell ref="E10:F10"/>
+    <mergeCell ref="G10:I10"/>
+    <mergeCell ref="A2:J2"/>
+    <mergeCell ref="C3:E3"/>
+    <mergeCell ref="F3:G3"/>
+    <mergeCell ref="H3:I3"/>
+    <mergeCell ref="C4:E4"/>
+    <mergeCell ref="F4:G4"/>
+    <mergeCell ref="H4:I4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="96" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold"&amp;12Monthly Peer Counselor Review Guide
     Spot Check #3 Worksheet</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{25C36BC0-8F0E-4420-8C72-D9855567F6D9}">
   <sheetPr codeName="Sheet6">
     <tabColor theme="8" tint="0.59999389629810485"/>
   </sheetPr>
   <dimension ref="A1:N79"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageLayout" zoomScale="89" zoomScaleNormal="100" zoomScaleSheetLayoutView="186" zoomScalePageLayoutView="89" workbookViewId="0">
-      <selection activeCell="J44" sqref="J44"/>
+    <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="186" zoomScaleNormal="100" zoomScaleSheetLayoutView="186" zoomScalePageLayoutView="89" workbookViewId="0">
+      <selection activeCell="H71" sqref="H71:L71"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="2.81640625" customWidth="1"/>
+    <col min="1" max="1" width="2.77734375" customWidth="1"/>
     <col min="2" max="2" width="1" customWidth="1"/>
-    <col min="3" max="3" width="11.1796875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="14" max="14" width="2.81640625" customWidth="1"/>
+    <col min="3" max="3" width="11.21875" customWidth="1"/>
+    <col min="13" max="13" width="0.77734375" customWidth="1"/>
+    <col min="14" max="14" width="2.77734375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="269" t="s">
+    <row r="1" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="253" t="s">
         <v>10</v>
       </c>
-      <c r="B1" s="269"/>
-[...13 lines deleted...]
-    <row r="2" spans="1:14" ht="24.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B1" s="253"/>
+      <c r="C1" s="253"/>
+      <c r="D1" s="253"/>
+      <c r="E1" s="253"/>
+      <c r="F1" s="253"/>
+      <c r="G1" s="253"/>
+      <c r="H1" s="253"/>
+      <c r="I1" s="253"/>
+      <c r="J1" s="253"/>
+      <c r="K1" s="253"/>
+      <c r="L1" s="253"/>
+      <c r="M1" s="253"/>
+      <c r="N1" s="300"/>
+    </row>
+    <row r="2" spans="1:14" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="10"/>
-      <c r="B2" s="187" t="s">
+      <c r="B2" s="180" t="s">
         <v>5</v>
       </c>
-      <c r="C2" s="187"/>
-[...1 lines deleted...]
-      <c r="E2" s="224" t="str">
+      <c r="C2" s="180"/>
+      <c r="D2" s="180"/>
+      <c r="E2" s="305" t="str">
         <f>IF('PC Monthly Report'!D3="", "", 'PC Monthly Report'!D3)</f>
         <v/>
       </c>
-      <c r="F2" s="224"/>
-[...5 lines deleted...]
-      <c r="J2" s="232" t="str">
+      <c r="F2" s="305"/>
+      <c r="G2" s="305"/>
+      <c r="H2" s="241" t="s">
+        <v>92</v>
+      </c>
+      <c r="I2" s="241"/>
+      <c r="J2" s="306" t="str">
         <f>IF('PC Monthly Report'!I3="", "", 'PC Monthly Report'!I3)</f>
         <v/>
       </c>
-      <c r="K2" s="232"/>
-      <c r="L2" s="232"/>
+      <c r="K2" s="306"/>
+      <c r="L2" s="306"/>
       <c r="M2" s="22"/>
       <c r="N2" s="78"/>
     </row>
-    <row r="3" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="10"/>
-      <c r="B3" s="187" t="s">
+      <c r="B3" s="180" t="s">
         <v>4</v>
       </c>
-      <c r="C3" s="187"/>
-[...1 lines deleted...]
-      <c r="E3" s="271" t="str">
+      <c r="C3" s="180"/>
+      <c r="D3" s="180"/>
+      <c r="E3" s="307" t="str">
         <f>IF('PC Monthly Report'!D5="", "", 'PC Monthly Report'!D5)</f>
         <v/>
       </c>
-      <c r="F3" s="271"/>
-[...1 lines deleted...]
-      <c r="H3" s="231" t="s">
+      <c r="F3" s="307"/>
+      <c r="G3" s="307"/>
+      <c r="H3" s="241" t="s">
         <v>61</v>
       </c>
-      <c r="I3" s="231"/>
-[...3 lines deleted...]
-      <c r="M3" s="273"/>
+      <c r="I3" s="241"/>
+      <c r="J3" s="304"/>
+      <c r="K3" s="304"/>
+      <c r="L3" s="304"/>
+      <c r="M3" s="304"/>
       <c r="N3" s="18"/>
     </row>
-    <row r="4" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A4" s="10"/>
-      <c r="B4" s="187"/>
-[...10 lines deleted...]
-      <c r="M4" s="268"/>
+      <c r="B4" s="180"/>
+      <c r="C4" s="180"/>
+      <c r="D4" s="180"/>
+      <c r="E4" s="308"/>
+      <c r="F4" s="308"/>
+      <c r="G4" s="308"/>
+      <c r="H4" s="241"/>
+      <c r="I4" s="241"/>
+      <c r="J4" s="252"/>
+      <c r="K4" s="252"/>
+      <c r="L4" s="252"/>
+      <c r="M4" s="252"/>
       <c r="N4" s="18"/>
     </row>
-    <row r="5" spans="1:14" ht="11.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:14" ht="11.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="9"/>
       <c r="B5" s="19"/>
       <c r="C5" s="21"/>
       <c r="D5" s="21"/>
       <c r="E5" s="21"/>
       <c r="F5" s="21"/>
       <c r="G5" s="21"/>
       <c r="H5" s="21"/>
       <c r="I5" s="19"/>
       <c r="J5" s="19"/>
       <c r="K5" s="19"/>
       <c r="L5" s="19"/>
       <c r="M5" s="19"/>
       <c r="N5" s="20"/>
     </row>
-    <row r="6" spans="1:14" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:14" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
       <c r="M6" s="4"/>
       <c r="N6" s="4"/>
     </row>
-    <row r="7" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A7" s="269" t="s">
+    <row r="7" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="253" t="s">
         <v>12</v>
       </c>
-      <c r="B7" s="269"/>
-[...13 lines deleted...]
-    <row r="8" spans="1:14" ht="9.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B7" s="253"/>
+      <c r="C7" s="253"/>
+      <c r="D7" s="253"/>
+      <c r="E7" s="253"/>
+      <c r="F7" s="253"/>
+      <c r="G7" s="253"/>
+      <c r="H7" s="253"/>
+      <c r="I7" s="253"/>
+      <c r="J7" s="253"/>
+      <c r="K7" s="253"/>
+      <c r="L7" s="253"/>
+      <c r="M7" s="253"/>
+      <c r="N7" s="300"/>
+    </row>
+    <row r="8" spans="1:14" ht="9.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" s="10"/>
       <c r="B8" s="5"/>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="5"/>
       <c r="F8" s="5"/>
       <c r="G8" s="5"/>
       <c r="H8" s="5"/>
       <c r="I8" s="5"/>
       <c r="J8" s="5"/>
       <c r="K8" s="5"/>
       <c r="L8" s="5"/>
       <c r="M8" s="5"/>
       <c r="N8" s="16"/>
     </row>
-    <row r="9" spans="1:14" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="9" spans="1:14" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A9" s="10"/>
-      <c r="B9" s="301" t="s">
+      <c r="B9" s="278" t="s">
         <v>13</v>
       </c>
-      <c r="C9" s="301"/>
-[...6 lines deleted...]
-      <c r="J9" s="301"/>
+      <c r="C9" s="278"/>
+      <c r="D9" s="278"/>
+      <c r="E9" s="278"/>
+      <c r="F9" s="278"/>
+      <c r="G9" s="278"/>
+      <c r="H9" s="278"/>
+      <c r="I9" s="278"/>
+      <c r="J9" s="278"/>
       <c r="K9" s="62" t="s">
         <v>40</v>
       </c>
-      <c r="L9" s="297" t="s">
+      <c r="L9" s="285" t="s">
         <v>41</v>
       </c>
-      <c r="M9" s="297"/>
+      <c r="M9" s="285"/>
       <c r="N9" s="18"/>
     </row>
-    <row r="10" spans="1:14" s="69" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:14" s="69" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="65"/>
       <c r="B10" s="66"/>
-      <c r="C10" s="298" t="s">
-[...8 lines deleted...]
-      <c r="J10" s="298"/>
+      <c r="C10" s="286" t="s">
+        <v>71</v>
+      </c>
+      <c r="D10" s="286"/>
+      <c r="E10" s="286"/>
+      <c r="F10" s="286"/>
+      <c r="G10" s="286"/>
+      <c r="H10" s="286"/>
+      <c r="I10" s="286"/>
+      <c r="J10" s="286"/>
       <c r="K10" s="95" t="b">
         <v>0</v>
       </c>
-      <c r="L10" s="299" t="b">
+      <c r="L10" s="287" t="b">
         <v>0</v>
       </c>
-      <c r="M10" s="300"/>
+      <c r="M10" s="288"/>
       <c r="N10" s="68"/>
     </row>
-    <row r="11" spans="1:14" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:14" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="65"/>
       <c r="B11" s="66"/>
       <c r="C11" s="85" t="s">
         <v>55</v>
       </c>
-      <c r="D11" s="283"/>
-[...7 lines deleted...]
-      <c r="L11" s="283"/>
+      <c r="D11" s="260"/>
+      <c r="E11" s="260"/>
+      <c r="F11" s="260"/>
+      <c r="G11" s="260"/>
+      <c r="H11" s="260"/>
+      <c r="I11" s="260"/>
+      <c r="J11" s="260"/>
+      <c r="K11" s="260"/>
+      <c r="L11" s="260"/>
       <c r="M11" s="67"/>
       <c r="N11" s="68"/>
     </row>
-    <row r="12" spans="1:14" s="69" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:14" s="69" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="65"/>
       <c r="B12" s="66"/>
       <c r="C12" s="6"/>
       <c r="D12" s="37"/>
       <c r="E12" s="37"/>
       <c r="F12" s="37"/>
       <c r="G12" s="37"/>
       <c r="H12" s="37"/>
       <c r="I12" s="37"/>
       <c r="J12" s="37"/>
       <c r="K12" s="37"/>
       <c r="L12" s="37"/>
       <c r="M12" s="67"/>
       <c r="N12" s="68"/>
     </row>
-    <row r="13" spans="1:14" s="69" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:14" s="69" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="65"/>
       <c r="B13" s="66"/>
-      <c r="C13" s="294" t="s">
-[...8 lines deleted...]
-      <c r="J13" s="294"/>
+      <c r="C13" s="282" t="s">
+        <v>93</v>
+      </c>
+      <c r="D13" s="282"/>
+      <c r="E13" s="282"/>
+      <c r="F13" s="282"/>
+      <c r="G13" s="282"/>
+      <c r="H13" s="282"/>
+      <c r="I13" s="282"/>
+      <c r="J13" s="282"/>
       <c r="K13" s="96" t="b">
         <v>0</v>
       </c>
-      <c r="L13" s="295" t="b">
+      <c r="L13" s="283" t="b">
         <v>0</v>
       </c>
-      <c r="M13" s="296"/>
+      <c r="M13" s="284"/>
       <c r="N13" s="68"/>
     </row>
-    <row r="14" spans="1:14" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:14" s="69" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="65"/>
       <c r="B14" s="66"/>
       <c r="C14" s="85" t="s">
         <v>55</v>
       </c>
-      <c r="D14" s="283"/>
-[...7 lines deleted...]
-      <c r="L14" s="283"/>
+      <c r="D14" s="260"/>
+      <c r="E14" s="260"/>
+      <c r="F14" s="260"/>
+      <c r="G14" s="260"/>
+      <c r="H14" s="260"/>
+      <c r="I14" s="260"/>
+      <c r="J14" s="260"/>
+      <c r="K14" s="260"/>
+      <c r="L14" s="260"/>
       <c r="M14" s="67"/>
       <c r="N14" s="68"/>
     </row>
-    <row r="15" spans="1:14" s="69" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:14" s="69" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="65"/>
       <c r="B15" s="66"/>
       <c r="C15" s="55"/>
       <c r="D15" s="37"/>
       <c r="E15" s="37"/>
       <c r="F15" s="37"/>
       <c r="G15" s="37"/>
       <c r="H15" s="37"/>
       <c r="I15" s="37"/>
       <c r="J15" s="37"/>
       <c r="K15" s="37"/>
       <c r="L15" s="37"/>
       <c r="M15" s="67"/>
       <c r="N15" s="68"/>
     </row>
-    <row r="16" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="10"/>
       <c r="B16" s="12"/>
-      <c r="C16" s="278" t="s">
-[...10 lines deleted...]
-      <c r="L16" s="278"/>
+      <c r="C16" s="263" t="s">
+        <v>72</v>
+      </c>
+      <c r="D16" s="263"/>
+      <c r="E16" s="263"/>
+      <c r="F16" s="263"/>
+      <c r="G16" s="263"/>
+      <c r="H16" s="263"/>
+      <c r="I16" s="263"/>
+      <c r="J16" s="263"/>
+      <c r="K16" s="263"/>
+      <c r="L16" s="263"/>
       <c r="M16" s="18"/>
       <c r="N16" s="18"/>
     </row>
-    <row r="17" spans="1:14" ht="41.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:14" ht="41.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="10"/>
       <c r="B17" s="12"/>
-      <c r="C17" s="279"/>
-[...8 lines deleted...]
-      <c r="L17" s="279"/>
+      <c r="C17" s="298"/>
+      <c r="D17" s="298"/>
+      <c r="E17" s="298"/>
+      <c r="F17" s="298"/>
+      <c r="G17" s="298"/>
+      <c r="H17" s="298"/>
+      <c r="I17" s="298"/>
+      <c r="J17" s="298"/>
+      <c r="K17" s="298"/>
+      <c r="L17" s="298"/>
       <c r="M17" s="18"/>
       <c r="N17" s="18"/>
     </row>
-    <row r="18" spans="1:14" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="18" spans="1:14" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="10"/>
       <c r="B18" s="14"/>
       <c r="C18" s="53"/>
       <c r="D18" s="52"/>
       <c r="E18" s="52"/>
       <c r="F18" s="52"/>
       <c r="G18" s="52"/>
       <c r="H18" s="52"/>
       <c r="I18" s="52"/>
       <c r="J18" s="52"/>
       <c r="K18" s="19"/>
       <c r="L18" s="19"/>
       <c r="M18" s="20"/>
       <c r="N18" s="18"/>
     </row>
-    <row r="19" spans="1:14" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="19" spans="1:14" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A19" s="10"/>
       <c r="B19" s="4"/>
       <c r="C19" s="55"/>
       <c r="D19" s="37"/>
       <c r="E19" s="37"/>
       <c r="F19" s="37"/>
       <c r="G19" s="37"/>
       <c r="H19" s="37"/>
       <c r="I19" s="37"/>
       <c r="J19" s="37"/>
       <c r="K19" s="4"/>
       <c r="L19" s="4"/>
       <c r="M19" s="4"/>
       <c r="N19" s="18"/>
     </row>
-    <row r="20" spans="1:14" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="20" spans="1:14" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" s="10"/>
-      <c r="B20" s="301" t="s">
+      <c r="B20" s="278" t="s">
         <v>23</v>
       </c>
-      <c r="C20" s="301"/>
-[...6 lines deleted...]
-      <c r="J20" s="301"/>
+      <c r="C20" s="278"/>
+      <c r="D20" s="278"/>
+      <c r="E20" s="278"/>
+      <c r="F20" s="278"/>
+      <c r="G20" s="278"/>
+      <c r="H20" s="278"/>
+      <c r="I20" s="278"/>
+      <c r="J20" s="278"/>
       <c r="K20" s="62" t="s">
         <v>40</v>
       </c>
-      <c r="L20" s="304" t="s">
+      <c r="L20" s="279" t="s">
         <v>41</v>
       </c>
-      <c r="M20" s="304"/>
+      <c r="M20" s="279"/>
       <c r="N20" s="18"/>
     </row>
-    <row r="21" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="10"/>
       <c r="B21" s="74"/>
-      <c r="C21" s="305" t="s">
-[...8 lines deleted...]
-      <c r="J21" s="305"/>
+      <c r="C21" s="280" t="s">
+        <v>74</v>
+      </c>
+      <c r="D21" s="280"/>
+      <c r="E21" s="280"/>
+      <c r="F21" s="280"/>
+      <c r="G21" s="280"/>
+      <c r="H21" s="280"/>
+      <c r="I21" s="280"/>
+      <c r="J21" s="280"/>
       <c r="K21" s="97" t="b">
         <v>0</v>
       </c>
-      <c r="L21" s="302" t="b">
+      <c r="L21" s="276" t="b">
         <v>0</v>
       </c>
-      <c r="M21" s="303"/>
+      <c r="M21" s="277"/>
       <c r="N21" s="18"/>
     </row>
-    <row r="22" spans="1:14" ht="6" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:14" ht="6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="10"/>
       <c r="B22" s="74"/>
       <c r="C22" s="58"/>
       <c r="D22" s="58"/>
       <c r="E22" s="58"/>
       <c r="F22" s="58"/>
       <c r="G22" s="58"/>
       <c r="H22" s="58"/>
       <c r="I22" s="58"/>
       <c r="J22" s="58"/>
       <c r="N22" s="47"/>
     </row>
-    <row r="23" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A23" s="10"/>
       <c r="B23" s="12"/>
-      <c r="C23" s="231" t="s">
-[...9 lines deleted...]
-      <c r="K23" s="306" t="str">
+      <c r="C23" s="241" t="s">
+        <v>94</v>
+      </c>
+      <c r="D23" s="241"/>
+      <c r="E23" s="241"/>
+      <c r="F23" s="241"/>
+      <c r="G23" s="241"/>
+      <c r="H23" s="241"/>
+      <c r="I23" s="241"/>
+      <c r="J23" s="241"/>
+      <c r="K23" s="281" t="str">
         <f>IF(COUNTA('PC Monthly Report'!C19:K19)=0, "", SUM('PC Monthly Report'!C19:J19)/SUM('PC Monthly Report'!C19:K19))</f>
         <v/>
       </c>
-      <c r="L23" s="306"/>
+      <c r="L23" s="281"/>
       <c r="M23" s="18"/>
       <c r="N23" s="18"/>
     </row>
-    <row r="24" spans="1:14" ht="6" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:14" ht="6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="10"/>
       <c r="B24" s="12"/>
       <c r="C24" s="6"/>
       <c r="D24" s="6"/>
       <c r="E24" s="6"/>
       <c r="F24" s="6"/>
       <c r="G24" s="6"/>
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
       <c r="K24" s="61"/>
       <c r="L24" s="60"/>
       <c r="M24" s="18"/>
       <c r="N24" s="18"/>
     </row>
-    <row r="25" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A25" s="10"/>
       <c r="B25" s="12"/>
-      <c r="C25" s="284" t="s">
-[...10 lines deleted...]
-      <c r="L25" s="284"/>
+      <c r="C25" s="301" t="s">
+        <v>75</v>
+      </c>
+      <c r="D25" s="301"/>
+      <c r="E25" s="301"/>
+      <c r="F25" s="301"/>
+      <c r="G25" s="301"/>
+      <c r="H25" s="301"/>
+      <c r="I25" s="301"/>
+      <c r="J25" s="301"/>
+      <c r="K25" s="301"/>
+      <c r="L25" s="301"/>
       <c r="M25" s="18"/>
       <c r="N25" s="18"/>
     </row>
-    <row r="26" spans="1:14" ht="42.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:14" ht="42.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="10"/>
       <c r="B26" s="12"/>
-      <c r="C26" s="279"/>
-[...8 lines deleted...]
-      <c r="L26" s="279"/>
+      <c r="C26" s="298"/>
+      <c r="D26" s="298"/>
+      <c r="E26" s="298"/>
+      <c r="F26" s="298"/>
+      <c r="G26" s="298"/>
+      <c r="H26" s="298"/>
+      <c r="I26" s="298"/>
+      <c r="J26" s="298"/>
+      <c r="K26" s="298"/>
+      <c r="L26" s="298"/>
       <c r="M26" s="18"/>
       <c r="N26" s="18"/>
     </row>
-    <row r="27" spans="1:14" ht="5.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="27" spans="1:14" ht="5.55" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A27" s="10"/>
       <c r="B27" s="14"/>
       <c r="C27" s="53"/>
       <c r="D27" s="52"/>
       <c r="E27" s="52"/>
       <c r="F27" s="52"/>
       <c r="G27" s="52"/>
       <c r="H27" s="52"/>
       <c r="I27" s="52"/>
       <c r="J27" s="52"/>
       <c r="K27" s="19"/>
       <c r="L27" s="19"/>
       <c r="M27" s="20"/>
       <c r="N27" s="18"/>
     </row>
-    <row r="28" spans="1:14" ht="11.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="28" spans="1:14" ht="11.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A28" s="9"/>
       <c r="B28" s="19"/>
       <c r="C28" s="53"/>
       <c r="D28" s="52"/>
       <c r="E28" s="52"/>
       <c r="F28" s="52"/>
       <c r="G28" s="52"/>
       <c r="H28" s="52"/>
       <c r="I28" s="52"/>
       <c r="J28" s="52"/>
       <c r="K28" s="19"/>
       <c r="L28" s="19"/>
       <c r="M28" s="19"/>
       <c r="N28" s="20"/>
     </row>
-    <row r="29" spans="1:14" ht="11.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="29" spans="1:14" ht="11.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B29" s="4"/>
       <c r="C29" s="55"/>
       <c r="D29" s="37"/>
       <c r="E29" s="37"/>
       <c r="F29" s="37"/>
       <c r="G29" s="37"/>
       <c r="H29" s="37"/>
       <c r="I29" s="37"/>
       <c r="J29" s="37"/>
       <c r="K29" s="4"/>
       <c r="L29" s="4"/>
       <c r="M29" s="4"/>
       <c r="N29" s="4"/>
     </row>
-    <row r="30" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-[...17 lines deleted...]
-    <row r="31" spans="1:14" ht="11.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="30" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="253" t="s">
+        <v>140</v>
+      </c>
+      <c r="B30" s="253"/>
+      <c r="C30" s="253"/>
+      <c r="D30" s="253"/>
+      <c r="E30" s="253"/>
+      <c r="F30" s="253"/>
+      <c r="G30" s="253"/>
+      <c r="H30" s="253"/>
+      <c r="I30" s="253"/>
+      <c r="J30" s="253"/>
+      <c r="K30" s="253"/>
+      <c r="L30" s="253"/>
+      <c r="M30" s="253"/>
+      <c r="N30" s="300"/>
+    </row>
+    <row r="31" spans="1:14" ht="11.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A31" s="10"/>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
       <c r="F31" s="5"/>
       <c r="G31" s="5"/>
       <c r="H31" s="5"/>
       <c r="I31" s="5"/>
       <c r="J31" s="5"/>
       <c r="K31" s="5"/>
       <c r="L31" s="5"/>
       <c r="M31" s="5"/>
       <c r="N31" s="16"/>
     </row>
-    <row r="32" spans="1:14" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="32" spans="1:14" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A32" s="10"/>
-      <c r="B32" s="285" t="s">
+      <c r="B32" s="302" t="s">
         <v>53</v>
       </c>
-      <c r="C32" s="285"/>
-[...6 lines deleted...]
-      <c r="J32" s="285"/>
+      <c r="C32" s="302"/>
+      <c r="D32" s="302"/>
+      <c r="E32" s="302"/>
+      <c r="F32" s="302"/>
+      <c r="G32" s="302"/>
+      <c r="H32" s="302"/>
+      <c r="I32" s="302"/>
+      <c r="J32" s="302"/>
       <c r="K32" s="54" t="s">
         <v>40</v>
       </c>
-      <c r="L32" s="287" t="s">
+      <c r="L32" s="289" t="s">
         <v>41</v>
       </c>
-      <c r="M32" s="288"/>
+      <c r="M32" s="290"/>
       <c r="N32" s="18"/>
     </row>
-    <row r="33" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="10"/>
-      <c r="B33" s="286" t="s">
+      <c r="B33" s="303" t="s">
         <v>59</v>
       </c>
-      <c r="C33" s="286"/>
-[...6 lines deleted...]
-      <c r="J33" s="286"/>
+      <c r="C33" s="303"/>
+      <c r="D33" s="303"/>
+      <c r="E33" s="303"/>
+      <c r="F33" s="303"/>
+      <c r="G33" s="303"/>
+      <c r="H33" s="303"/>
+      <c r="I33" s="303"/>
+      <c r="J33" s="303"/>
       <c r="K33" s="95" t="b">
         <v>0</v>
       </c>
-      <c r="L33" s="289" t="b">
+      <c r="L33" s="291" t="b">
         <v>0</v>
       </c>
-      <c r="M33" s="289"/>
+      <c r="M33" s="291"/>
       <c r="N33" s="18"/>
     </row>
-    <row r="34" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="10"/>
       <c r="B34" s="46"/>
       <c r="C34" s="84" t="s">
-        <v>101</v>
-[...9 lines deleted...]
-      <c r="L34" s="283"/>
+        <v>100</v>
+      </c>
+      <c r="D34" s="260"/>
+      <c r="E34" s="260"/>
+      <c r="F34" s="260"/>
+      <c r="G34" s="260"/>
+      <c r="H34" s="260"/>
+      <c r="I34" s="260"/>
+      <c r="J34" s="260"/>
+      <c r="K34" s="260"/>
+      <c r="L34" s="260"/>
       <c r="M34" s="11"/>
       <c r="N34" s="18"/>
     </row>
-    <row r="35" spans="1:14" ht="8.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="35" spans="1:14" ht="8.5500000000000007" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A35" s="10"/>
       <c r="B35" s="9"/>
       <c r="C35" s="15"/>
       <c r="D35" s="52"/>
       <c r="E35" s="52"/>
       <c r="F35" s="52"/>
       <c r="G35" s="52"/>
       <c r="H35" s="52"/>
       <c r="I35" s="52"/>
       <c r="J35" s="52"/>
       <c r="K35" s="52"/>
       <c r="L35" s="63"/>
       <c r="M35" s="64"/>
       <c r="N35" s="18"/>
     </row>
-    <row r="36" spans="1:14" ht="11.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="36" spans="1:14" ht="11.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A36" s="10"/>
       <c r="B36" s="4"/>
       <c r="C36" s="4"/>
       <c r="D36" s="37"/>
       <c r="E36" s="37"/>
       <c r="F36" s="37"/>
       <c r="G36" s="37"/>
       <c r="H36" s="37"/>
       <c r="I36" s="37"/>
       <c r="J36" s="37"/>
       <c r="K36" s="37"/>
       <c r="L36" s="37"/>
       <c r="M36" s="4"/>
       <c r="N36" s="18"/>
     </row>
-    <row r="37" spans="1:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="37" spans="1:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A37" s="10"/>
-      <c r="B37" s="292" t="s">
+      <c r="B37" s="294" t="s">
         <v>52</v>
       </c>
-      <c r="C37" s="292"/>
-[...6 lines deleted...]
-      <c r="J37" s="292"/>
+      <c r="C37" s="294"/>
+      <c r="D37" s="294"/>
+      <c r="E37" s="294"/>
+      <c r="F37" s="294"/>
+      <c r="G37" s="294"/>
+      <c r="H37" s="294"/>
+      <c r="I37" s="294"/>
+      <c r="J37" s="294"/>
       <c r="K37" s="54" t="s">
         <v>40</v>
       </c>
-      <c r="L37" s="288" t="s">
+      <c r="L37" s="290" t="s">
         <v>41</v>
       </c>
-      <c r="M37" s="288"/>
+      <c r="M37" s="290"/>
       <c r="N37" s="18"/>
     </row>
-    <row r="38" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="10"/>
-      <c r="B38" s="280" t="s">
-[...9 lines deleted...]
-      <c r="J38" s="280"/>
+      <c r="B38" s="262" t="s">
+        <v>139</v>
+      </c>
+      <c r="C38" s="262"/>
+      <c r="D38" s="262"/>
+      <c r="E38" s="262"/>
+      <c r="F38" s="262"/>
+      <c r="G38" s="262"/>
+      <c r="H38" s="262"/>
+      <c r="I38" s="262"/>
+      <c r="J38" s="262"/>
       <c r="K38" s="98" t="b">
         <v>0</v>
       </c>
-      <c r="L38" s="293" t="b">
+      <c r="L38" s="259" t="b">
         <v>0</v>
       </c>
-      <c r="M38" s="293"/>
+      <c r="M38" s="259"/>
       <c r="N38" s="18"/>
     </row>
-    <row r="39" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="10"/>
-      <c r="B39" s="281" t="s">
+      <c r="B39" s="295" t="s">
         <v>55</v>
       </c>
-      <c r="C39" s="281"/>
-[...8 lines deleted...]
-      <c r="L39" s="283"/>
+      <c r="C39" s="295"/>
+      <c r="D39" s="260"/>
+      <c r="E39" s="260"/>
+      <c r="F39" s="260"/>
+      <c r="G39" s="260"/>
+      <c r="H39" s="260"/>
+      <c r="I39" s="260"/>
+      <c r="J39" s="260"/>
+      <c r="K39" s="260"/>
+      <c r="L39" s="260"/>
       <c r="M39" s="51"/>
       <c r="N39" s="18"/>
     </row>
-    <row r="40" spans="1:14" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:14" ht="5.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="10"/>
       <c r="B40" s="49"/>
       <c r="C40" s="59"/>
       <c r="D40" s="50"/>
       <c r="E40" s="50"/>
       <c r="F40" s="50"/>
       <c r="G40" s="50"/>
       <c r="H40" s="50"/>
       <c r="I40" s="50"/>
       <c r="J40" s="50"/>
       <c r="K40" s="50"/>
       <c r="L40" s="50"/>
       <c r="M40" s="51"/>
       <c r="N40" s="18"/>
     </row>
-    <row r="41" spans="1:14" ht="24.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:14" ht="24.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="10"/>
-      <c r="B41" s="280" t="s">
+      <c r="B41" s="262" t="s">
         <v>58</v>
       </c>
-      <c r="C41" s="280"/>
-[...6 lines deleted...]
-      <c r="J41" s="280"/>
+      <c r="C41" s="262"/>
+      <c r="D41" s="262"/>
+      <c r="E41" s="262"/>
+      <c r="F41" s="262"/>
+      <c r="G41" s="262"/>
+      <c r="H41" s="262"/>
+      <c r="I41" s="262"/>
+      <c r="J41" s="262"/>
       <c r="K41" s="98" t="b">
         <v>0</v>
       </c>
-      <c r="L41" s="293" t="b">
+      <c r="L41" s="259" t="b">
         <v>0</v>
       </c>
-      <c r="M41" s="293"/>
+      <c r="M41" s="259"/>
       <c r="N41" s="18"/>
     </row>
-    <row r="42" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="10"/>
-      <c r="B42" s="281" t="s">
+      <c r="B42" s="295" t="s">
         <v>55</v>
       </c>
-      <c r="C42" s="281"/>
-[...8 lines deleted...]
-      <c r="L42" s="283"/>
+      <c r="C42" s="295"/>
+      <c r="D42" s="260"/>
+      <c r="E42" s="260"/>
+      <c r="F42" s="260"/>
+      <c r="G42" s="260"/>
+      <c r="H42" s="260"/>
+      <c r="I42" s="260"/>
+      <c r="J42" s="260"/>
+      <c r="K42" s="260"/>
+      <c r="L42" s="260"/>
       <c r="M42" s="51"/>
       <c r="N42" s="18"/>
     </row>
-    <row r="43" spans="1:14" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="43" spans="1:14" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A43" s="10"/>
-      <c r="B43" s="282"/>
-      <c r="C43" s="282"/>
+      <c r="B43" s="299"/>
+      <c r="C43" s="299"/>
       <c r="D43" s="52"/>
       <c r="E43" s="52"/>
       <c r="F43" s="52"/>
       <c r="G43" s="52"/>
       <c r="H43" s="52"/>
       <c r="I43" s="52"/>
       <c r="J43" s="52"/>
       <c r="K43" s="63"/>
       <c r="L43" s="63"/>
       <c r="M43" s="64"/>
       <c r="N43" s="18"/>
     </row>
-    <row r="44" spans="1:14" ht="6.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="44" spans="1:14" ht="6.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A44" s="10"/>
       <c r="B44" s="3"/>
       <c r="C44" s="3"/>
       <c r="D44" s="37"/>
       <c r="E44" s="37"/>
       <c r="F44" s="37"/>
       <c r="G44" s="37"/>
       <c r="H44" s="37"/>
       <c r="I44" s="37"/>
       <c r="J44" s="37"/>
       <c r="K44" s="36"/>
       <c r="L44" s="36"/>
       <c r="M44" s="36"/>
       <c r="N44" s="18"/>
     </row>
-    <row r="45" spans="1:14" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="45" spans="1:14" ht="14.55" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A45" s="10"/>
-      <c r="B45" s="292" t="s">
+      <c r="B45" s="294" t="s">
         <v>54</v>
       </c>
-      <c r="C45" s="292"/>
-[...6 lines deleted...]
-      <c r="J45" s="292"/>
+      <c r="C45" s="294"/>
+      <c r="D45" s="294"/>
+      <c r="E45" s="294"/>
+      <c r="F45" s="294"/>
+      <c r="G45" s="294"/>
+      <c r="H45" s="294"/>
+      <c r="I45" s="294"/>
+      <c r="J45" s="294"/>
       <c r="K45" s="54" t="s">
         <v>40</v>
       </c>
-      <c r="L45" s="288" t="s">
+      <c r="L45" s="290" t="s">
         <v>41</v>
       </c>
-      <c r="M45" s="288"/>
+      <c r="M45" s="290"/>
       <c r="N45" s="18"/>
     </row>
-    <row r="46" spans="1:14" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:14" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="10"/>
-      <c r="B46" s="280" t="s">
+      <c r="B46" s="262" t="s">
         <v>56</v>
       </c>
-      <c r="C46" s="278"/>
-[...6 lines deleted...]
-      <c r="J46" s="278"/>
+      <c r="C46" s="263"/>
+      <c r="D46" s="263"/>
+      <c r="E46" s="263"/>
+      <c r="F46" s="263"/>
+      <c r="G46" s="263"/>
+      <c r="H46" s="263"/>
+      <c r="I46" s="263"/>
+      <c r="J46" s="263"/>
       <c r="K46" s="98" t="b">
         <v>0</v>
       </c>
-      <c r="L46" s="293" t="b">
+      <c r="L46" s="259" t="b">
         <v>0</v>
       </c>
-      <c r="M46" s="293"/>
+      <c r="M46" s="259"/>
       <c r="N46" s="18"/>
     </row>
-    <row r="47" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="10"/>
-      <c r="B47" s="290" t="s">
+      <c r="B47" s="292" t="s">
         <v>55</v>
       </c>
-      <c r="C47" s="291"/>
-[...8 lines deleted...]
-      <c r="L47" s="283"/>
+      <c r="C47" s="293"/>
+      <c r="D47" s="260"/>
+      <c r="E47" s="260"/>
+      <c r="F47" s="260"/>
+      <c r="G47" s="260"/>
+      <c r="H47" s="260"/>
+      <c r="I47" s="260"/>
+      <c r="J47" s="260"/>
+      <c r="K47" s="260"/>
+      <c r="L47" s="260"/>
       <c r="M47" s="51"/>
       <c r="N47" s="18"/>
     </row>
-    <row r="48" spans="1:14" ht="6" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:14" ht="6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="10"/>
       <c r="B48" s="49"/>
       <c r="C48" s="59"/>
       <c r="D48" s="50"/>
       <c r="E48" s="50"/>
       <c r="F48" s="50"/>
       <c r="G48" s="50"/>
       <c r="H48" s="50"/>
       <c r="I48" s="50"/>
       <c r="J48" s="50"/>
       <c r="K48" s="50"/>
       <c r="L48" s="50"/>
       <c r="M48" s="51"/>
       <c r="N48" s="18"/>
     </row>
-    <row r="49" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A49" s="10"/>
-      <c r="B49" s="280" t="s">
+      <c r="B49" s="262" t="s">
         <v>57</v>
       </c>
-      <c r="C49" s="278"/>
-[...6 lines deleted...]
-      <c r="J49" s="278"/>
+      <c r="C49" s="263"/>
+      <c r="D49" s="263"/>
+      <c r="E49" s="263"/>
+      <c r="F49" s="263"/>
+      <c r="G49" s="263"/>
+      <c r="H49" s="263"/>
+      <c r="I49" s="263"/>
+      <c r="J49" s="263"/>
       <c r="K49" s="98" t="b">
         <v>0</v>
       </c>
-      <c r="L49" s="293" t="b">
+      <c r="L49" s="259" t="b">
         <v>0</v>
       </c>
-      <c r="M49" s="293"/>
+      <c r="M49" s="259"/>
       <c r="N49" s="18"/>
     </row>
-    <row r="50" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:14" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="10"/>
       <c r="B50" s="46"/>
       <c r="C50" s="85" t="s">
-        <v>101</v>
-[...9 lines deleted...]
-      <c r="L50" s="321"/>
+        <v>100</v>
+      </c>
+      <c r="D50" s="260"/>
+      <c r="E50" s="260"/>
+      <c r="F50" s="260"/>
+      <c r="G50" s="260"/>
+      <c r="H50" s="260"/>
+      <c r="I50" s="260"/>
+      <c r="J50" s="260"/>
+      <c r="K50" s="260"/>
+      <c r="L50" s="261"/>
       <c r="M50" s="51"/>
       <c r="N50" s="18"/>
     </row>
-    <row r="51" spans="1:14" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="51" spans="1:14" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A51" s="10"/>
       <c r="B51" s="14"/>
       <c r="C51" s="19"/>
       <c r="D51" s="19"/>
       <c r="E51" s="19"/>
       <c r="F51" s="19"/>
       <c r="G51" s="19"/>
       <c r="H51" s="19"/>
       <c r="I51" s="19"/>
       <c r="J51" s="19"/>
       <c r="K51" s="19"/>
       <c r="L51" s="83"/>
       <c r="M51" s="20"/>
       <c r="N51" s="18"/>
     </row>
-    <row r="52" spans="1:14" ht="11.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="52" spans="1:14" ht="11.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A52" s="9"/>
       <c r="B52" s="19"/>
       <c r="C52" s="19"/>
       <c r="D52" s="19"/>
       <c r="E52" s="19"/>
       <c r="F52" s="19"/>
       <c r="G52" s="19"/>
       <c r="H52" s="19"/>
       <c r="I52" s="19"/>
       <c r="J52" s="19"/>
       <c r="K52" s="19"/>
       <c r="L52" s="19"/>
       <c r="M52" s="19"/>
       <c r="N52" s="20"/>
     </row>
-    <row r="53" spans="1:14" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="53" spans="1:14" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="4"/>
       <c r="F53" s="4"/>
       <c r="G53" s="4"/>
       <c r="H53" s="4"/>
       <c r="I53" s="4"/>
       <c r="J53" s="4"/>
       <c r="K53" s="4"/>
       <c r="L53" s="4"/>
       <c r="M53" s="4"/>
       <c r="N53" s="4"/>
     </row>
-    <row r="54" spans="1:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A54" s="269" t="s">
+    <row r="54" spans="1:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A54" s="253" t="s">
+        <v>84</v>
+      </c>
+      <c r="B54" s="254"/>
+      <c r="C54" s="254"/>
+      <c r="D54" s="254"/>
+      <c r="E54" s="254"/>
+      <c r="F54" s="254"/>
+      <c r="G54" s="254"/>
+      <c r="H54" s="254"/>
+      <c r="I54" s="254"/>
+      <c r="J54" s="254"/>
+      <c r="K54" s="254"/>
+      <c r="L54" s="254"/>
+      <c r="M54" s="254"/>
+      <c r="N54" s="255"/>
+    </row>
+    <row r="55" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="10"/>
+      <c r="B55" s="264" t="s">
         <v>85</v>
       </c>
-      <c r="B54" s="317"/>
-[...27 lines deleted...]
-      <c r="L55" s="307"/>
+      <c r="C55" s="264"/>
+      <c r="D55" s="264"/>
+      <c r="E55" s="264"/>
+      <c r="F55" s="264"/>
+      <c r="G55" s="264"/>
+      <c r="H55" s="264"/>
+      <c r="I55" s="264"/>
+      <c r="J55" s="264"/>
+      <c r="K55" s="264"/>
+      <c r="L55" s="264"/>
       <c r="M55" s="5"/>
       <c r="N55" s="16"/>
     </row>
-    <row r="56" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="10"/>
-      <c r="B56" s="319"/>
-[...10 lines deleted...]
-      <c r="M56" s="310"/>
+      <c r="B56" s="274"/>
+      <c r="C56" s="275"/>
+      <c r="D56" s="275"/>
+      <c r="E56" s="275"/>
+      <c r="F56" s="275"/>
+      <c r="G56" s="275"/>
+      <c r="H56" s="275"/>
+      <c r="I56" s="275"/>
+      <c r="J56" s="275"/>
+      <c r="K56" s="275"/>
+      <c r="L56" s="275"/>
+      <c r="M56" s="267"/>
       <c r="N56" s="16"/>
     </row>
-    <row r="57" spans="1:14" ht="6" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:14" ht="6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="10"/>
       <c r="B57" s="70"/>
       <c r="C57" s="70"/>
       <c r="D57" s="70"/>
       <c r="E57" s="70"/>
       <c r="F57" s="70"/>
       <c r="G57" s="70"/>
       <c r="H57" s="70"/>
       <c r="I57" s="70"/>
       <c r="J57" s="70"/>
       <c r="K57" s="70"/>
       <c r="L57" s="70"/>
       <c r="M57" s="70"/>
       <c r="N57" s="16"/>
     </row>
-    <row r="58" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="10"/>
       <c r="B58" s="73" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C58" s="73"/>
       <c r="D58" s="73"/>
       <c r="E58" s="73"/>
       <c r="F58" s="73"/>
       <c r="G58" s="73"/>
       <c r="H58" s="73"/>
       <c r="I58" s="73"/>
       <c r="J58" s="73"/>
       <c r="K58" s="73"/>
       <c r="L58" s="73"/>
       <c r="M58" s="5"/>
       <c r="N58" s="16"/>
     </row>
-    <row r="59" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="10"/>
-      <c r="B59" s="319"/>
-[...10 lines deleted...]
-      <c r="M59" s="310"/>
+      <c r="B59" s="274"/>
+      <c r="C59" s="275"/>
+      <c r="D59" s="275"/>
+      <c r="E59" s="275"/>
+      <c r="F59" s="275"/>
+      <c r="G59" s="275"/>
+      <c r="H59" s="275"/>
+      <c r="I59" s="275"/>
+      <c r="J59" s="275"/>
+      <c r="K59" s="275"/>
+      <c r="L59" s="275"/>
+      <c r="M59" s="267"/>
       <c r="N59" s="16"/>
     </row>
-    <row r="60" spans="1:14" ht="6" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:14" ht="6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="10"/>
       <c r="B60" s="70"/>
       <c r="C60" s="70"/>
       <c r="D60" s="70"/>
       <c r="E60" s="70"/>
       <c r="F60" s="70"/>
       <c r="G60" s="70"/>
       <c r="H60" s="70"/>
       <c r="I60" s="70"/>
       <c r="J60" s="70"/>
       <c r="K60" s="70"/>
       <c r="L60" s="70"/>
       <c r="M60" s="72"/>
       <c r="N60" s="16"/>
     </row>
-    <row r="61" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="10"/>
-      <c r="B61" s="307" t="s">
-[...11 lines deleted...]
-      <c r="L61" s="307"/>
+      <c r="B61" s="264" t="s">
+        <v>87</v>
+      </c>
+      <c r="C61" s="264"/>
+      <c r="D61" s="264"/>
+      <c r="E61" s="264"/>
+      <c r="F61" s="264"/>
+      <c r="G61" s="264"/>
+      <c r="H61" s="264"/>
+      <c r="I61" s="264"/>
+      <c r="J61" s="264"/>
+      <c r="K61" s="264"/>
+      <c r="L61" s="264"/>
       <c r="M61" s="5"/>
       <c r="N61" s="16"/>
     </row>
-    <row r="62" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="10"/>
-      <c r="B62" s="308"/>
-[...10 lines deleted...]
-      <c r="M62" s="310"/>
+      <c r="B62" s="265"/>
+      <c r="C62" s="266"/>
+      <c r="D62" s="266"/>
+      <c r="E62" s="266"/>
+      <c r="F62" s="266"/>
+      <c r="G62" s="266"/>
+      <c r="H62" s="266"/>
+      <c r="I62" s="266"/>
+      <c r="J62" s="266"/>
+      <c r="K62" s="266"/>
+      <c r="L62" s="266"/>
+      <c r="M62" s="267"/>
       <c r="N62" s="16"/>
     </row>
-    <row r="63" spans="1:14" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="63" spans="1:14" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A63" s="9"/>
       <c r="B63" s="5"/>
       <c r="C63" s="58"/>
       <c r="D63" s="5"/>
       <c r="E63" s="5"/>
       <c r="F63" s="5"/>
       <c r="G63" s="5"/>
       <c r="H63" s="5"/>
       <c r="I63" s="5"/>
       <c r="J63" s="5"/>
       <c r="K63" s="5"/>
       <c r="L63" s="5"/>
       <c r="M63" s="5"/>
       <c r="N63" s="71"/>
     </row>
-    <row r="64" spans="1:14" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="64" spans="1:14" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B64" s="57"/>
       <c r="C64" s="56"/>
       <c r="D64" s="57"/>
       <c r="E64" s="57"/>
       <c r="F64" s="57"/>
       <c r="G64" s="57"/>
       <c r="H64" s="57"/>
       <c r="I64" s="57"/>
       <c r="J64" s="57"/>
       <c r="K64" s="57"/>
       <c r="L64" s="57"/>
       <c r="M64" s="57"/>
       <c r="N64" s="5"/>
     </row>
-    <row r="65" spans="1:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A65" s="311" t="s">
+    <row r="65" spans="1:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A65" s="268" t="s">
         <v>62</v>
       </c>
-      <c r="B65" s="312"/>
-[...29 lines deleted...]
-    <row r="67" spans="1:14" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B65" s="269"/>
+      <c r="C65" s="269"/>
+      <c r="D65" s="269"/>
+      <c r="E65" s="269"/>
+      <c r="F65" s="269"/>
+      <c r="G65" s="269"/>
+      <c r="H65" s="269"/>
+      <c r="I65" s="269"/>
+      <c r="J65" s="269"/>
+      <c r="K65" s="269"/>
+      <c r="L65" s="269"/>
+      <c r="M65" s="269"/>
+      <c r="N65" s="270"/>
+    </row>
+    <row r="66" spans="1:14" ht="156.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A66" s="271"/>
+      <c r="B66" s="272"/>
+      <c r="C66" s="272"/>
+      <c r="D66" s="272"/>
+      <c r="E66" s="272"/>
+      <c r="F66" s="272"/>
+      <c r="G66" s="272"/>
+      <c r="H66" s="272"/>
+      <c r="I66" s="272"/>
+      <c r="J66" s="272"/>
+      <c r="K66" s="272"/>
+      <c r="L66" s="272"/>
+      <c r="M66" s="272"/>
+      <c r="N66" s="273"/>
+    </row>
+    <row r="67" spans="1:14" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B67" s="5"/>
       <c r="C67" s="58"/>
       <c r="D67" s="58"/>
       <c r="E67" s="58"/>
       <c r="F67" s="58"/>
       <c r="G67" s="58"/>
       <c r="H67" s="58"/>
       <c r="I67" s="58"/>
       <c r="J67" s="58"/>
       <c r="K67" s="58"/>
       <c r="L67" s="58"/>
       <c r="M67" s="5"/>
       <c r="N67" s="5"/>
     </row>
-    <row r="68" spans="1:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...17 lines deleted...]
-    <row r="69" spans="1:14" ht="11.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A68" s="253" t="s">
+        <v>91</v>
+      </c>
+      <c r="B68" s="254"/>
+      <c r="C68" s="254"/>
+      <c r="D68" s="254"/>
+      <c r="E68" s="254"/>
+      <c r="F68" s="254"/>
+      <c r="G68" s="254"/>
+      <c r="H68" s="254"/>
+      <c r="I68" s="254"/>
+      <c r="J68" s="254"/>
+      <c r="K68" s="254"/>
+      <c r="L68" s="254"/>
+      <c r="M68" s="254"/>
+      <c r="N68" s="255"/>
+    </row>
+    <row r="69" spans="1:14" ht="11.55" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69" s="10"/>
       <c r="B69" s="5"/>
       <c r="C69" s="58"/>
       <c r="D69" s="58"/>
       <c r="E69" s="58"/>
       <c r="F69" s="58"/>
       <c r="G69" s="58"/>
       <c r="H69" s="58"/>
       <c r="I69" s="58"/>
       <c r="J69" s="58"/>
       <c r="K69" s="58"/>
       <c r="L69" s="58"/>
       <c r="M69" s="5"/>
       <c r="N69" s="16"/>
     </row>
-    <row r="70" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A70" s="10"/>
       <c r="B70" s="5"/>
       <c r="C70" s="58"/>
       <c r="D70" s="58"/>
       <c r="E70" s="58"/>
       <c r="F70" s="58"/>
       <c r="G70" s="58"/>
       <c r="H70" s="58"/>
       <c r="I70" s="58"/>
       <c r="J70" s="58"/>
       <c r="K70" s="58"/>
       <c r="L70" s="58"/>
       <c r="M70" s="5"/>
       <c r="N70" s="16"/>
     </row>
-    <row r="71" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A71" s="10"/>
       <c r="B71" s="5"/>
-      <c r="C71" s="275"/>
-[...2 lines deleted...]
-      <c r="F71" s="275"/>
+      <c r="C71" s="297"/>
+      <c r="D71" s="297"/>
+      <c r="E71" s="297"/>
+      <c r="F71" s="297"/>
       <c r="G71" s="58"/>
-      <c r="H71" s="322"/>
-[...3 lines deleted...]
-      <c r="L71" s="322"/>
+      <c r="H71" s="256"/>
+      <c r="I71" s="256"/>
+      <c r="J71" s="256"/>
+      <c r="K71" s="256"/>
+      <c r="L71" s="256"/>
       <c r="M71" s="5"/>
       <c r="N71" s="16"/>
     </row>
-    <row r="72" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A72" s="10"/>
       <c r="B72" s="5"/>
-      <c r="C72" s="276" t="s">
+      <c r="C72" s="257" t="s">
+        <v>88</v>
+      </c>
+      <c r="D72" s="257"/>
+      <c r="E72" s="257"/>
+      <c r="F72" s="257"/>
+      <c r="G72" s="58"/>
+      <c r="H72" s="257" t="s">
         <v>89</v>
       </c>
-      <c r="D72" s="276"/>
-[...9 lines deleted...]
-      <c r="L72" s="276"/>
+      <c r="I72" s="257"/>
+      <c r="J72" s="257"/>
+      <c r="K72" s="257"/>
+      <c r="L72" s="257"/>
       <c r="M72" s="5"/>
       <c r="N72" s="16"/>
     </row>
-    <row r="73" spans="1:14" ht="10.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:14" ht="10.199999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A73" s="10"/>
       <c r="B73" s="5"/>
       <c r="C73" s="58"/>
       <c r="D73" s="58"/>
       <c r="E73" s="58"/>
       <c r="F73" s="58"/>
       <c r="G73" s="58"/>
       <c r="H73" s="58"/>
       <c r="I73" s="58"/>
       <c r="J73" s="58"/>
       <c r="K73" s="58"/>
       <c r="L73" s="58"/>
       <c r="M73" s="5"/>
       <c r="N73" s="16"/>
     </row>
-    <row r="74" spans="1:14" ht="13.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:14" ht="5.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A74" s="10"/>
       <c r="B74" s="5"/>
       <c r="C74" s="58"/>
       <c r="D74" s="58"/>
       <c r="E74" s="58"/>
       <c r="F74" s="58"/>
       <c r="G74" s="58"/>
       <c r="H74" s="58"/>
       <c r="I74" s="58"/>
       <c r="J74" s="58"/>
       <c r="K74" s="58"/>
       <c r="L74" s="58"/>
       <c r="M74" s="5"/>
       <c r="N74" s="16"/>
     </row>
-    <row r="75" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A75" s="10"/>
       <c r="B75" s="5"/>
-      <c r="C75" s="277"/>
-[...2 lines deleted...]
-      <c r="F75" s="277"/>
+      <c r="C75" s="258"/>
+      <c r="D75" s="258"/>
+      <c r="E75" s="258"/>
+      <c r="F75" s="258"/>
       <c r="G75" s="58"/>
-      <c r="H75" s="277"/>
-[...3 lines deleted...]
-      <c r="L75" s="277"/>
+      <c r="H75" s="320"/>
+      <c r="I75" s="320"/>
+      <c r="J75" s="320"/>
+      <c r="K75" s="320"/>
+      <c r="L75" s="320"/>
       <c r="M75" s="5"/>
       <c r="N75" s="16"/>
     </row>
-    <row r="76" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A76" s="10"/>
       <c r="B76" s="5"/>
-      <c r="C76" s="276" t="s">
-[...4 lines deleted...]
-      <c r="F76" s="276"/>
+      <c r="C76" s="257" t="s">
+        <v>90</v>
+      </c>
+      <c r="D76" s="257"/>
+      <c r="E76" s="257"/>
+      <c r="F76" s="257"/>
       <c r="G76" s="58"/>
-      <c r="H76" s="276" t="s">
-[...5 lines deleted...]
-      <c r="L76" s="276"/>
+      <c r="H76" s="257" t="s">
+        <v>90</v>
+      </c>
+      <c r="I76" s="257"/>
+      <c r="J76" s="257"/>
+      <c r="K76" s="257"/>
+      <c r="L76" s="257"/>
       <c r="M76" s="5"/>
       <c r="N76" s="16"/>
     </row>
-    <row r="77" spans="1:14" ht="8.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="77" spans="1:14" ht="8.5500000000000007" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A77" s="9"/>
       <c r="B77" s="19"/>
-      <c r="C77" s="274"/>
-[...8 lines deleted...]
-      <c r="L77" s="274"/>
+      <c r="C77" s="296"/>
+      <c r="D77" s="296"/>
+      <c r="E77" s="296"/>
+      <c r="F77" s="296"/>
+      <c r="G77" s="296"/>
+      <c r="H77" s="296"/>
+      <c r="I77" s="296"/>
+      <c r="J77" s="296"/>
+      <c r="K77" s="296"/>
+      <c r="L77" s="296"/>
       <c r="M77" s="19"/>
       <c r="N77" s="20"/>
     </row>
-    <row r="78" spans="1:14" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:14" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B78" s="4"/>
       <c r="C78" s="4"/>
       <c r="D78" s="4"/>
       <c r="E78" s="4"/>
       <c r="F78" s="4"/>
       <c r="G78" s="4"/>
       <c r="H78" s="4"/>
       <c r="I78" s="4"/>
       <c r="J78" s="4"/>
       <c r="K78" s="4"/>
       <c r="L78" s="4"/>
       <c r="M78" s="4"/>
       <c r="N78" s="4"/>
     </row>
-    <row r="79" spans="1:14" ht="9.75" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="79" spans="1:14" ht="9.75" customHeight="1" x14ac:dyDescent="0.3"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="KlS/Hj8GeLQMLYzNroeqKIVYeXItd3lGnJblODEEtMInjym7B3r4eZyYViVNE66LAB0MCOn+LgaH0AuCOChwMA==" saltValue="Uov1tnPggx2pI9gydIzdQw==" spinCount="100000" sheet="1" formatRows="0"/>
+  <sheetProtection formatRows="0"/>
   <mergeCells count="72">
-    <mergeCell ref="A68:N68"/>
-[...44 lines deleted...]
-    <mergeCell ref="L46:M46"/>
+    <mergeCell ref="A7:N7"/>
+    <mergeCell ref="A1:N1"/>
+    <mergeCell ref="B2:D2"/>
+    <mergeCell ref="H2:I2"/>
+    <mergeCell ref="E2:G2"/>
+    <mergeCell ref="B3:D4"/>
+    <mergeCell ref="E3:G4"/>
+    <mergeCell ref="J2:L2"/>
+    <mergeCell ref="J3:M4"/>
+    <mergeCell ref="H3:I4"/>
     <mergeCell ref="C77:L77"/>
     <mergeCell ref="C71:F71"/>
     <mergeCell ref="C72:F72"/>
     <mergeCell ref="C75:F75"/>
     <mergeCell ref="C16:L16"/>
     <mergeCell ref="C17:L17"/>
     <mergeCell ref="C26:L26"/>
     <mergeCell ref="B41:J41"/>
     <mergeCell ref="B42:C42"/>
     <mergeCell ref="B43:C43"/>
     <mergeCell ref="D34:L34"/>
     <mergeCell ref="C76:F76"/>
     <mergeCell ref="A30:N30"/>
     <mergeCell ref="C25:L25"/>
     <mergeCell ref="B32:J32"/>
     <mergeCell ref="B33:J33"/>
-    <mergeCell ref="A7:N7"/>
-[...8 lines deleted...]
-    <mergeCell ref="H3:I4"/>
+    <mergeCell ref="L32:M32"/>
+    <mergeCell ref="L33:M33"/>
+    <mergeCell ref="B46:J46"/>
+    <mergeCell ref="B47:C47"/>
+    <mergeCell ref="D39:L39"/>
+    <mergeCell ref="D42:L42"/>
+    <mergeCell ref="B45:J45"/>
+    <mergeCell ref="B37:J37"/>
+    <mergeCell ref="B38:J38"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="L37:M37"/>
+    <mergeCell ref="L38:M38"/>
+    <mergeCell ref="L45:M45"/>
+    <mergeCell ref="L46:M46"/>
+    <mergeCell ref="C13:J13"/>
+    <mergeCell ref="L13:M13"/>
+    <mergeCell ref="L9:M9"/>
+    <mergeCell ref="C10:J10"/>
+    <mergeCell ref="D11:L11"/>
+    <mergeCell ref="L10:M10"/>
+    <mergeCell ref="B9:J9"/>
+    <mergeCell ref="L21:M21"/>
+    <mergeCell ref="C23:J23"/>
+    <mergeCell ref="B20:J20"/>
+    <mergeCell ref="D14:L14"/>
+    <mergeCell ref="L20:M20"/>
+    <mergeCell ref="C21:J21"/>
+    <mergeCell ref="K23:L23"/>
+    <mergeCell ref="B61:L61"/>
+    <mergeCell ref="B62:M62"/>
+    <mergeCell ref="A65:N65"/>
+    <mergeCell ref="A66:N66"/>
+    <mergeCell ref="A54:N54"/>
+    <mergeCell ref="B56:M56"/>
+    <mergeCell ref="B55:L55"/>
+    <mergeCell ref="B59:M59"/>
+    <mergeCell ref="L49:M49"/>
+    <mergeCell ref="D50:L50"/>
+    <mergeCell ref="D47:L47"/>
+    <mergeCell ref="B49:J49"/>
+    <mergeCell ref="L41:M41"/>
+    <mergeCell ref="A68:N68"/>
+    <mergeCell ref="H71:L71"/>
+    <mergeCell ref="H72:L72"/>
+    <mergeCell ref="H75:L75"/>
+    <mergeCell ref="H76:L76"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.85440074906367036" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold"&amp;12Monthly Peer Counselor Review Guide
 Monthly Peer Counselor Meeting Worksheet</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...15 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010092C5828C50F8BE4D8B62C17C765EEC3A" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="004cf4c8f6e11405a9fa47d5eaf52ddf">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="16c8f95f-61fe-4266-b0ea-7e05bf01fca3" xmlns:ns4="972ab3f4-de6b-4f34-ad66-15cb5b310563" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a3470a6ed51afec57a270cebeb2655f0" ns3:_="" ns4:_="">
     <xsd:import namespace="16c8f95f-61fe-4266-b0ea-7e05bf01fca3"/>
     <xsd:import namespace="972ab3f4-de6b-4f34-ad66-15cb5b310563"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -8694,90 +8704,107 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="16c8f95f-61fe-4266-b0ea-7e05bf01fca3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95202246-1D18-4584-A792-A5FD68C6D1CE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="16c8f95f-61fe-4266-b0ea-7e05bf01fca3"/>
     <ds:schemaRef ds:uri="972ab3f4-de6b-4f34-ad66-15cb5b310563"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE873D7D-CEB5-419F-A1C3-0F7F94331E2A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B07A72BF-842A-4136-AFC5-46473BAFC10C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="16c8f95f-61fe-4266-b0ea-7e05bf01fca3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="972ab3f4-de6b-4f34-ad66-15cb5b310563"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>Instructions</vt:lpstr>
       <vt:lpstr>PC Monthly Report</vt:lpstr>
       <vt:lpstr>Spot Check #1</vt:lpstr>
       <vt:lpstr>Spot Check #2</vt:lpstr>