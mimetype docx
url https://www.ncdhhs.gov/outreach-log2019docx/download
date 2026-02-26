--- v0 (2025-10-08)
+++ v1 (2026-02-26)
@@ -1,2374 +1,2282 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...13 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
   <w:body>
-    <w:p w14:paraId="0F4CEEE3" w14:textId="77777777" w:rsidR="006C2AFB" w:rsidRPr="00532FEC" w:rsidRDefault="0056073A" w:rsidP="006C2AFB">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:before="147"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...23 lines deleted...]
-      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15728640">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>914400</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>11112</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="8225790" cy="19050"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="6" name="Graphic 6"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="6" name="Graphic 6"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="8225790" cy="19050"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="8225790" h="19050">
+                              <a:moveTo>
+                                <a:pt x="0" y="19050"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="8225790" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line style="position:absolute;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15728640" from="72pt,2.375pt" to="719.7pt,.875pt" stroked="true" strokeweight=".75pt" strokecolor="#000000">
+                <v:stroke dashstyle="solid"/>
+                <w10:wrap type="none"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:bookmarkStart w:name="Chapter 10_Attachment 06_10.2021" w:id="1"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Agency</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Name</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="157529F9" w14:textId="77777777" w:rsidR="006C2AFB" w:rsidRPr="00532FEC" w:rsidRDefault="006C2AFB" w:rsidP="006C2AFB">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:before="54"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00532FEC">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t>WIC Program Outreach Activity Log</w:t>
+        <w:t>WIC</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-12"/>
           <w:sz w:val="32"/>
-          <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00532FEC">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">FFY </w:t>
+        <w:t>Program</w:t>
       </w:r>
-      <w:r w:rsidR="003E7E73">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
           <w:sz w:val="32"/>
-          <w:u w:val="single"/>
         </w:rPr>
-        <w:tab/>
+        <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E7E73">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="32"/>
-          <w:u w:val="single"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>Outreach</w:t>
       </w:r>
-      <w:r w:rsidR="003E7E73">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
           <w:sz w:val="32"/>
-          <w:u w:val="single"/>
         </w:rPr>
-        <w:tab/>
+        <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003E7E73">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="32"/>
-          <w:u w:val="single"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>Activity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Log</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58FB9FE4" w14:textId="77777777" w:rsidR="006C2AFB" w:rsidRDefault="006C2AFB" w:rsidP="006C2AFB">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4831CE8F" w14:textId="77777777" w:rsidR="006C2AFB" w:rsidRPr="00706C97" w:rsidRDefault="006C2AFB" w:rsidP="006C2AFB">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="196"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1093"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3422"/>
+        <w:gridCol w:w="1094"/>
+        <w:gridCol w:w="2949"/>
+        <w:gridCol w:w="3513"/>
         <w:gridCol w:w="3355"/>
-        <w:gridCol w:w="2038"/>
+        <w:gridCol w:w="2037"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00706C97" w:rsidRPr="00706C97" w14:paraId="66368627" w14:textId="77777777" w:rsidTr="003E7E73">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="291"/>
+          <w:trHeight w:val="736" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1093" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:tcW w:w="1094" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="242"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3042" w:type="dxa"/>
-[...37 lines deleted...]
-              <w:t>Type of Contact</w:t>
+            <w:tcW w:w="2949" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="340"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Staff</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Responsible</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="718"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Type</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3355" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
-[...33 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="368" w:lineRule="exact"/>
+              <w:ind w:left="913" w:hanging="608"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Organization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Contact </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2037" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="443"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>Result(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C2AFB" w14:paraId="35B2310F" w14:textId="77777777" w:rsidTr="003E7E73">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="291"/>
+          <w:trHeight w:val="1612" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1093" w:type="dxa"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="54A833BA" w14:textId="77777777" w:rsidR="006C2AFB" w:rsidRDefault="006C2AFB" w:rsidP="008573EC"/>
+            <w:tcW w:w="1094" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2949" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53D551B8" w14:textId="77777777" w:rsidR="006C2AFB" w:rsidRDefault="006C2AFB" w:rsidP="008573EC"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="39ACCFF1" w14:textId="77777777" w:rsidR="006C2AFB" w:rsidRDefault="006C2AFB" w:rsidP="008573EC"/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2037" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C2AFB" w14:paraId="3E5951F7" w14:textId="77777777" w:rsidTr="003E7E73">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="304"/>
+          <w:trHeight w:val="1610" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1093" w:type="dxa"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="5E8C88B0" w14:textId="77777777" w:rsidR="006C2AFB" w:rsidRDefault="006C2AFB" w:rsidP="008573EC"/>
+            <w:tcW w:w="1094" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2949" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5064C0B9" w14:textId="77777777" w:rsidR="006C2AFB" w:rsidRDefault="006C2AFB" w:rsidP="008573EC"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="44424B8E" w14:textId="77777777" w:rsidR="006C2AFB" w:rsidRDefault="006C2AFB" w:rsidP="008573EC"/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2037" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C2AFB" w14:paraId="321CA8FB" w14:textId="77777777" w:rsidTr="003E7E73">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="291"/>
+          <w:trHeight w:val="1612" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1093" w:type="dxa"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="5D572C4A" w14:textId="77777777" w:rsidR="006C2AFB" w:rsidRDefault="006C2AFB" w:rsidP="008573EC"/>
+            <w:tcW w:w="1094" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2949" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="744AF928" w14:textId="77777777" w:rsidR="006C2AFB" w:rsidRDefault="006C2AFB" w:rsidP="008573EC"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="7B457168" w14:textId="77777777" w:rsidR="006C2AFB" w:rsidRDefault="006C2AFB" w:rsidP="008573EC"/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2037" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C2AFB" w14:paraId="7B301828" w14:textId="77777777" w:rsidTr="003E7E73">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="291"/>
+          <w:trHeight w:val="1612" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1093" w:type="dxa"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="314561A9" w14:textId="77777777" w:rsidR="006C2AFB" w:rsidRDefault="006C2AFB" w:rsidP="008573EC"/>
+            <w:tcW w:w="1094" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2949" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DC0558E" w14:textId="77777777" w:rsidR="006C2AFB" w:rsidRDefault="006C2AFB" w:rsidP="008573EC"/>
-[...321 lines deleted...]
-          <w:p w14:paraId="324E7DAB" w14:textId="77777777" w:rsidR="00532FEC" w:rsidRDefault="00532FEC" w:rsidP="000B5795"/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2037" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="63A6020E" w14:textId="77777777" w:rsidR="00F55FAD" w:rsidRDefault="00F55FAD"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId7"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:headerReference w:type="default" r:id="rId5"/>
+          <w:footerReference w:type="default" r:id="rId6"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
+          <w:pgMar w:header="729" w:footer="1112" w:top="1380" w:bottom="1300" w:left="1440" w:right="1440"/>
+          <w:pgNumType w:start="1"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15729152">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>914400</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>895319</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="8225790" cy="19050"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="7" name="Graphic 7"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="7" name="Graphic 7"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="8225790" cy="19050"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="8225790" h="19050">
+                              <a:moveTo>
+                                <a:pt x="0" y="19050"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="8225790" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line style="position:absolute;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:15729152" from="72pt,71.997597pt" to="719.7pt,70.497597pt" stroked="true" strokeweight=".75pt" strokecolor="#000000">
+                <v:stroke dashstyle="solid"/>
+                <w10:wrap type="none"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1094"/>
+        <w:gridCol w:w="2949"/>
+        <w:gridCol w:w="3513"/>
+        <w:gridCol w:w="3355"/>
+        <w:gridCol w:w="2037"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="736" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1094" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="367" w:lineRule="exact"/>
+              <w:ind w:left="242"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2949" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="367" w:lineRule="exact"/>
+              <w:ind w:left="340"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Staff</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Responsible</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="367" w:lineRule="exact"/>
+              <w:ind w:left="718"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Type</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Contact</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="368" w:lineRule="exact"/>
+              <w:ind w:left="913" w:hanging="608"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Organization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Contact </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2037" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="367" w:lineRule="exact"/>
+              <w:ind w:left="443"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Result(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1610" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1094" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2949" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2037" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1612" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1094" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2949" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2037" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1610" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1094" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2949" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2037" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1612" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1094" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2949" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2037" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1612" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1094" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2949" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3513" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2037" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:sectPr>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
-[...1 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+      <w:pgMar w:header="729" w:footer="1112" w:top="1380" w:bottom="1300" w:left="1440" w:right="1440"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="43BCE775" w14:textId="06A8262B" w:rsidR="00532FEC" w:rsidRPr="00F96EC9" w:rsidRDefault="00532FEC" w:rsidP="00532FEC">
+<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
+  <w:p>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto" w:before="0"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-  </w:p>
-[...73 lines deleted...]
-    </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...229 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="5BC25040" wp14:editId="7CF12274">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487475200">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="column">
-                <wp:posOffset>0</wp:posOffset>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>914400</wp:posOffset>
               </wp:positionH>
-              <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>87630</wp:posOffset>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>6893238</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="8225790" cy="19050"/>
-              <wp:effectExtent l="0" t="0" r="22860" b="19050"/>
+              <wp:extent cx="8282940" cy="38100"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="2" name="Line 2"/>
+              <wp:docPr id="3" name="Graphic 3"/>
               <wp:cNvGraphicFramePr>
-                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                <a:graphicFrameLocks/>
               </wp:cNvGraphicFramePr>
-              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphic>
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
-                    <wps:cNvCnPr>
-[...3 lines deleted...]
-                      <a:xfrm flipV="1">
+                    <wps:cNvPr id="3" name="Graphic 3"/>
+                    <wps:cNvSpPr/>
+                    <wps:spPr>
+                      <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="8225790" cy="19050"/>
+                        <a:ext cx="8282940" cy="38100"/>
                       </a:xfrm>
-                      <a:prstGeom prst="line">
+                      <a:custGeom>
                         <a:avLst/>
-                      </a:prstGeom>
-                      <a:noFill/>
+                        <a:gdLst/>
+                        <a:ahLst/>
+                        <a:cxnLst/>
+                        <a:rect l="l" t="t" r="r" b="b"/>
+                        <a:pathLst>
+                          <a:path w="8282940" h="38100">
+                            <a:moveTo>
+                              <a:pt x="0" y="38100"/>
+                            </a:moveTo>
+                            <a:lnTo>
+                              <a:pt x="8282940" y="0"/>
+                            </a:lnTo>
+                          </a:path>
+                        </a:pathLst>
+                      </a:custGeom>
                       <a:ln w="9525">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
-                        <a:round/>
-[...1 lines deleted...]
-                        <a:tailEnd/>
+                        <a:prstDash val="solid"/>
                       </a:ln>
-                      <a:extLst>
-[...5 lines deleted...]
-                      </a:extLst>
                     </wps:spPr>
-                    <wps:bodyPr/>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="3F68DC53" id="Line 2" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,6.9pt" to="647.7pt,8.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNH/mNHQIAADYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcE3/UySZWnFVlJ71s&#10;20i77Z0AjlExICBxoqr/vQP5aLa9VFV9wAMz83gzb1g8HnuJDtw6oVWFs3GKEVdUM6F2Ff7ysh7N&#10;MHKeKEakVrzCJ+7w4/Ltm8VgSp7rTkvGLQIQ5crBVLjz3pRJ4mjHe+LG2nAFzlbbnnjY2l3CLBkA&#10;vZdJnqbTZNCWGaspdw5Om7MTLyN+23LqP7et4x7JCgM3H1cb121Yk+WClDtLTCfohQb5BxY9EQou&#10;vUE1xBO0t+IPqF5Qq51u/ZjqPtFtKyiPNUA1WfpbNc8dMTzWAs1x5tYm9/9g6afDxiLBKpxjpEgP&#10;Ej0JxVEeOjMYV0JArTY21EaP6tk8afrNIaXrjqgdjwxfTgbSspCRvEoJG2cAfzt81AxiyN7r2KZj&#10;a3vUSmG+hsQADq1Ax6jL6aYLP3pE4XCW55OHOchHwZfN00nULSFlgAnJxjr/geseBaPCEiqIoOTw&#10;5Hyg9SskhCu9FlJG6aVCQ4Xnk3wSE5yWggVnCHN2t62lRQcShid+sUbw3IdZvVcsgnWcsNXF9kTI&#10;sw2XSxXwoBygc7HO0/F9ns5Xs9WsGBX5dDUq0qYZvV/XxWi6zh4mzbumrpvsR6CWFWUnGOMqsLtO&#10;alb83SRc3sx5xm6zemtD8ho99gvIXv+RdFQ2iHkei61mp429Kg7DGYMvDylM//0e7PvnvvwJAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAGGlo23AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPyHyEjcWEoH01aaTtM0uEyaxCic08a0FYlTNVlX/j3eid38/Kz3PufryVkx4hA6TwoeZwkIpNqb&#10;jhoF5cfrwxJEiJqMtp5QwS8GWBe3N7nOjD/TO47H2AgOoZBpBW2MfSZlqFt0Osx8j8Tetx+cjiyH&#10;RppBnzncWZkmyUI63RE3tLrHbYv1z/HkFGy+9rv5Yayct2bVlJ/GlclbqtT93bR5ARFxiv/HcMFn&#10;dCiYqfInMkFYBfxI5O2c+S9uunp+AlHxtFiCLHJ5zV/8AQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAM0f+Y0dAgAANgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAAYaWjbcAAAABwEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" o:allowincell="f"/>
+            <v:line style="position:absolute;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:-15841280" from="72pt,545.774719pt" to="724.2pt,542.774719pt" stroked="true" strokeweight=".75pt" strokecolor="#000000">
+              <v:stroke dashstyle="solid"/>
+              <w10:wrap type="none"/>
+            </v:line>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487475712">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>906272</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>6962478</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1637030" cy="194310"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="4" name="Textbox 4"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvPr id="4" name="Textbox 4"/>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1637030" cy="194310"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:pStyle w:val="BodyText"/>
+                            <w:ind w:left="20"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr/>
+                            <w:t>NC</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-3"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr/>
+                            <w:t>WIC</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr/>
+                            <w:t>Program</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                            </w:rPr>
+                            <w:t> Manual</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape style="position:absolute;margin-left:71.360001pt;margin-top:548.226624pt;width:128.9pt;height:15.3pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:-15840768" type="#_x0000_t202" id="docshape3" filled="false" stroked="false">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:pStyle w:val="BodyText"/>
+                      <w:ind w:left="20"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr/>
+                      <w:t>NC</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-3"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr/>
+                      <w:t>WIC</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr/>
+                      <w:t>Program</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                      </w:rPr>
+                      <w:t> Manual</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="none"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487476224">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>8297671</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>6962478</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="857885" cy="194310"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="5" name="Textbox 5"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvPr id="5" name="Textbox 5"/>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="857885" cy="194310"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:pStyle w:val="BodyText"/>
+                            <w:ind w:left="20"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr/>
+                            <w:t>October</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-4"/>
+                            </w:rPr>
+                            <w:t> 2021</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape style="position:absolute;margin-left:653.359985pt;margin-top:548.226624pt;width:67.55pt;height:15.3pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:-15840256" type="#_x0000_t202" id="docshape4" filled="false" stroked="false">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:pStyle w:val="BodyText"/>
+                      <w:ind w:left="20"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr/>
+                      <w:t>October</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-4"/>
+                      </w:rPr>
+                      <w:t> 2021</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="none"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto" w:before="0"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487474176">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>901700</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>450426</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="2729230" cy="194310"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Textbox 1"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvPr id="1" name="Textbox 1"/>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="2729230" cy="194310"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:pStyle w:val="BodyText"/>
+                            <w:ind w:left="20"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr/>
+                            <w:t>Chapter</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-3"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr/>
+                            <w:t>10:</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr/>
+                            <w:t>CASELOAD</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                            </w:rPr>
+                            <w:t> MANAGEMENT</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype id="_x0000_t202" o:spt="202" coordsize="21600,21600" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape style="position:absolute;margin-left:71pt;margin-top:35.46664pt;width:214.9pt;height:15.3pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:-15842304" type="#_x0000_t202" id="docshape1" filled="false" stroked="false">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:pStyle w:val="BodyText"/>
+                      <w:ind w:left="20"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr/>
+                      <w:t>Chapter</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-3"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr/>
+                      <w:t>10:</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr/>
+                      <w:t>CASELOAD</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                      </w:rPr>
+                      <w:t> MANAGEMENT</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="none"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487474688">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>8293100</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>450426</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="862330" cy="369570"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2" name="Textbox 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvPr id="2" name="Textbox 2"/>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="862330" cy="369570"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:pStyle w:val="BodyText"/>
+                            <w:ind w:right="37"/>
+                            <w:jc w:val="right"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr/>
+                            <w:t>Attachment</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-4"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                            </w:rPr>
+                            <w:t>6</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p>
+                          <w:pPr>
+                            <w:pStyle w:val="BodyText"/>
+                            <w:spacing w:before="0"/>
+                            <w:ind w:right="18"/>
+                            <w:jc w:val="right"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr/>
+                            <w:t>Page</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr/>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr/>
+                            <w:instrText> PAGE </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:rPr/>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr/>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr/>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr/>
+                            <w:t> of</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                            </w:rPr>
+                            <w:instrText> NUMPAGES </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                            </w:rPr>
+                            <w:t>2</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape style="position:absolute;margin-left:653pt;margin-top:35.46664pt;width:67.9pt;height:29.1pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:-15841792" type="#_x0000_t202" id="docshape2" filled="false" stroked="false">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:pStyle w:val="BodyText"/>
+                      <w:ind w:right="37"/>
+                      <w:jc w:val="right"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr/>
+                      <w:t>Attachment</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-4"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                      </w:rPr>
+                      <w:t>6</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p>
+                    <w:pPr>
+                      <w:pStyle w:val="BodyText"/>
+                      <w:spacing w:before="0"/>
+                      <w:ind w:right="18"/>
+                      <w:jc w:val="right"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr/>
+                      <w:t>Page</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr/>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr/>
+                      <w:instrText> PAGE </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:rPr/>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr/>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr/>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr/>
+                      <w:t> of</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                      </w:rPr>
+                      <w:instrText> NUMPAGES </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                      </w:rPr>
+                      <w:t>2</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="none"/>
+            </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
+    <w:useFELayout/>
+    <w:compatSetting w:val="14" w:uri="http://schemas.microsoft.com/office/word" w:name="compatibilityMode"/>
   </w:compat>
-  <w:rsids>
-[...38 lines deleted...]
-  <w15:docId w15:val="{F4BC6D17-4A28-4B14-B98A-88DB21F6CFC3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:cstheme="minorBidi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:asciiTheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:bidi="ar-SA" w:eastAsia="en-US"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...379 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:styleId="DefaultParagraphFont" w:default="1" w:type="character">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:styleId="TableNormal" w:default="1" w:type="table">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="108" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="108" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:styleId="NoList" w:default="1" w:type="numbering">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
-[...3 lines deleted...]
-    <w:rsid w:val="006C2AFB"/>
+  <w:style w:default="1" w:styleId="Normal" w:type="paragraph">
+    <w:name w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:styleId="BodyText" w:type="paragraph">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="10"/>
     </w:pPr>
-    <w:tblPr>
-[...8 lines deleted...]
-    </w:tblPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-    <w:name w:val="header"/>
+  <w:style w:styleId="ListParagraph" w:type="paragraph">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
-[...9 lines deleted...]
-    </w:pPr>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...7 lines deleted...]
-    <w:name w:val="footer"/>
+  <w:style w:styleId="TableParagraph" w:type="paragraph">
+    <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00532FEC"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</file>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...563 lines deleted...]
-</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2402,86 +2310,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -2612,315 +2518,64 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...231 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>278</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
-  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>325</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...5 lines deleted...]
-  <cp:revision></cp:revision>
+  <dc:creator>CDC User</dc:creator>
+  <dc:subject>CDC developed this publication, Collaboration Guide for Pacific Island Cancer and Chronic Disease Programs (or the Pacific Island Collaboration Guide), to help CCC programs and coalitions and other chronic disease and school-based programs and coalitions work together.</dc:subject>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100F12C09B41AB7DC4A977AEE3A22FF7710</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2025-12-11T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Acrobat PDFMaker 25 for Word</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2026-02-05T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Adobe PDF Library 25.1.5</vt:lpwstr>
   </property>
 </Properties>
 </file>